--- v0 (2025-12-10)
+++ v1 (2026-02-06)
@@ -1,190 +1,424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId7"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId8"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId9"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
-    <sheet sheetId="1" name="Vzdělávací oblasti" r:id="rId4"/>
-[...2 lines deleted...]
-    <sheet sheetId="4" name="Průřezová témata" r:id="rId7"/>
+    <sheet sheetId="1" name="Vzdělávací oblasti" r:id="rId1"/>
+    <sheet sheetId="2" name="Základní gramotnosti" r:id="rId2"/>
+    <sheet sheetId="3" name="Klíčové kompetence" r:id="rId3"/>
+    <sheet sheetId="4" name="Průřezová témata" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
-    <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
-    <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
+    <numFmt formatCode="yyyy/mm/dd" numFmtId="100"/>
+    <numFmt formatCode="yyyy/mm/dd hh:mm:ss" numFmtId="101"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="2">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
+      <name val="Arial"/>
       <sz val="11"/>
+      <family val="1"/>
       <b val="1"/>
-      <name val="Arial"/>
-[...18 lines deleted...]
-      <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
-[...12 lines deleted...]
-    <xf fillId="0" fontId="4" numFmtId="0" borderId="0" applyFill="0" applyFont="1" applyNumberFormat="0" applyBorder="0" applyAlignment="1" applyProtection="0">
+  <cellXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId5"/><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId6"/><Relationship Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId7"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId8"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId2"/><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId3"/><Relationship Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Id="rId6"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="false"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:R314"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="46.199999999999996"/>
-[...16 lines deleted...]
-    <col min="18" max="18" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="46.199999999999996" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="42.9" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="255" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="42.9" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="99.00000000000001" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="255" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="42.9" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="24.200000000000003" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="191.4" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="255" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="61.05" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="94.05" min="16" max="16" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="17" max="17" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="18" max="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací oblast - Název</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací oblast - Charakteristika</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací obor - Název</t>
         </is>
       </c>
       <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací obor - Charakteristika</t>
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
@@ -462,66 +696,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>Čtení</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
           <t>Výuka čtení žákovi umožňuje skládat slova, tvořit věty a orientovat se ve větě, na stránce i v řádku. Podporuje porozumění obsahu krátkých vět a přispívá k dovednosti reprodukovat krátký text a recitovat jednoduché říkanky a básničky. U pokročilejších žáků rozvíjí pozitivní vztah k literatuře.Cílem tematického okruhu Čtení je motivovat žáka ke čtení probraných písmen, naučit ho reprodukovat krátký text podle ilustrací a návodných otázek, určit začátek a konec věty, číst s porozuměním krátké věty a probraná písmena abecedy, recitovat říkanky a básničky a používat jednoduché obrázkové návody.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-001-110-002</t>
+          <t>JJA-CAP-001-106-002</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>Přednášet říkanky a básně.</t>
+          <t>Reprodukovat krátký text podle ilustrací a návodných otázek.</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede k uvědomělému soustředění a podporuje rozvoj výrazových a komunikačních dovedností. Žák se učí reprodukovat text, dramatizovat jeho obsah a pracovat s hlasem, intonací i výrazem obličeje. Rytmizuje slova, doplňuje je podle smyslu a využívá vhodné nástroje (včetně počítačových programů) k podpoře čtenářského výkonu.Příklady aktivit:Žák vidí obrázek postavy z příběhu nebo slyší krátkou větu (např. „Pepa ztratil balonek.“) a zeptá se: „Jak se asi Pepa cítí?“. Poté danou emoci vyjádří mimikou. Žáci se střídají a zkoušejí napodobit výraz smutku, radosti, překvapení apod.Žák slyší jednoduchou větu neutrálním hlasem (např. „Mám nový sešit.“) a opakuje ji různými způsoby – radostně, smutně, vesele, rozzlobeně. Cvičení posiluje porozumění tónu hlasu a jeho významu.Žák doplňuje vynechané slovo ve známé říkance s odpovídajícím rytmem a intonací. Například: „Vařila myšička kašičku na zeleném…?“ Žák odpoví: „…rendlíčku“. Cvičení lze doplnit o tleskání nebo použití hudebních nástrojů.</t>
+          <t>Očekávaný výsledek učení přispívá k rozvoji zájmu o čtení a budování základních čtenářských dovedností, především porozumění textu. Žák se učí chápat hlavní myšlenku jednoduchého textu, rozlišovat klíčové informace a na základě podpůrných otázek či ilustrací reprodukovat přečtený nebo slyšený obsah. Tím se vytváří základní porozumění literárnímu sdělení a posiluje schopnost aktivního naslouchání i jednoduché interpretace.Příklady aktivit:Žák po poslechu nebo přečtení krátkého textu odpovídá na jednoduché otázky typu: „Kdo byla hlavní postava?“, „Kde se příběh odehrával?“. Otázky vedou k pochopení hlavní myšlenky a rozvoji analytického uvažování.Žák posuzuje předkládané věty, z nichž některé odpovídají obsahu příběhu a jiné ne, a rozhoduje, které věty se k příběhu vztahují. Aktivita pomáhá rozlišit podstatné a nepodstatné informace.Žák vybírá ilustrace, které souvisejí s obsahem příběhu. Aktivita rozvíjí porozumění a podporuje vizuální paměť.Žák dostane obrázky znázorňující jednotlivé části děje a seřadí je ve správném časovém pořadí. Cvičení rozvíjí vnímání dějové posloupnosti a logické myšlení.</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t/>
@@ -554,66 +788,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>Čtení</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>Výuka čtení žákovi umožňuje skládat slova, tvořit věty a orientovat se ve větě, na stránce i v řádku. Podporuje porozumění obsahu krátkých vět a přispívá k dovednosti reprodukovat krátký text a recitovat jednoduché říkanky a básničky. U pokročilejších žáků rozvíjí pozitivní vztah k literatuře.Cílem tematického okruhu Čtení je motivovat žáka ke čtení probraných písmen, naučit ho reprodukovat krátký text podle ilustrací a návodných otázek, určit začátek a konec věty, číst s porozuměním krátké věty a probraná písmena abecedy, recitovat říkanky a básničky a používat jednoduché obrázkové návody.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-001-106-002</t>
+          <t>JJA-CAP-001-110-002</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t>Reprodukovat krátký text podle ilustrací a návodných otázek.</t>
+          <t>Přednášet říkanky a básně.</t>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení přispívá k rozvoji zájmu o čtení a budování základních čtenářských dovedností, především porozumění textu. Žák se učí chápat hlavní myšlenku jednoduchého textu, rozlišovat klíčové informace a na základě podpůrných otázek či ilustrací reprodukovat přečtený nebo slyšený obsah. Tím se vytváří základní porozumění literárnímu sdělení a posiluje schopnost aktivního naslouchání i jednoduché interpretace.Příklady aktivit:Žák po poslechu nebo přečtení krátkého textu odpovídá na jednoduché otázky typu: „Kdo byla hlavní postava?“, „Kde se příběh odehrával?“. Otázky vedou k pochopení hlavní myšlenky a rozvoji analytického uvažování.Žák posuzuje předkládané věty, z nichž některé odpovídají obsahu příběhu a jiné ne, a rozhoduje, které věty se k příběhu vztahují. Aktivita pomáhá rozlišit podstatné a nepodstatné informace.Žák vybírá ilustrace, které souvisejí s obsahem příběhu. Aktivita rozvíjí porozumění a podporuje vizuální paměť.Žák dostane obrázky znázorňující jednotlivé části děje a seřadí je ve správném časovém pořadí. Cvičení rozvíjí vnímání dějové posloupnosti a logické myšlení.</t>
+          <t>Očekávaný výsledek učení vede k uvědomělému soustředění a podporuje rozvoj výrazových a komunikačních dovedností. Žák se učí reprodukovat text, dramatizovat jeho obsah a pracovat s hlasem, intonací i výrazem obličeje. Rytmizuje slova, doplňuje je podle smyslu a využívá vhodné nástroje (včetně počítačových programů) k podpoře čtenářského výkonu.Příklady aktivit:Žák vidí obrázek postavy z příběhu nebo slyší krátkou větu (např. „Pepa ztratil balonek.“) a zeptá se: „Jak se asi Pepa cítí?“. Poté danou emoci vyjádří mimikou. Žáci se střídají a zkoušejí napodobit výraz smutku, radosti, překvapení apod.Žák slyší jednoduchou větu neutrálním hlasem (např. „Mám nový sešit.“) a opakuje ji různými způsoby – radostně, smutně, vesele, rozzlobeně. Cvičení posiluje porozumění tónu hlasu a jeho významu.Žák doplňuje vynechané slovo ve známé říkance s odpovídajícím rytmem a intonací. Například: „Vařila myšička kašičku na zeleném…?“ Žák odpoví: „…rendlíčku“. Cvičení lze doplnit o tleskání nebo použití hudebních nástrojů.</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q5" s="0" t="inlineStr">
         <is>
           <t/>
@@ -646,66 +880,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>Čtení</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
           <t>Výuka čtení žákovi umožňuje skládat slova, tvořit věty a orientovat se ve větě, na stránce i v řádku. Podporuje porozumění obsahu krátkých vět a přispívá k dovednosti reprodukovat krátký text a recitovat jednoduché říkanky a básničky. U pokročilejších žáků rozvíjí pozitivní vztah k literatuře.Cílem tematického okruhu Čtení je motivovat žáka ke čtení probraných písmen, naučit ho reprodukovat krátký text podle ilustrací a návodných otázek, určit začátek a konec věty, číst s porozuměním krátké věty a probraná písmena abecedy, recitovat říkanky a básničky a používat jednoduché obrázkové návody.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-001-106-003</t>
+          <t>JJA-CAP-001-110-003</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
-          <t>Ukázat začátek a konec věty.</t>
+          <t>Orientovat se ve čteném textu pomocí návodných otázek.</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení směřuje k prohlubování zájmu o čtení a rozvoji základních dovedností při orientaci v textu. Žák se učí rozpoznat začátek a konec textu, identifikovat jednotlivé věty a chápat jejich uspořádání. Pomocí jednoduchých úkolů pod vedením učitele posiluje svou prostorovou orientaci (čtení zleva doprava) a schopnost lokalizovat informace v textu. Tyto činnosti přispívají k budování čtenářské gramotnosti a posilují pozornost a soustředění.Příklady aktivit:Žák označuje první a poslední větu krátkého textu (např. 3–4 jednoduché věty). Může je podtrhnout barvami nebo vyznačit pomocí obrázků (např. start a cíl).Žák čte vybranou větu a počítá, kolik slov obsahuje. Slova si může označovat například kolečky.Žák hledá v textu větu odpovídající dané instrukci (např. „Najdi větu, kde se píše, že kočka spala.“). Tím se podporuje porozumění textu a rozvoj logického uvažování.Žák skládá jednotlivá slova napsaná na kartičkách ve správném pořadí zleva doprava. Aktivita podporuje správný směr čtení a osvojení větné skladby.Žák postupně stoupá na kartičky se slovy jednoduché věty, které jsou rozmístěné na podlaze, větu čte nahlas. Tím se podporuje orientace v prostoru a fixace směru čtení.</t>
+          <t>Očekávaný výsledek učení navazuje na dovednost porozumění čtenému textu. Žák odpovídá na návodné otázky, rozlišuje, co se stalo dříve a co později. Rozvíjí tak schopnost orientovat se v dějové posloupnosti a porozumět významu přečteného příběhu nebo sdělení.Příklady aktivit:Žák poslouchá krátký příběh (např. o zvířátku nebo dětském zážitku) a má za úkol seřadit obrázky s jednotlivými částmi děje podle správné posloupnosti událostí. Učitel se ptá: „Co bylo na začátku?“, „Co se stalo potom?“, „Co bylo na konci?“.Žák čte dvě až tři krátké věty (např. „Petr si obul boty. Pak šel ven.“) a rozhoduje, která událost nastala jako první, a která jako druhá.</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q6" s="0" t="inlineStr">
         <is>
           <t/>
@@ -738,66 +972,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>Čtení</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t>Výuka čtení žákovi umožňuje skládat slova, tvořit věty a orientovat se ve větě, na stránce i v řádku. Podporuje porozumění obsahu krátkých vět a přispívá k dovednosti reprodukovat krátký text a recitovat jednoduché říkanky a básničky. U pokročilejších žáků rozvíjí pozitivní vztah k literatuře.Cílem tematického okruhu Čtení je motivovat žáka ke čtení probraných písmen, naučit ho reprodukovat krátký text podle ilustrací a návodných otázek, určit začátek a konec věty, číst s porozuměním krátké věty a probraná písmena abecedy, recitovat říkanky a básničky a používat jednoduché obrázkové návody.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-001-110-003</t>
+          <t>JJA-CAP-001-106-003</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>Orientovat se ve čteném textu pomocí návodných otázek.</t>
+          <t>Ukázat začátek a konec věty.</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení navazuje na dovednost porozumění čtenému textu. Žák odpovídá na návodné otázky, rozlišuje, co se stalo dříve a co později. Rozvíjí tak schopnost orientovat se v dějové posloupnosti a porozumět významu přečteného příběhu nebo sdělení.Příklady aktivit:Žák poslouchá krátký příběh (např. o zvířátku nebo dětském zážitku) a má za úkol seřadit obrázky s jednotlivými částmi děje podle správné posloupnosti událostí. Učitel se ptá: „Co bylo na začátku?“, „Co se stalo potom?“, „Co bylo na konci?“.Žák čte dvě až tři krátké věty (např. „Petr si obul boty. Pak šel ven.“) a rozhoduje, která událost nastala jako první, a která jako druhá.</t>
+          <t>Očekávaný výsledek učení směřuje k prohlubování zájmu o čtení a rozvoji základních dovedností při orientaci v textu. Žák se učí rozpoznat začátek a konec textu, identifikovat jednotlivé věty a chápat jejich uspořádání. Pomocí jednoduchých úkolů pod vedením učitele posiluje svou prostorovou orientaci (čtení zleva doprava) a schopnost lokalizovat informace v textu. Tyto činnosti přispívají k budování čtenářské gramotnosti a posilují pozornost a soustředění.Příklady aktivit:Žák označuje první a poslední větu krátkého textu (např. 3–4 jednoduché věty). Může je podtrhnout barvami nebo vyznačit pomocí obrázků (např. start a cíl).Žák čte vybranou větu a počítá, kolik slov obsahuje. Slova si může označovat například kolečky.Žák hledá v textu větu odpovídající dané instrukci (např. „Najdi větu, kde se píše, že kočka spala.“). Tím se podporuje porozumění textu a rozvoj logického uvažování.Žák skládá jednotlivá slova napsaná na kartičkách ve správném pořadí zleva doprava. Aktivita podporuje správný směr čtení a osvojení větné skladby.Žák postupně stoupá na kartičky se slovy jednoduché věty, které jsou rozmístěné na podlaze, větu čte nahlas. Tím se podporuje orientace v prostoru a fixace směru čtení.</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t/>
@@ -830,66 +1064,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>Čtení</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t>Výuka čtení žákovi umožňuje skládat slova, tvořit věty a orientovat se ve větě, na stránce i v řádku. Podporuje porozumění obsahu krátkých vět a přispívá k dovednosti reprodukovat krátký text a recitovat jednoduché říkanky a básničky. U pokročilejších žáků rozvíjí pozitivní vztah k literatuře.Cílem tematického okruhu Čtení je motivovat žáka ke čtení probraných písmen, naučit ho reprodukovat krátký text podle ilustrací a návodných otázek, určit začátek a konec věty, číst s porozuměním krátké věty a probraná písmena abecedy, recitovat říkanky a básničky a používat jednoduché obrázkové návody.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-001-106-004</t>
+          <t>JJA-CAP-001-110-004</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
-          <t>Číst s porozuměním jednoduché věty.</t>
+          <t>Číst jednoduchý krátký text.</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení přispívá k zájmu žáka o praktické využití dovednosti čtení. Umožňuje žákovi pochopit, že každá myšlenka může být zaznamenána a sdělena prostřednictvím psaného slova. Žák si buduje základní čtenářské kompetence, které jsou klíčové pro jeho další vzdělávání. Učí se chápat význam přečteného slova či věty, vybírat požadovanou informaci a odlišit ji od jiných sdělení.Příklady aktivit:Žák vidí obrázek (např. „máma“, „ruka“, „pero“) a vybírá z několika kartiček slovo, které k obrázku patří. Slova jsou tvořená otevřenými slabikami (např. „tá-ta“, „ko-lo“).Žák slyší jednoduché slovo (např. „sova“, „ruka“) a hledá ho mezi jinými kartičkami na stole nebo rozmístěnými po třídě. Aktivita propojuje sluchové vnímání, čtení a prostorovou orientaci.Žák čte krátké věty a odpovídá na otázky typu „Kdo tam je?“, „Co dělá?“. Učitel se ujišťuje, že žák rozumí obsahu, v případě potřeby nabízí podporu v podobě ilustrace nebo názorného vysvětlení.Žák obdrží několik jednoduchých vět, z nichž má vybrat tu, která odpovídá obrázku, nebo pokynu učitele (např. „Kočka leží.“, „Kočka skáče.“). Aktivita podporuje porozumění a rozhodování na základě obsahu.</t>
+          <t>Očekávaný výsledek učení směřuje k rozvoji čtenářských dovedností. Žák si uvědomuje, že může číst různé časopisy, noviny či obrázkové knihy, což napomáhá k vyhranění zájmu o konkrétní činnosti. Učí se rozumět jednoduchým návodům doplněným obrázky a orientovat se ve významu přečteného textu. Pomocí návodných otázek si osvojuje dovednost porozumění čtenému.Příklady aktivit:Žák dostane obrázkový návod s krátkým textem a podle návodu vyrábí jednoduchý předmět. Učitel klade otázky typu: „Co uděláme jako první?“ nebo „Který krok je poslední?“.Žák pracuje s několika krátkými jednoduchými návody (např. na výrobu papírové lodě, přípravu obloženého chleba) a podle ilustrací a textu určuje správné pořadí kroků, případně označuje, který krok do postupu nepatří.</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t/>
@@ -922,66 +1156,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>Čtení</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>Výuka čtení žákovi umožňuje skládat slova, tvořit věty a orientovat se ve větě, na stránce i v řádku. Podporuje porozumění obsahu krátkých vět a přispívá k dovednosti reprodukovat krátký text a recitovat jednoduché říkanky a básničky. U pokročilejších žáků rozvíjí pozitivní vztah k literatuře.Cílem tematického okruhu Čtení je motivovat žáka ke čtení probraných písmen, naučit ho reprodukovat krátký text podle ilustrací a návodných otázek, určit začátek a konec věty, číst s porozuměním krátké věty a probraná písmena abecedy, recitovat říkanky a básničky a používat jednoduché obrázkové návody.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-001-110-004</t>
+          <t>JJA-CAP-001-106-004</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>Číst jednoduchý krátký text.</t>
+          <t>Číst s porozuměním jednoduché věty.</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení směřuje k rozvoji čtenářských dovedností. Žák si uvědomuje, že může číst různé časopisy, noviny či obrázkové knihy, což napomáhá k vyhranění zájmu o konkrétní činnosti. Učí se rozumět jednoduchým návodům doplněným obrázky a orientovat se ve významu přečteného textu. Pomocí návodných otázek si osvojuje dovednost porozumění čtenému.Příklady aktivit:Žák dostane obrázkový návod s krátkým textem a podle návodu vyrábí jednoduchý předmět. Učitel klade otázky typu: „Co uděláme jako první?“ nebo „Který krok je poslední?“.Žák pracuje s několika krátkými jednoduchými návody (např. na výrobu papírové lodě, přípravu obloženého chleba) a podle ilustrací a textu určuje správné pořadí kroků, případně označuje, který krok do postupu nepatří.</t>
+          <t>Očekávaný výsledek učení přispívá k zájmu žáka o praktické využití dovednosti čtení. Umožňuje žákovi pochopit, že každá myšlenka může být zaznamenána a sdělena prostřednictvím psaného slova. Žák si buduje základní čtenářské kompetence, které jsou klíčové pro jeho další vzdělávání. Učí se chápat význam přečteného slova či věty, vybírat požadovanou informaci a odlišit ji od jiných sdělení.Příklady aktivit:Žák vidí obrázek (např. „máma“, „ruka“, „pero“) a vybírá z několika kartiček slovo, které k obrázku patří. Slova jsou tvořená otevřenými slabikami (např. „tá-ta“, „ko-lo“).Žák slyší jednoduché slovo (např. „sova“, „ruka“) a hledá ho mezi jinými kartičkami na stole nebo rozmístěnými po třídě. Aktivita propojuje sluchové vnímání, čtení a prostorovou orientaci.Žák čte krátké věty a odpovídá na otázky typu „Kdo tam je?“, „Co dělá?“. Učitel se ujišťuje, že žák rozumí obsahu, v případě potřeby nabízí podporu v podobě ilustrace nebo názorného vysvětlení.Žák obdrží několik jednoduchých vět, z nichž má vybrat tu, která odpovídá obrázku, nebo pokynu učitele (např. „Kočka leží.“, „Kočka skáče.“). Aktivita podporuje porozumění a rozhodování na základě obsahu.</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q9" s="0" t="inlineStr">
         <is>
           <t/>
@@ -1198,66 +1432,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>Psaní</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>Psaní tvoří postupný proces probíhající od prvního do desátého ročníku. Výuka psaní je založená na osvojení grafických dovedností žákem a současně zohledňuje specifika poznávacích procesů žáků s mentálním postižením. Výuka psaní žákovi umožňuje písemně se dorozumívat a výrazně přispívá k rozvoji hrubé i jemné motoriky. Směřuje k nácviku uvolňovacích cviků, tvarů písmen, slabik a slov, a to s ohledem na individuální možnosti, schopnosti a zkušenosti žáka. Tyto dovednosti jsou základem pro volbu vhodného typu písma a metodiky psaní. Žák je veden k osvojení a dodržování pracovních a hygienických návyků. Velký důraz je kladen na motivaci žáka.Cílem tematického okruhu Psaní je vést žáka k opisu písmen, která umí číst, k opisu jednoduchých slov a číslic, ke psaní písmen a jednoduchých slov podle diktátu, k napsání svého jména a psaní číslic podle nápovědy či předlohy.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-002-106-001</t>
+          <t>JJA-CAP-002-110-001</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
-          <t>Opisovat písmena, která umí číst.</t>
+          <t>Psát písmena a jednoduchá slova, případně také podle diktátu.</t>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení umožňuje žákovi zaměřit se na vlastní písemný projev. Napomáhá k rozvoji vizuomotoriky. Žák si osvojuje elementární grafické dovednosti, vnímá a porovnává napsaný tvar písmene s předlohou.Příklady aktivit:Žák nejprve kreslí písmena ve vzduchu pomocí malíkové hrany ruky – napodobuje jejich tvar před tělem. Aktivitu provází říkanka (např. „Kreslíme písmenko, malujeme tělíčko“). Důraz je kladen na plynulý a široký pohyb celé paže.Žák píše na papír formátu A3 velké tvary písmen nebo grafomotorické smyčky (např. vlnovky, spirály). Píše voskovkami, fixem nebo štětcem, čímž se podporuje volný pohyb a jistota tahu.Žák staví pomocí plastelíny, provázků nebo dřívek tvar písmene, který pak prstem obkresluje. Následně se pokouší stejný tvar napsat s dopomocí učitele. Tato aktivita propojuje motorickou a vizuální složku psaní.</t>
+          <t>Očekávaný výstup učení se zaměřuje na prohlubování získaných dovedností při psaní písmen hůlkovým písmem, jejich zdokonalování a dodržování správných tvarů. Žák si osvojuje písmena celé abecedy a neustále zdokonaluje psaní tvarů hůlkového písma. Pokud žák psaní hůlkových písmen zvládá, může zapisovat písmena a jednoduchá slova podle diktátu.Příklady aktivit:Žák se zaměřuje na psaní hůlkových písmen. Učitel může diktovat hlásky, žák píše jednotlivá písmena, přičemž se soustředí na správný tvar a umístění písmene na řádku. Pokud žák potřebuje, může se dívat do předlohy. Ke psaní může využívat také počítačové programy, které mu umožní lépe si zapamatovat tvar písmene.Žák zvládající psaní písmen, přechází ke psaní slabik, případně také podle diktátu. Žák se zaměřuje na psaní jím zvládnutých hůlkových písmen a učitel mu může diktovat jednotlivá písmena nebo slabiky (např. A, B, C, „ma“, „ba“). Žák píše na různé podklady, například do písku, na papír nebo na fólii, přičemž dbá na správný tvar písmen a jejich umístění. Počítačové programy mu pomáhají s trénováním psaní a zlepšováním dovedností.</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q12" s="0" t="inlineStr">
         <is>
           <t/>
@@ -1290,66 +1524,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>Psaní</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>Psaní tvoří postupný proces probíhající od prvního do desátého ročníku. Výuka psaní je založená na osvojení grafických dovedností žákem a současně zohledňuje specifika poznávacích procesů žáků s mentálním postižením. Výuka psaní žákovi umožňuje písemně se dorozumívat a výrazně přispívá k rozvoji hrubé i jemné motoriky. Směřuje k nácviku uvolňovacích cviků, tvarů písmen, slabik a slov, a to s ohledem na individuální možnosti, schopnosti a zkušenosti žáka. Tyto dovednosti jsou základem pro volbu vhodného typu písma a metodiky psaní. Žák je veden k osvojení a dodržování pracovních a hygienických návyků. Velký důraz je kladen na motivaci žáka.Cílem tematického okruhu Psaní je vést žáka k opisu písmen, která umí číst, k opisu jednoduchých slov a číslic, ke psaní písmen a jednoduchých slov podle diktátu, k napsání svého jména a psaní číslic podle nápovědy či předlohy.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-002-110-001</t>
+          <t>JJA-CAP-002-106-001</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
-          <t>Psát písmena a jednoduchá slova, případně také podle diktátu.</t>
+          <t>Opisovat písmena, která umí číst.</t>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výstup učení se zaměřuje na prohlubování získaných dovedností při psaní písmen hůlkovým písmem, jejich zdokonalování a dodržování správných tvarů. Žák si osvojuje písmena celé abecedy a neustále zdokonaluje psaní tvarů hůlkového písma. Pokud žák psaní hůlkových písmen zvládá, může zapisovat písmena a jednoduchá slova podle diktátu.Příklady aktivit:Žák se zaměřuje na psaní hůlkových písmen. Učitel může diktovat hlásky, žák píše jednotlivá písmena, přičemž se soustředí na správný tvar a umístění písmene na řádku. Pokud žák potřebuje, může se dívat do předlohy. Ke psaní může využívat také počítačové programy, které mu umožní lépe si zapamatovat tvar písmene.Žák zvládající psaní písmen, přechází ke psaní slabik, případně také podle diktátu. Žák se zaměřuje na psaní jím zvládnutých hůlkových písmen a učitel mu může diktovat jednotlivá písmena nebo slabiky (např. A, B, C, „ma“, „ba“). Žák píše na různé podklady, například do písku, na papír nebo na fólii, přičemž dbá na správný tvar písmen a jejich umístění. Počítačové programy mu pomáhají s trénováním psaní a zlepšováním dovedností.</t>
+          <t>Očekávaný výsledek učení umožňuje žákovi zaměřit se na vlastní písemný projev. Napomáhá k rozvoji vizuomotoriky. Žák si osvojuje elementární grafické dovednosti, vnímá a porovnává napsaný tvar písmene s předlohou.Příklady aktivit:Žák nejprve kreslí písmena ve vzduchu pomocí malíkové hrany ruky – napodobuje jejich tvar před tělem. Aktivitu provází říkanka (např. „Kreslíme písmenko, malujeme tělíčko“). Důraz je kladen na plynulý a široký pohyb celé paže.Žák píše na papír formátu A3 velké tvary písmen nebo grafomotorické smyčky (např. vlnovky, spirály). Píše voskovkami, fixem nebo štětcem, čímž se podporuje volný pohyb a jistota tahu.Žák staví pomocí plastelíny, provázků nebo dřívek tvar písmene, který pak prstem obkresluje. Následně se pokouší stejný tvar napsat s dopomocí učitele. Tato aktivita propojuje motorickou a vizuální složku psaní.</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q13" s="0" t="inlineStr">
         <is>
           <t/>
@@ -1566,66 +1800,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>Psaní</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>Psaní tvoří postupný proces probíhající od prvního do desátého ročníku. Výuka psaní je založená na osvojení grafických dovedností žákem a současně zohledňuje specifika poznávacích procesů žáků s mentálním postižením. Výuka psaní žákovi umožňuje písemně se dorozumívat a výrazně přispívá k rozvoji hrubé i jemné motoriky. Směřuje k nácviku uvolňovacích cviků, tvarů písmen, slabik a slov, a to s ohledem na individuální možnosti, schopnosti a zkušenosti žáka. Tyto dovednosti jsou základem pro volbu vhodného typu písma a metodiky psaní. Žák je veden k osvojení a dodržování pracovních a hygienických návyků. Velký důraz je kladen na motivaci žáka.Cílem tematického okruhu Psaní je vést žáka k opisu písmen, která umí číst, k opisu jednoduchých slov a číslic, ke psaní písmen a jednoduchých slov podle diktátu, k napsání svého jména a psaní číslic podle nápovědy či předlohy.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-002-106-003</t>
+          <t>JJA-CAP-002-110-003</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
-          <t>Psát probraná písmena.</t>
+          <t>Napsat své jméno.</t>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k upevňování správných hygienických a pracovních návyků při psaní. Žák dbá na správné sezení a držení psacího náčiní. Postupně se učí psát tvary jednotlivých písmen, zpřesňuje je, dodržuje velikost písma a umístění na řádku.Příklady aktivit:Žák před psaním provede uvolňovací cviky ruky, zápěstí a prstů a doplní motivační říkanku: „Všechny moje prsty schovaly se v hrsti. Spočítám je hned – jedna, dva, tři, čtyři, pět.“ Učitel žákovi připomíná správné držení tužky (např. mezi palcem a ukazováčkem) a správný sed u stolu – záda rovná, chodidla na zemi.</t>
+          <t>Očekávaný výsledek učení vede žáka k dovednosti napsat své jméno a zvládnout svůj podpis. Žák se učí opsat jméno adresáta a celou adresu. Vyjadřuje jednoduchými větami svou myšlenku a prostřednictvím modelových vět opisuje krátké sdělení. Získané dovednosti uplatňuje také v elektronické komunikaci, například při psaní e-mailů nebo vyplňování online formulářů.Příklady aktivit:Žák píše skutečný dopis konkrétní osobě, který je poté řádně odeslán, což posiluje jeho pochopení významu psané komunikace. Učí se správně opsat adresu na obálce. Při psaní dopisu využívá osnovu a modelové věty, například:„Milý ……,Posílám pozdrav z …….,Teď jsem ve ……,Odpoledne půjdu ……S pozdravem,(podpis).“Žák tak získává zkušenost s praktickým využitím psaní a rozvíjí schopnost formulovat jednoduchá sdělení.</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q16" s="0" t="inlineStr">
         <is>
           <t/>
@@ -1658,66 +1892,66 @@
           <t>Vzdělávací obor Čtení a psaní nabízí potenciál k rozvoji čtenářské gramotnosti. Vede žáka k rozvoji dovedností v oblasti správné výslovnosti, udržení tempa řeči a pravidelného dýchání. Žák se postupně učí číst tiskací písmena, slabiky, slova, popřípadě věty. Cílem je to, aby žák rozvíjel své čtecí dovednosti, vnímal obsah čteného textu – v případě snadného krátkého textu s porozuměním. Důležité je povzbuzovat u žáka zájem o čtení jako o jeden ze zdrojů informací.Vzdělávací obor Čtení a psaní rozvíjí grafické dovednosti žáků, jejich jemnou motoriku a grafomotoriku, a tím zároveň stimuluje jejich myšlení. Získávání grafických dovedností, postupné zvyšování kvality a rychlosti psaní a praktické využívání získaných dovedností dává žákům možnost jednoduché písemné komunikace.Obsahem vzdělávacího oboru Čtení a psaní je postupné osvojování písmen, slov a vět, které vede k rozvíjení čtecích dovedností, vnímání obsahu čteného textu a čtení snadného krátkého textu s porozuměním, dále rozvíjení grafických dovedností žáka, jemné motoriky a grafomotoriky, postupné opisování písmen, která umí číst, psaní písmen a jednoduchých slov, napsání svého jména a opisování slov a jednoduchých vět.Tyto dovednosti pomáhají při vytváření písemné komunikace a mohou být prakticky využívány v každodenním životě.Vzdělávací obor Čtení a psaní se dělí na dva tematické okruhy: Čtení a Psaní.</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>Psaní</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>Psaní tvoří postupný proces probíhající od prvního do desátého ročníku. Výuka psaní je založená na osvojení grafických dovedností žákem a současně zohledňuje specifika poznávacích procesů žáků s mentálním postižením. Výuka psaní žákovi umožňuje písemně se dorozumívat a výrazně přispívá k rozvoji hrubé i jemné motoriky. Směřuje k nácviku uvolňovacích cviků, tvarů písmen, slabik a slov, a to s ohledem na individuální možnosti, schopnosti a zkušenosti žáka. Tyto dovednosti jsou základem pro volbu vhodného typu písma a metodiky psaní. Žák je veden k osvojení a dodržování pracovních a hygienických návyků. Velký důraz je kladen na motivaci žáka.Cílem tematického okruhu Psaní je vést žáka k opisu písmen, která umí číst, k opisu jednoduchých slov a číslic, ke psaní písmen a jednoduchých slov podle diktátu, k napsání svého jména a psaní číslic podle nápovědy či předlohy.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>JJA-CAP-002-110-003</t>
+          <t>JJA-CAP-002-106-003</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
-          <t>Napsat své jméno.</t>
+          <t>Psát probraná písmena.</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k dovednosti napsat své jméno a zvládnout svůj podpis. Žák se učí opsat jméno adresáta a celou adresu. Vyjadřuje jednoduchými větami svou myšlenku a prostřednictvím modelových vět opisuje krátké sdělení. Získané dovednosti uplatňuje také v elektronické komunikaci, například při psaní e-mailů nebo vyplňování online formulářů.Příklady aktivit:Žák píše skutečný dopis konkrétní osobě, který je poté řádně odeslán, což posiluje jeho pochopení významu psané komunikace. Učí se správně opsat adresu na obálce. Při psaní dopisu využívá osnovu a modelové věty, například:„Milý ……,Posílám pozdrav z …….,Teď jsem ve ……,Odpoledne půjdu ……S pozdravem,(podpis).“Žák tak získává zkušenost s praktickým využitím psaní a rozvíjí schopnost formulovat jednoduchá sdělení.</t>
+          <t>Očekávaný výsledek učení vede žáka k upevňování správných hygienických a pracovních návyků při psaní. Žák dbá na správné sezení a držení psacího náčiní. Postupně se učí psát tvary jednotlivých písmen, zpřesňuje je, dodržuje velikost písma a umístění na řádku.Příklady aktivit:Žák před psaním provede uvolňovací cviky ruky, zápěstí a prstů a doplní motivační říkanku: „Všechny moje prsty schovaly se v hrsti. Spočítám je hned – jedna, dva, tři, čtyři, pět.“ Učitel žákovi připomíná správné držení tužky (např. mezi palcem a ukazováčkem) a správný sed u stolu – záda rovná, chodidla na zemi.</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q17" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2670,66 +2904,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-005</t>
+          <t>JJA-REV-001-106-005</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
-          <t>Zprostředkovat vlastní zážitky a popsat své pocity.</t>
+          <t>Zprostředkovat jednoduchý příběh podle obrázku.</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení výrazně napomáhá tomu, aby si žák uvědomil své pocity a dojmy a následně je dokázal zprostředkovat ostatním. Pomocí předem připravené struktury (osnovy) dokáže odpovídat na jednoduché otázky týkající se jeho vlastního prožitku.Příklady aktivit:Žák poslouchá krátký jednoduchý příběh nebo sleduje obrázek, který vyvolává určité emoce. Žák pomocí připravené osnovy odpovídá na otázky, například:„Co tě v příběhu potěšilo?“„Můžeš to popsat?“Žák může odpovídat slovně, ukazovat obrázky smajlíků s emocemi nebo ukazovat gesty, jak se cítil.</t>
+          <t>Očekávaný výsledek učení významně přispívá k rozšiřování slovní zásoby žáka a k chápání časového sledu děje. Žák se nejdříve učí popisovat jednoduché obrázky. Následně je veden k tomu, aby byl pomocí obrázků schopen zprostředkovat jednoduchý příběh a rozpoznat pořadí obrázků.Příklady aktivit:Žák seřadí obrázky ve správném časovém pořadí, aby vznikl logický příběh.Žák jednoduchou větou popisuje, co je na jednotlivých obrázcích, přičemž se snaží používat podstatná jména a slovesa (např. „Pes běží“, „Holčička jí jablko“).Žák podle osnovy odpovídá na otázky typu: „Kdo je na obrázku?“, „Co dělá postava?“ nebo „Kde se příběh odehrává?“.Žák se učí zapojovat fantazii a předvídat další vývoj příběhu pomocí otázek jako: „Co by se stalo, kdyby…?“ nebo „Jak myslíš, že příběh pokračuje?“.Žák společně s učitelem nebo spolužáky vytváří vlastní krátké příběhy na základě obrázků, čímž rozvíjí své vyjadřovací schopnosti.</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q28" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2762,66 +2996,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-005</t>
+          <t>JJA-REV-001-110-005</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>Zprostředkovat jednoduchý příběh podle obrázku.</t>
+          <t>Zprostředkovat vlastní zážitky a popsat své pocity.</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení významně přispívá k rozšiřování slovní zásoby žáka a k chápání časového sledu děje. Žák se nejdříve učí popisovat jednoduché obrázky. Následně je veden k tomu, aby byl pomocí obrázků schopen zprostředkovat jednoduchý příběh a rozpoznat pořadí obrázků.Příklady aktivit:Žák seřadí obrázky ve správném časovém pořadí, aby vznikl logický příběh.Žák jednoduchou větou popisuje, co je na jednotlivých obrázcích, přičemž se snaží používat podstatná jména a slovesa (např. „Pes běží“, „Holčička jí jablko“).Žák podle osnovy odpovídá na otázky typu: „Kdo je na obrázku?“, „Co dělá postava?“ nebo „Kde se příběh odehrává?“.Žák se učí zapojovat fantazii a předvídat další vývoj příběhu pomocí otázek jako: „Co by se stalo, kdyby…?“ nebo „Jak myslíš, že příběh pokračuje?“.Žák společně s učitelem nebo spolužáky vytváří vlastní krátké příběhy na základě obrázků, čímž rozvíjí své vyjadřovací schopnosti.</t>
+          <t>Očekávaný výsledek učení výrazně napomáhá tomu, aby si žák uvědomil své pocity a dojmy a následně je dokázal zprostředkovat ostatním. Pomocí předem připravené struktury (osnovy) dokáže odpovídat na jednoduché otázky týkající se jeho vlastního prožitku.Příklady aktivit:Žák poslouchá krátký jednoduchý příběh nebo sleduje obrázek, který vyvolává určité emoce. Žák pomocí připravené osnovy odpovídá na otázky, například:„Co tě v příběhu potěšilo?“„Můžeš to popsat?“Žák může odpovídat slovně, ukazovat obrázky smajlíků s emocemi nebo ukazovat gesty, jak se cítil.</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3038,66 +3272,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-007</t>
+          <t>JJA-REV-001-106-007</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
-          <t>Vyjádřit své dojmy (libost či nelibost) ze zhlédnutí divadelního a audiovizuálního díla.</t>
+          <t>Účastnit se činností zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce, důvěry.</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení podporuje schopnost žáka vyjádřit své dojmy z divadelního nebo audiovizuálního díla. Žák se učí rozpoznávat a pojmenovávat emoce prostřednictvím slov, mimiky a pohybové dramatizace. Rozvíjí schopnost hodnotit chování postav a porovnávat je se svým vlastním názorem. Upevňuje dovednosti naslouchání ostatním a respektování různých názorů v bezpečném a podporujícím prostředí.Příklady aktivit:Žák se nachází v bezpečném a příjemném prostředí, poslouchá příběh nebo sleduje scénku. Poté odpovídá na jednoduché otázky, například: „Jak by se postava měla teď chovat?“, „Co bys na jejím místě udělal ty?“. Žák vyjadřuje svůj názor, učí se mluvit nahlas a zároveň poslouchá ostatní a respektuje jejich názory.</t>
+          <t>Očekávaný výsledek učení významně přispívá k zapojení žáka do sociální skupiny. Žák se učí naslouchat, vnímat sdělení ostatních a respektovat různorodost názorů. Zároveň se učí komunikovat s ostatními v rámci pravidel slušnosti a vzájemného respektu. Objevuje nové výrazy a obohacuje svou slovní zásobu, přičemž pomocí modelových schémat řeší různé komunikační situace.Příklady aktivit: Žák se snaží vyjádřit, co slyšel po přečtení příběhu učitelem, například ukázáním obrázku, gestem nebo jednoduchou větou.Žák používá jednoduché obrázkové modely (např. „já říkám“, „ty posloucháš“, „děkuji“) k procvičování správného pořadí ve společenské komunikaci.Žák se zapojuje do her, které vyžadují spolupráci a komunikaci (např. jednoduché hádanky, skládání příběhu po částech) a kde se trénuje vzájemný respekt a naslouchání.</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3130,66 +3364,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-007</t>
+          <t>JJA-REV-001-110-007</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>Účastnit se činností zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce, důvěry.</t>
+          <t>Vyjádřit své dojmy (libost či nelibost) ze zhlédnutí divadelního a audiovizuálního díla.</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení významně přispívá k zapojení žáka do sociální skupiny. Žák se učí naslouchat, vnímat sdělení ostatních a respektovat různorodost názorů. Zároveň se učí komunikovat s ostatními v rámci pravidel slušnosti a vzájemného respektu. Objevuje nové výrazy a obohacuje svou slovní zásobu, přičemž pomocí modelových schémat řeší různé komunikační situace.Příklady aktivit: Žák se snaží vyjádřit, co slyšel po přečtení příběhu učitelem, například ukázáním obrázku, gestem nebo jednoduchou větou.Žák používá jednoduché obrázkové modely (např. „já říkám“, „ty posloucháš“, „děkuji“) k procvičování správného pořadí ve společenské komunikaci.Žák se zapojuje do her, které vyžadují spolupráci a komunikaci (např. jednoduché hádanky, skládání příběhu po částech) a kde se trénuje vzájemný respekt a naslouchání.</t>
+          <t>Očekávaný výsledek učení podporuje schopnost žáka vyjádřit své dojmy z divadelního nebo audiovizuálního díla. Žák se učí rozpoznávat a pojmenovávat emoce prostřednictvím slov, mimiky a pohybové dramatizace. Rozvíjí schopnost hodnotit chování postav a porovnávat je se svým vlastním názorem. Upevňuje dovednosti naslouchání ostatním a respektování různých názorů v bezpečném a podporujícím prostředí.Příklady aktivit:Žák se nachází v bezpečném a příjemném prostředí, poslouchá příběh nebo sleduje scénku. Poté odpovídá na jednoduché otázky, například: „Jak by se postava měla teď chovat?“, „Co bys na jejím místě udělal ty?“. Žák vyjadřuje svůj názor, učí se mluvit nahlas a zároveň poslouchá ostatní a respektuje jejich názory.</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q33" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3222,66 +3456,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-008</t>
+          <t>JJA-REV-001-110-008</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>Rozšiřovat pasivní i aktivní slovní zásobu pomocí účelné práce s obrázkovým materiálem a knihou.</t>
+          <t>Rozšiřovat slovní zásobu, snažit se o zřetelnou a srozumitelnou výslovnost.</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k rozvoji pasivní i aktivní slovní zásoby, podporuje zájem žáka o obrazový materiál a knihu. Žák se postupně učí dovednostem, které jsou potřebné k aktivnímu čtení či prohlížení obrázků. Obrázky dokáže systematicky třídit, řadit podle posloupnosti děje či vyhledávat podle návodných otázek. Příklady aktivit:Žák si vybírá svou oblíbenou knihu nebo obrázkový materiál.Žák třídí obrázky podle různých kritérií (např. postava, prostředí, roční období, emoce).Žák odpovídá na jednoduché otázky učitele, například:„Patří tento obrázek k příběhu?“„Je na obrázku hlavní postava?“„Děje se to v létě, nebo v zimě?“Žák vyhledává obrázky podle pokynů učitele, například:„Který obrázek ukazuje, co se stalo Janičce?“Žák řadí obrázky podle posloupnosti děje (začátek – prostředek – konec).</t>
+          <t>Očekávaný výsledek učení vede k funkční komunikaci. Žák si postupně rozšiřuje slovní zásobu a rozvíjí fonematický sluch. Snaží se o srozumitelnost vlastního projevu – dbá na správné dýchání, výslovnost, intonaci a melodii mluveného projevu.Příklady aktivit:Žák navazuje na svou dovednost používat komunikaci v běžných situacích. Rozšiřuje si aktivní i pasivní slovní zásobu. K nácviku slouží různé didaktické hry.Příklad: Hádanka na slova – „Je to zelené a skáče to. Co to je?“ (žába)Žák má na výběr obrázky či slova (pokud je umí přečíst). Dále může obrázky pojmenovávat, ukazovat (forma neverbální komunikace) nebo hledat slova určitého tematického okruhu.Příklad: „Kdo žije v lese? Co jezdí po silnici? Co roste na poli?“</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q34" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3314,66 +3548,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-008</t>
+          <t>JJA-REV-001-106-008</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>Rozšiřovat slovní zásobu, snažit se o zřetelnou a srozumitelnou výslovnost.</t>
+          <t>Rozšiřovat pasivní i aktivní slovní zásobu pomocí účelné práce s obrázkovým materiálem a knihou.</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede k funkční komunikaci. Žák si postupně rozšiřuje slovní zásobu a rozvíjí fonematický sluch. Snaží se o srozumitelnost vlastního projevu – dbá na správné dýchání, výslovnost, intonaci a melodii mluveného projevu.Příklady aktivit:Žák navazuje na svou dovednost používat komunikaci v běžných situacích. Rozšiřuje si aktivní i pasivní slovní zásobu. K nácviku slouží různé didaktické hry.Příklad: Hádanka na slova – „Je to zelené a skáče to. Co to je?“ (žába)Žák má na výběr obrázky či slova (pokud je umí přečíst). Dále může obrázky pojmenovávat, ukazovat (forma neverbální komunikace) nebo hledat slova určitého tematického okruhu.Příklad: „Kdo žije v lese? Co jezdí po silnici? Co roste na poli?“</t>
+          <t>Očekávaný výsledek učení vede žáka k rozvoji pasivní i aktivní slovní zásoby, podporuje zájem žáka o obrazový materiál a knihu. Žák se postupně učí dovednostem, které jsou potřebné k aktivnímu čtení či prohlížení obrázků. Obrázky dokáže systematicky třídit, řadit podle posloupnosti děje či vyhledávat podle návodných otázek. Příklady aktivit:Žák si vybírá svou oblíbenou knihu nebo obrázkový materiál.Žák třídí obrázky podle různých kritérií (např. postava, prostředí, roční období, emoce).Žák odpovídá na jednoduché otázky učitele, například:„Patří tento obrázek k příběhu?“„Je na obrázku hlavní postava?“„Děje se to v létě, nebo v zimě?“Žák vyhledává obrázky podle pokynů učitele, například:„Který obrázek ukazuje, co se stalo Janičce?“Žák řadí obrázky podle posloupnosti děje (začátek – prostředek – konec).</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q35" s="0" t="inlineStr">
         <is>
           <t/>
@@ -6258,66 +6492,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Čísla a početní operace</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Čísla a početní operace směřuje k získání základních znalostí o číslech, množství a způsobech řešení jednoduchých početních operací. Vede žáka k využívání získaných poznatků a dovedností v praktickém životě. Tematický okruh učí žáka rozpoznávat reálná čísla, orientovat se v množství, osvojit si rozklad čísel a řešit jednoduché početní operace, jako je sčítání a odčítání. Žák se učí řešit jednoduché praktické úlohy s názorem a používat počítadlo i kalkulátor.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-002-106-001</t>
+          <t>MAA-MAT-002-110-001</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t>Číst, psát a porovnávat čísla v oboru do 10.</t>
+          <t>Psát a používat čísla v oboru do 100, porovnávat čísla a množství.</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení rozvíjí u žáka znalost čísel a jejich propojení s množstvím prvků. Současně ho vede ke srozumitelnému zápisu čísel podle zadaného množství a v souvislosti s tím k rozvoji dovednosti porovnat čísla podle odpovídajícího množství, které zastupují. Učitel pomáhá žákovi rozpoznávat čísla v běžných denních situacích a podporuje jeho snahu s nimi pracovat.Příklady aktivit:Žák čte a zapisuje čísla ve vzestupné i sestupné číselné řadě v oboru do 10 (např. pomocí číslic na kartičkách, číselné osy nebo pracovního listu).Žák doplňuje trojici po sobě jdoucích čísel – identifikuje chybějící číslo na začátku, uprostřed nebo na konci (např. __, 3, 4 / 2, __, 4 / 5, 6, __).Žák porovnává čísla s využitím názorných pomůcek (např. kostky, předměty, obrázky). Při porovnávání používá pojmy více, méně, stejně.Žák určuje počet prvků pomocí prstů, zásuvného počítadla, kostek, kuliček, pastelek apod. Postupně se učí používat zástupné grafické modely, například puntíky, čárky, vybarvené tvary, k vyjádření množství a jejich propojení s číslicemi.</t>
+          <t>Očekávaný výsledek učení rozvíjí u žáka dovednost psát a používat čísla v oboru do 100, porovnávat čísla a počty prvků. Navazuje na získané znalosti v oboru do 10 a prohlubuje je.Příklady aktivit:Žák čte a píše čísla ve vzestupné i sestupné řadě v oboru do 100, doplňuje chybějící čísla v řadě pomocí kartiček.Žák vykresluje množství do jednoduché mřížky podle zadaného čísla.Žák určuje počet kuliček nebo válečků na počítadle a zapisuje jejich počet.Žák tvoří svazky špejlí po deseti, sčítá jednotlivé svazky a porovnává výsledné množství.Žák porovnává čísla a množství prvků v oboru do 100, používá pojmy více, méně a stejně.</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q67" s="0" t="inlineStr">
         <is>
           <t/>
@@ -6350,66 +6584,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>Čísla a početní operace</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Čísla a početní operace směřuje k získání základních znalostí o číslech, množství a způsobech řešení jednoduchých početních operací. Vede žáka k využívání získaných poznatků a dovedností v praktickém životě. Tematický okruh učí žáka rozpoznávat reálná čísla, orientovat se v množství, osvojit si rozklad čísel a řešit jednoduché početní operace, jako je sčítání a odčítání. Žák se učí řešit jednoduché praktické úlohy s názorem a používat počítadlo i kalkulátor.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-002-110-001</t>
+          <t>MAA-MAT-002-106-001</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t>Psát a používat čísla v oboru do 100, porovnávat čísla a množství.</t>
+          <t>Číst, psát a porovnávat čísla v oboru do 10.</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení rozvíjí u žáka dovednost psát a používat čísla v oboru do 100, porovnávat čísla a počty prvků. Navazuje na získané znalosti v oboru do 10 a prohlubuje je.Příklady aktivit:Žák čte a píše čísla ve vzestupné i sestupné řadě v oboru do 100, doplňuje chybějící čísla v řadě pomocí kartiček.Žák vykresluje množství do jednoduché mřížky podle zadaného čísla.Žák určuje počet kuliček nebo válečků na počítadle a zapisuje jejich počet.Žák tvoří svazky špejlí po deseti, sčítá jednotlivé svazky a porovnává výsledné množství.Žák porovnává čísla a množství prvků v oboru do 100, používá pojmy více, méně a stejně.</t>
+          <t>Očekávaný výsledek učení rozvíjí u žáka znalost čísel a jejich propojení s množstvím prvků. Současně ho vede ke srozumitelnému zápisu čísel podle zadaného množství a v souvislosti s tím k rozvoji dovednosti porovnat čísla podle odpovídajícího množství, které zastupují. Učitel pomáhá žákovi rozpoznávat čísla v běžných denních situacích a podporuje jeho snahu s nimi pracovat.Příklady aktivit:Žák čte a zapisuje čísla ve vzestupné i sestupné číselné řadě v oboru do 10 (např. pomocí číslic na kartičkách, číselné osy nebo pracovního listu).Žák doplňuje trojici po sobě jdoucích čísel – identifikuje chybějící číslo na začátku, uprostřed nebo na konci (např. __, 3, 4 / 2, __, 4 / 5, 6, __).Žák porovnává čísla s využitím názorných pomůcek (např. kostky, předměty, obrázky). Při porovnávání používá pojmy více, méně, stejně.Žák určuje počet prvků pomocí prstů, zásuvného počítadla, kostek, kuliček, pastelek apod. Postupně se učí používat zástupné grafické modely, například puntíky, čárky, vybarvené tvary, k vyjádření množství a jejich propojení s číslicemi.</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q68" s="0" t="inlineStr">
         <is>
           <t/>
@@ -6442,66 +6676,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>Čísla a početní operace</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Čísla a početní operace směřuje k získání základních znalostí o číslech, množství a způsobech řešení jednoduchých početních operací. Vede žáka k využívání získaných poznatků a dovedností v praktickém životě. Tematický okruh učí žáka rozpoznávat reálná čísla, orientovat se v množství, osvojit si rozklad čísel a řešit jednoduché početní operace, jako je sčítání a odčítání. Žák se učí řešit jednoduché praktické úlohy s názorem a používat počítadlo i kalkulátor.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-002-106-002</t>
+          <t>MAA-MAT-002-110-002</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
-          <t>Číst, psát a prakticky využívat řadové číslovky do 10.</t>
+          <t>Numerovat po desítkách do 100 a po stovkách do 1000.</t>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení navazuje na dovednosti získané při osvojování řazení předmětů a používání čísel v oboru do 10. Žák se učí porozumět významu řadových číslovek a vhodně je používat. Při jejich osvojování využívá především názorné a reálné situace, ve kterých může řadové číslovky uplatnit. Důraz je kladen na využitelnost v běžném životě – jak ve formě porozumění, tak pro vlastní aktivní využití.Příklady aktivit:Žák přiřazuje nebo zapisuje řadovou číslovku ke konkrétnímu předmětu v řadě (např. první autíčko, třetí pastelka, pátý domeček). Pracuje s obrázky, figurkami nebo reálnými předměty seřazenými za sebou.Žák doplňuje zápis řadových číslovek modelováním tečky za číslicí (např. 1., 2., 3.) – tečku může vytvářet z plastelíny, kamínku, knoflíku apod., a umisťuje ji na správné místo se slovním doprovodem („To je první – jednička s tečkou“).Žák seřazuje prvky za sebou (např. figurky, kostky, zvířátka), počítá je a určuje jejich pořadí pomocí řadových číslovek. Učitel pokládá otázky typu: „Který je třetí?“ / „Kdo je první ve frontě?“ / „Které autíčko je sedmé?“.Žák si osvojuje číslovky prostřednictvím situací ze života:řazení dětí ve frontě („Kdo je druhý ve frontě na svačinu?“)umístění ve sportovním závodě („Kdo doběhl první, kdo byl třetí?“)pořadí vagonů ve vláčku („Kolikátý je červený vagon?“)Žák zapisuje a čte vhodně vybrané aktuální datum pomocí řadových číslovek (např. „Dnes je osmého května.“, zapisuje 8. 5.). Může si vytvořit část vlastního kalendáře, kde vyhledává konkrétní dny a zapisuje číslo s tečkou.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na osvojení základní numerace po desítkách a stovkách a rozvoj numerické gramotnosti. Učitel volí takové postupy a aktivity, které pomáhají pochopit numeraci a zároveň upevňují porozumění velikosti čísel v souvislosti se zastoupením množství vybraných předmětů.Příklady aktivit:Žák pracuje s reálnými mincemi 10 Kč a bankovkami 100 Kč, které řadí za sebou nebo skládá na hromádku. Současně verbálně počítá a pojmenovává hodnoty (např. 10, 20, 30 nebo 100, 200, 300).Žák pomocí svinovacího metru ukazuje jednotlivé desítky (např. 10 cm, 20 cm, 30 cm) a nahlas je pojmenovává, čímž upevňuje porozumění numeraci po desítkách.Žák pracuje s počítadlem (sčítadlem) do 100, kde počítá desítky s fyzickou oporou v podobě jednotlivých řad nebo sloupců (např. posouvá korálky po řadě po desítkách) a zároveň numericky pojmenovává každou desítku.</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q69" s="0" t="inlineStr">
         <is>
           <t/>
@@ -6534,66 +6768,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Čísla a početní operace</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Čísla a početní operace směřuje k získání základních znalostí o číslech, množství a způsobech řešení jednoduchých početních operací. Vede žáka k využívání získaných poznatků a dovedností v praktickém životě. Tematický okruh učí žáka rozpoznávat reálná čísla, orientovat se v množství, osvojit si rozklad čísel a řešit jednoduché početní operace, jako je sčítání a odčítání. Žák se učí řešit jednoduché praktické úlohy s názorem a používat počítadlo i kalkulátor.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-002-110-002</t>
+          <t>MAA-MAT-002-106-002</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t>Numerovat po desítkách do 100 a po stovkách do 1000.</t>
+          <t>Číst, psát a prakticky využívat řadové číslovky do 10.</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na osvojení základní numerace po desítkách a stovkách a rozvoj numerické gramotnosti. Učitel volí takové postupy a aktivity, které pomáhají pochopit numeraci a zároveň upevňují porozumění velikosti čísel v souvislosti se zastoupením množství vybraných předmětů.Příklady aktivit:Žák pracuje s reálnými mincemi 10 Kč a bankovkami 100 Kč, které řadí za sebou nebo skládá na hromádku. Současně verbálně počítá a pojmenovává hodnoty (např. 10, 20, 30 nebo 100, 200, 300).Žák pomocí svinovacího metru ukazuje jednotlivé desítky (např. 10 cm, 20 cm, 30 cm) a nahlas je pojmenovává, čímž upevňuje porozumění numeraci po desítkách.Žák pracuje s počítadlem (sčítadlem) do 100, kde počítá desítky s fyzickou oporou v podobě jednotlivých řad nebo sloupců (např. posouvá korálky po řadě po desítkách) a zároveň numericky pojmenovává každou desítku.</t>
+          <t>Očekávaný výsledek učení navazuje na dovednosti získané při osvojování řazení předmětů a používání čísel v oboru do 10. Žák se učí porozumět významu řadových číslovek a vhodně je používat. Při jejich osvojování využívá především názorné a reálné situace, ve kterých může řadové číslovky uplatnit. Důraz je kladen na využitelnost v běžném životě – jak ve formě porozumění, tak pro vlastní aktivní využití.Příklady aktivit:Žák přiřazuje nebo zapisuje řadovou číslovku ke konkrétnímu předmětu v řadě (např. první autíčko, třetí pastelka, pátý domeček). Pracuje s obrázky, figurkami nebo reálnými předměty seřazenými za sebou.Žák doplňuje zápis řadových číslovek modelováním tečky za číslicí (např. 1., 2., 3.) – tečku může vytvářet z plastelíny, kamínku, knoflíku apod., a umisťuje ji na správné místo se slovním doprovodem („To je první – jednička s tečkou“).Žák seřazuje prvky za sebou (např. figurky, kostky, zvířátka), počítá je a určuje jejich pořadí pomocí řadových číslovek. Učitel pokládá otázky typu: „Který je třetí?“ / „Kdo je první ve frontě?“ / „Které autíčko je sedmé?“.Žák si osvojuje číslovky prostřednictvím situací ze života:řazení dětí ve frontě („Kdo je druhý ve frontě na svačinu?“)umístění ve sportovním závodě („Kdo doběhl první, kdo byl třetí?“)pořadí vagonů ve vláčku („Kolikátý je červený vagon?“)Žák zapisuje a čte vhodně vybrané aktuální datum pomocí řadových číslovek (např. „Dnes je osmého května.“, zapisuje 8. 5.). Může si vytvořit část vlastního kalendáře, kde vyhledává konkrétní dny a zapisuje číslo s tečkou.</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q70" s="0" t="inlineStr">
         <is>
           <t/>
@@ -6810,66 +7044,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>Čísla a početní operace</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Čísla a početní operace směřuje k získání základních znalostí o číslech, množství a způsobech řešení jednoduchých početních operací. Vede žáka k využívání získaných poznatků a dovedností v praktickém životě. Tematický okruh učí žáka rozpoznávat reálná čísla, orientovat se v množství, osvojit si rozklad čísel a řešit jednoduché početní operace, jako je sčítání a odčítání. Žák se učí řešit jednoduché praktické úlohy s názorem a používat počítadlo i kalkulátor.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-002-106-004</t>
+          <t>MAA-MAT-002-110-004</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
-          <t>Používat počítadlo, kalkulátor nebo jiné názorné početní pomůcky.</t>
+          <t>Řešit praktické početní příklady a jednoduché slovní úlohy.</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k používání počítadla, kalkulačky a dalších názorných početních pomůcek. Prohlubuje u něj schopnost samostatně zvládat početní operace za pomoci dostupných pomůcek. Znalost práce s počítadlem a kalkulačkou umožňuje žákovi ověřit správnost řešení matematických úloh a zároveň podněcuje jeho zájem o aplikaci matematiky v běžném životě.Příklady aktivit:Žák pracuje s kuličkovým nebo zásuvným počítadlem (případně s digitálním počítadlem na tabletu či mobilním telefonu) a podle grafického znázornění příkladu provádí početní operace. Počítadlo používá k vizualizaci a zároveň čte a zapisuje výsledky.Žák si spočítá příklad pomocí jiné metody (například počítáním na prstech, manipulací s kostkami, zásuvným počítadlem nebo zpaměti). Následně ověří správnost svého výsledku zadáním příkladu do kalkulačky.</t>
+          <t>Očekávaný výsledek učení vede žáka k řešení praktických početních příkladů a jednoduchých slovních úloh. Žák využívá a aplikuje matematické znalosti v rámci běžných aktivit.Příklady aktivit:Žák při řešení slovní úlohy pracuje s konkrétními předměty, například kostkami, jablky, pastelkami nebo magnety na tabuli. Podle zadání tyto předměty přidává, odebírá nebo rozděluje, aby lépe pochopil problém.Žák může modelovat zadané úlohy reálnými věcmi z běžného života, například kolik jablek zůstane, když se některá odeberou, nebo jak rozdělit pastelky mezi děti.Žák aktivně manipuluje s předměty, aby vizualizoval řešení slovních úloh, čímž si upevňuje porozumění početním operacím sčítání, odčítání nebo dělení.</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q73" s="0" t="inlineStr">
         <is>
           <t/>
@@ -6902,66 +7136,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>Čísla a početní operace</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Čísla a početní operace směřuje k získání základních znalostí o číslech, množství a způsobech řešení jednoduchých početních operací. Vede žáka k využívání získaných poznatků a dovedností v praktickém životě. Tematický okruh učí žáka rozpoznávat reálná čísla, orientovat se v množství, osvojit si rozklad čísel a řešit jednoduché početní operace, jako je sčítání a odčítání. Žák se učí řešit jednoduché praktické úlohy s názorem a používat počítadlo i kalkulátor.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-002-110-004</t>
+          <t>MAA-MAT-002-106-004</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>Řešit praktické početní příklady a jednoduché slovní úlohy.</t>
+          <t>Používat počítadlo, kalkulátor nebo jiné názorné početní pomůcky.</t>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k řešení praktických početních příkladů a jednoduchých slovních úloh. Žák využívá a aplikuje matematické znalosti v rámci běžných aktivit.Příklady aktivit:Žák při řešení slovní úlohy pracuje s konkrétními předměty, například kostkami, jablky, pastelkami nebo magnety na tabuli. Podle zadání tyto předměty přidává, odebírá nebo rozděluje, aby lépe pochopil problém.Žák může modelovat zadané úlohy reálnými věcmi z běžného života, například kolik jablek zůstane, když se některá odeberou, nebo jak rozdělit pastelky mezi děti.Žák aktivně manipuluje s předměty, aby vizualizoval řešení slovních úloh, čímž si upevňuje porozumění početním operacím sčítání, odčítání nebo dělení.</t>
+          <t>Očekávaný výsledek učení vede žáka k používání počítadla, kalkulačky a dalších názorných početních pomůcek. Prohlubuje u něj schopnost samostatně zvládat početní operace za pomoci dostupných pomůcek. Znalost práce s počítadlem a kalkulačkou umožňuje žákovi ověřit správnost řešení matematických úloh a zároveň podněcuje jeho zájem o aplikaci matematiky v běžném životě.Příklady aktivit:Žák pracuje s kuličkovým nebo zásuvným počítadlem (případně s digitálním počítadlem na tabletu či mobilním telefonu) a podle grafického znázornění příkladu provádí početní operace. Počítadlo používá k vizualizaci a zároveň čte a zapisuje výsledky.Žák si spočítá příklad pomocí jiné metody (například počítáním na prstech, manipulací s kostkami, zásuvným počítadlem nebo zpaměti). Následně ověří správnost svého výsledku zadáním příkladu do kalkulačky.</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q74" s="0" t="inlineStr">
         <is>
           <t/>
@@ -7638,66 +7872,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>Závislosti, vztahy a práce s daty</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Závislosti, vztahy a práce s daty směřuje k osvojení základních znalostí o jednotkách času, délky a hmotnosti a k pochopení možností jejich využití v praktickém životě. Součástí tematického okruhu je rovněž získávání poznatků o penězích a jejich hodnotě. Žák si osvojuje základy měření, seznamuje se s časovými jednotkami a jejich souvislostmi. Učí se používat jednoduché tabulky, rozpoznávat mince a bankovky a zvládat jednoduché početní operace s penězi.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-003-106-003</t>
+          <t>MAA-MAT-003-110-003</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
-          <t>Uplatňovat matematické znalosti při manipulaci s penězi v oboru do 10 Kč.</t>
+          <t>Používat běžně využívané jednotky délky, hmotnosti, času, objemu.</t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k poznávání českých mincí a rozlišování jejich hodnot v oboru do 10 Kč. Žák se učí znát hodnotu jednotlivých mincí a orientační ceny zboží při nakupování v modelových situacích nebo při nákupu základních potravin, které následně využije při přípravě jednoduchého pokrmu.Příklady aktivit:Žák pracuje s věrnými modely mincí, které co nejvíce odpovídají skutečným penězům.Žák si mince rovná a třídí podle hodnoty, zkouší určit celkovou hodnotu peněz ze dvou nebo tří mincí.Žák může využít pro výpočet celkové hodnoty kalkulátor.Žák si mince může ukládat do kasičky a šetřit je do určité částky. Aktivita může být propojena s kapesným, které žák doma dostává.</t>
+          <t>Očekávaný výsledek učení rozvíjí schopnost žáka měřit a prakticky využívat jednotky délky, hmotnosti, času a objemu.Příklady aktivit:Žák si s pomocí měřicí pásky nebo metru vyměří trasu dlouhou 50 metrů, kterou pak za určitý čas uběhne nebo ujde.Žák měří délku svého skoku do dálky pomocí pásky nebo metru a zaznamenává naměřenou hodnotu.Žák sleduje časové intervaly během různých aktivit, například měří půlhodinovou relaxaci ve Snoezelenu nebo hodinový pobyt venku pomocí stopky či hodinek.Žák váží různé druhy potravin na kuchyňské váze.Žák měří objem nápojů pomocí odměrky a připraví přesně 1 litr nápoje.</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q82" s="0" t="inlineStr">
         <is>
           <t/>
@@ -7730,66 +7964,66 @@
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou. Vzdělávací obor Matematika je rozdělený na tematické okruhy: Řazení a třídění předmětů, Čísla a početní operace, Závislosti, vztahy a práce s daty a Základy geometrie. </t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>Závislosti, vztahy a práce s daty</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Závislosti, vztahy a práce s daty směřuje k osvojení základních znalostí o jednotkách času, délky a hmotnosti a k pochopení možností jejich využití v praktickém životě. Součástí tematického okruhu je rovněž získávání poznatků o penězích a jejich hodnotě. Žák si osvojuje základy měření, seznamuje se s časovými jednotkami a jejich souvislostmi. Učí se používat jednoduché tabulky, rozpoznávat mince a bankovky a zvládat jednoduché početní operace s penězi.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>MAA-MAT-003-110-003</t>
+          <t>MAA-MAT-003-106-003</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
-          <t>Používat běžně využívané jednotky délky, hmotnosti, času, objemu.</t>
+          <t>Uplatňovat matematické znalosti při manipulaci s penězi v oboru do 10 Kč.</t>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení rozvíjí schopnost žáka měřit a prakticky využívat jednotky délky, hmotnosti, času a objemu.Příklady aktivit:Žák si s pomocí měřicí pásky nebo metru vyměří trasu dlouhou 50 metrů, kterou pak za určitý čas uběhne nebo ujde.Žák měří délku svého skoku do dálky pomocí pásky nebo metru a zaznamenává naměřenou hodnotu.Žák sleduje časové intervaly během různých aktivit, například měří půlhodinovou relaxaci ve Snoezelenu nebo hodinový pobyt venku pomocí stopky či hodinek.Žák váží různé druhy potravin na kuchyňské váze.Žák měří objem nápojů pomocí odměrky a připraví přesně 1 litr nápoje.</t>
+          <t>Očekávaný výsledek učení vede žáka k poznávání českých mincí a rozlišování jejich hodnot v oboru do 10 Kč. Žák se učí znát hodnotu jednotlivých mincí a orientační ceny zboží při nakupování v modelových situacích nebo při nákupu základních potravin, které následně využije při přípravě jednoduchého pokrmu.Příklady aktivit:Žák pracuje s věrnými modely mincí, které co nejvíce odpovídají skutečným penězům.Žák si mince rovná a třídí podle hodnoty, zkouší určit celkovou hodnotu peněz ze dvou nebo tří mincí.Žák může využít pro výpočet celkové hodnoty kalkulátor.Žák si mince může ukládat do kasičky a šetřit je do určité částky. Aktivita může být propojena s kapesným, které žák doma dostává.</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q83" s="0" t="inlineStr">
         <is>
           <t/>
@@ -16930,66 +17164,66 @@
           <t>V rámci vzdělávacího oboru Hudební výchova si žák vytváří kladný vztah k hudbě, rozvíjí svou hudebnost a vlastní emocionální prožitek hudebního díla prostřednictvím interpretačních činností i poslechových aktivit. Hudební a instrumentální činnosti podporují senzomotorický rozvoj žáka, sluchové vnímání i motoriku. Vokální činnosti napomáhají správné deklamaci, frázování a výslovnosti. Zpěv, rytmická a pěvecká cvičení se významně podílejí na rozvoji řeči, mluvních, komunikačních a jazykových schopností žáka.Součástí vzdělávacího oboru je rozvoj hudebních, hudebně-dramatických, pohybových a tanečních dovedností. Obsah tohoto oboru klade důraz také na skupinové interpretační činnosti, tvorbu hudebního doprovodu a improvizaci. Hudební výchova rozvíjí estetické cítění a vnímání prostředí, vede žáka ke kultivovanému vystupování a posiluje jeho sebedůvěru. Seznamuje ho s kulturou jiných národů a etnik a podporuje pozitivní vztah k umění a jeho vnímání. Pro naplňování cílů tohoto oboru je důležitá spolupráce školy s kulturními institucemi, které umožňují přímé setkání s uměním a kulturou.Fenomén zpěvu umožňuje tomuto oboru propojit všechny žáky napříč jednotlivými stupni vzdělávání a věkovou i intelektuální diferenciací. Vytváří prostor pro propojování skupin a realizaci společné tvorby a spolupráce.Vzdělávací obor je rozdělený do tří tematických okruhů: Interpretace a tvorba, Recepce uměleckého díla a Kulturní povědomí a jednání. Všechny tematické okruhy škola realizuje na obou stupních vzdělávání. </t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>Interpretace a tvorba</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Interpretace a tvorba směřuje k praktickému hudebnímu projevu v oblasti instrumentální, vokální i vokálně-instrumentální. Vede žáka k rozvoji hudebních, jazykových, dramatických a pohybových schopností a dovedností. Žák se učí kultivovanému projevu na základě propracovaných cvičení, práce s tělem, hry na nástroj, ovládání hlasu i hry na tělo.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>UKA-HUV-004-106-001</t>
+          <t>UKA-HUV-004-110-001</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
-          <t>Zpívat nebo vokalizovat písně přiměřené jeho hlasovému rozsahu.</t>
+          <t>Upevňovat si správné návyky při vokalizaci, pravidelně dýchat, usilovat o správnou deklamaci textu.</t>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení směřuje k získání hlasových a pěveckých dovedností, umožňuje žákovi aktivně se zapojit do zpěvu písní a rozvíjí jeho kultivovaný pěvecký projev. To napomáhá žákovi poznávat nové písně a osvojovat si vlastní hlasové a intonační dispozice. Díky tomu si žák obohacuje svůj pěvecký repertoár a rozvíjí emocionální prožitek i vztah k hudbě.Příklady aktivit:Žák během hlasové rozcvičky Brumendo sedí v kruhu, ruce má položené na hrudníku, zpívá se zavřenými ústy „mmm“ a vnímá vibrace hlasu. Učitel ho slovně provází: „Představ si, že jsi včelka.“Žák při intonační hře Ovečky na louce volí kartičky s obrázky oveček, každá představuje jiný tón (např. c1, d1, e1, f1, g1). Žák postupně vodí ovečky po louce (např. magnetická tabule) a při každém přesunu zazpívá příslušný tón. Pracuje se se sekundovými a terciovými postupy.Žák nacvičuje písně s kvintovým motivem, např. Ovčáci, čtveráci. Učitel text upravuje podle schopností žáků, klade důraz na tóny kvintakordu (např. c-e-g) ve slovech ov-čá-ci. Pomocí hry Zazpívej jako… žák přiřazuje výraz a emoci, například unavený ovčák (pomalu, tiše), veselá ovečka (rychle, vesele).</t>
+          <t>Očekávaný výsledek učení se soustředí na rozvoj hlasových dispozic žáka, upevňuje a dále rozvíjí jeho získané dovednosti při práci s hlasem, a to jak ve zpěvu, tak v mluveném projevu. Pomocí tohoto výsledku učení se žák seznámí se základy správné dikce, s novými způsoby přednesu a možnostmi hlasové artikulace, učí se uměleckému přednesu a souvislému mluvnímu projevu s využitím poznatků hlasové a pěvecké techniky.Žák hlouběji rozvíjí své hlasové dovednosti, pomocí cvičení si rozšiřuje kapacitu plic, hlasový rozsah, upevňuje správnou intonaci a využívá dechovou oporu. Prostřednictvím deklamačních cvičení žák rozvíjí svou práci s hlasem a jeho výrazovými prostředky (síla, dynamika a agogika hlasu). Pomocí recitace a přednesu si osvojuje správnou dikci a kultivovanost hlasového projevu.Příklady aktivit:Žák provádí dechová cvičení: „Pohybuj rukama, jako kdyby tě vítr unášel, dýchej pomalu a klidně.“Tímto způsobem si osvojuje správnou dechovou oporu pro mluvení a zpěv.Žák si procvičuje hlasovou sílu (hlasitost) a dynamiku (měnící se hlasitost) na jednoduché frázi „Jsem tady!“. Začíná tiše, postupně zvyšuje hlasitost a opakuje frázi, aby si osvojil změny v hlasitosti. Poté zkouší stejnou frázi s různou dynamikou – nejprve tiše, pak silně a nakonec opět tiše.</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q183" s="0" t="inlineStr">
         <is>
           <t/>
@@ -17022,66 +17256,66 @@
           <t>V rámci vzdělávacího oboru Hudební výchova si žák vytváří kladný vztah k hudbě, rozvíjí svou hudebnost a vlastní emocionální prožitek hudebního díla prostřednictvím interpretačních činností i poslechových aktivit. Hudební a instrumentální činnosti podporují senzomotorický rozvoj žáka, sluchové vnímání i motoriku. Vokální činnosti napomáhají správné deklamaci, frázování a výslovnosti. Zpěv, rytmická a pěvecká cvičení se významně podílejí na rozvoji řeči, mluvních, komunikačních a jazykových schopností žáka.Součástí vzdělávacího oboru je rozvoj hudebních, hudebně-dramatických, pohybových a tanečních dovedností. Obsah tohoto oboru klade důraz také na skupinové interpretační činnosti, tvorbu hudebního doprovodu a improvizaci. Hudební výchova rozvíjí estetické cítění a vnímání prostředí, vede žáka ke kultivovanému vystupování a posiluje jeho sebedůvěru. Seznamuje ho s kulturou jiných národů a etnik a podporuje pozitivní vztah k umění a jeho vnímání. Pro naplňování cílů tohoto oboru je důležitá spolupráce školy s kulturními institucemi, které umožňují přímé setkání s uměním a kulturou.Fenomén zpěvu umožňuje tomuto oboru propojit všechny žáky napříč jednotlivými stupni vzdělávání a věkovou i intelektuální diferenciací. Vytváří prostor pro propojování skupin a realizaci společné tvorby a spolupráce.Vzdělávací obor je rozdělený do tří tematických okruhů: Interpretace a tvorba, Recepce uměleckého díla a Kulturní povědomí a jednání. Všechny tematické okruhy škola realizuje na obou stupních vzdělávání. </t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
           <t>Interpretace a tvorba</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Interpretace a tvorba směřuje k praktickému hudebnímu projevu v oblasti instrumentální, vokální i vokálně-instrumentální. Vede žáka k rozvoji hudebních, jazykových, dramatických a pohybových schopností a dovedností. Žák se učí kultivovanému projevu na základě propracovaných cvičení, práce s tělem, hry na nástroj, ovládání hlasu i hry na tělo.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>UKA-HUV-004-110-001</t>
+          <t>UKA-HUV-004-106-001</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
-          <t>Upevňovat si správné návyky při vokalizaci, pravidelně dýchat, usilovat o správnou deklamaci textu.</t>
+          <t>Zpívat nebo vokalizovat písně přiměřené jeho hlasovému rozsahu.</t>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se soustředí na rozvoj hlasových dispozic žáka, upevňuje a dále rozvíjí jeho získané dovednosti při práci s hlasem, a to jak ve zpěvu, tak v mluveném projevu. Pomocí tohoto výsledku učení se žák seznámí se základy správné dikce, s novými způsoby přednesu a možnostmi hlasové artikulace, učí se uměleckému přednesu a souvislému mluvnímu projevu s využitím poznatků hlasové a pěvecké techniky.Žák hlouběji rozvíjí své hlasové dovednosti, pomocí cvičení si rozšiřuje kapacitu plic, hlasový rozsah, upevňuje správnou intonaci a využívá dechovou oporu. Prostřednictvím deklamačních cvičení žák rozvíjí svou práci s hlasem a jeho výrazovými prostředky (síla, dynamika a agogika hlasu). Pomocí recitace a přednesu si osvojuje správnou dikci a kultivovanost hlasového projevu.Příklady aktivit:Žák provádí dechová cvičení: „Pohybuj rukama, jako kdyby tě vítr unášel, dýchej pomalu a klidně.“Tímto způsobem si osvojuje správnou dechovou oporu pro mluvení a zpěv.Žák si procvičuje hlasovou sílu (hlasitost) a dynamiku (měnící se hlasitost) na jednoduché frázi „Jsem tady!“. Začíná tiše, postupně zvyšuje hlasitost a opakuje frázi, aby si osvojil změny v hlasitosti. Poté zkouší stejnou frázi s různou dynamikou – nejprve tiše, pak silně a nakonec opět tiše.</t>
+          <t>Očekávaný výsledek učení směřuje k získání hlasových a pěveckých dovedností, umožňuje žákovi aktivně se zapojit do zpěvu písní a rozvíjí jeho kultivovaný pěvecký projev. To napomáhá žákovi poznávat nové písně a osvojovat si vlastní hlasové a intonační dispozice. Díky tomu si žák obohacuje svůj pěvecký repertoár a rozvíjí emocionální prožitek i vztah k hudbě.Příklady aktivit:Žák během hlasové rozcvičky Brumendo sedí v kruhu, ruce má položené na hrudníku, zpívá se zavřenými ústy „mmm“ a vnímá vibrace hlasu. Učitel ho slovně provází: „Představ si, že jsi včelka.“Žák při intonační hře Ovečky na louce volí kartičky s obrázky oveček, každá představuje jiný tón (např. c1, d1, e1, f1, g1). Žák postupně vodí ovečky po louce (např. magnetická tabule) a při každém přesunu zazpívá příslušný tón. Pracuje se se sekundovými a terciovými postupy.Žák nacvičuje písně s kvintovým motivem, např. Ovčáci, čtveráci. Učitel text upravuje podle schopností žáků, klade důraz na tóny kvintakordu (např. c-e-g) ve slovech ov-čá-ci. Pomocí hry Zazpívej jako… žák přiřazuje výraz a emoci, například unavený ovčák (pomalu, tiše), veselá ovečka (rychle, vesele).</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P184" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q184" s="0" t="inlineStr">
         <is>
           <t/>
@@ -17758,66 +17992,66 @@
           <t>V rámci vzdělávacího oboru Hudební výchova si žák vytváří kladný vztah k hudbě, rozvíjí svou hudebnost a vlastní emocionální prožitek hudebního díla prostřednictvím interpretačních činností i poslechových aktivit. Hudební a instrumentální činnosti podporují senzomotorický rozvoj žáka, sluchové vnímání i motoriku. Vokální činnosti napomáhají správné deklamaci, frázování a výslovnosti. Zpěv, rytmická a pěvecká cvičení se významně podílejí na rozvoji řeči, mluvních, komunikačních a jazykových schopností žáka.Součástí vzdělávacího oboru je rozvoj hudebních, hudebně-dramatických, pohybových a tanečních dovedností. Obsah tohoto oboru klade důraz také na skupinové interpretační činnosti, tvorbu hudebního doprovodu a improvizaci. Hudební výchova rozvíjí estetické cítění a vnímání prostředí, vede žáka ke kultivovanému vystupování a posiluje jeho sebedůvěru. Seznamuje ho s kulturou jiných národů a etnik a podporuje pozitivní vztah k umění a jeho vnímání. Pro naplňování cílů tohoto oboru je důležitá spolupráce školy s kulturními institucemi, které umožňují přímé setkání s uměním a kulturou.Fenomén zpěvu umožňuje tomuto oboru propojit všechny žáky napříč jednotlivými stupni vzdělávání a věkovou i intelektuální diferenciací. Vytváří prostor pro propojování skupin a realizaci společné tvorby a spolupráce.Vzdělávací obor je rozdělený do tří tematických okruhů: Interpretace a tvorba, Recepce uměleckého díla a Kulturní povědomí a jednání. Všechny tematické okruhy škola realizuje na obou stupních vzdělávání. </t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Kulturní povědomí a jednání</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Kulturní povědomí a jednání směřuje k získání pozitivního vztahu ke kulturním hodnotám a utváří postoje k uměleckému a kulturnímu dědictví i současnému umění. Vede žáka za hranice školy, učí ho reflektovat dění a umělecký život v okolí i v místním regionu. Žáci se učí kulturnímu a společenskému chování při návštěvách divadel, koncertů a kulturních institucí. Seznamují se také s divadelní tvorbou a hudebními díly různých žánrů.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>UKA-HUV-006-106-001</t>
+          <t>UKA-HUV-006-110-001</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
-          <t>Seznámit se s hudebním životem svého regionu, navštívit kulturní instituci v okolí.</t>
+          <t>Seznámit se s národními tradicemi v oblasti hudby, tance a zpěvu.</t>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení klade důraz na praktické poznávání hudebního života v regionu a jeho charakteristických rysů. Je založený na prožitkovém učení a jeho primárním cílem je propojit teoretické znalosti s reálnými zkušenostmi. Žáci se prostřednictvím tohoto výsledku učení seznamují s významnými místními hudebníky, skupinami, sbory či orchestry a poznávají hudební tradice spojené s místními zvyky a oslavami. Získávají přehled o regionálních hudebních tradicích a žánrech (např. dechová, folklorní, lidová i moderní hudba). Učitel představuje žákům místní hudební osobnosti, pěvecké sbory, orchestry či hudební skupiny a vhodně využívá dostupné materiály, jako jsou články v regionálním tisku, webové stránky kulturních institucí nebo sociální sítě.Příklady aktivit:Žák se pravidelně účastní aktivity Pojďme do našeho divadla. Před plánovanou návštěvou divadla učitel seznámí žáky s prostředím divadla, očekávaným programem a pravidly chování. Využívá vizuální pomůcky (např. fotografie, videa) a sociální příběhy. Během návštěvy divadla zajišťuje co nejvíce smyslových vjemů – zaměřuje se na vnímání příběhu, pozorování herců a celkovou atmosféru. Po návratu si se žáky povídá o jejich dojmech a pocitech (např. „Co se vám líbilo?“, „Co vás zaujalo?“, „Co pro vás bylo nové?“). Využívá jednoduché kresby, koláže nebo slovní vyjádření. Rodiče jsou informováni o cíli očekávaného výsledku učení a jsou aktivně zapojováni do poznávání hudebního života v regionu. Mohou pomoct s výběrem vhodných kulturních akcí nebo sdílet své vlastní hudební zkušenosti. </t>
+          <t>Očekávaný výsledek učení je zaměřený na seznámení žáků s bohatstvím českých národních tradic v oblasti hudby, tance a zpěvu. Cílem je vzbudit u žáků zájem a pozitivní vztah k české kultuře a jejímu dědictví a zároveň rozvíjet radost z hudby a pohybu.Příklady aktivit:Žák se seznamuje s tradičními lidovými nástroji (např. housle, cimbál, dudy nebo fujara). Učitel využívá nahrávky a obrázky, případně přizve hudebníka, který žákům předvede živý zvuk i podobu nástroje. Společně se žáky vyrábí jednoduché lidové nástroje z dostupných materiálů (např. chrastítka z PET lahví nebo rýžové píšťalky).Žák zpívá, tvoří rytmické doprovody a písně následně pohybově ztvárňuje. Učitel ho inspiruje k volnému tanci nebo pohybu na lidové písně, které odrážejí jeho náladu a rytmus. Vede žáka k poslechu a rozpoznávání lidových písní.Žák se zaměřuje na základy lidového tance – tanec v kruhu, tanec s rekvizitami (šátky nebo stuhami) za doprovodu hudby. Učitel žákům pouští krátká a srozumitelná videa z folklorních festivalů, ve kterých mohou vidět tradiční tance v krojích.Žák společně s učitelem připraví prezentaci krojů a tradic. Využívá obrázky jednotlivých částí kroje, které sestavuje a přiřazuje k sobě. Následně ve třídě uspořádají malou výstavu předmětů spojených s lidovými tradicemi (např. výšivky, keramika nebo dřevěné hračky).Žák poznává písně, které učitel připraví jako nahrávky známých českých lidových písní (např. Černé oči, Kdyby byl Bavorov nebo Ej, lásko, lásko). Žák poslouchá a zvedá obrázek, který k písni patří, nebo se snaží zazpívat refrén.Žák hraje poznávací hru Kdo jsem. Učitel ukazuje žákům obrázky tradičních lidových nástrojů (např. cimbál, dudy, basa, harmonika, křídlovka nebo vozembouch) a pouští zvuky těchto nástrojů. Žák přiřazuje jednotlivé zvuky k obrázkům.Žák tančí v kruhu a učí se jednoduché taneční kroky a figury typické pro české lidové tance (např. otočky, poskoky, chůze v kruhu). Učitel k tomu využívá lidovou hudbu jako doprovod.Žák je zapojen do hry Obleč si kroj. Učitel žákům ukazuje různé české kroje. Žáci přiřazují části krojů nebo zkouší složit svůj papírový kroj.Žák se zapojuje do tanečních aktivit. Učitel propojuje hudbu a tanec s tradičními českými svátky. Například zpívání koled během Vánoc, tradiční vánoční říkadla nebo tance spojené s dožínkami. Vše spojuje s praktickým zážitkem – aktivním i pasivním poznáváním tradičních národních tanců.</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q192" s="0" t="inlineStr">
         <is>
           <t/>
@@ -17850,66 +18084,66 @@
           <t>V rámci vzdělávacího oboru Hudební výchova si žák vytváří kladný vztah k hudbě, rozvíjí svou hudebnost a vlastní emocionální prožitek hudebního díla prostřednictvím interpretačních činností i poslechových aktivit. Hudební a instrumentální činnosti podporují senzomotorický rozvoj žáka, sluchové vnímání i motoriku. Vokální činnosti napomáhají správné deklamaci, frázování a výslovnosti. Zpěv, rytmická a pěvecká cvičení se významně podílejí na rozvoji řeči, mluvních, komunikačních a jazykových schopností žáka.Součástí vzdělávacího oboru je rozvoj hudebních, hudebně-dramatických, pohybových a tanečních dovedností. Obsah tohoto oboru klade důraz také na skupinové interpretační činnosti, tvorbu hudebního doprovodu a improvizaci. Hudební výchova rozvíjí estetické cítění a vnímání prostředí, vede žáka ke kultivovanému vystupování a posiluje jeho sebedůvěru. Seznamuje ho s kulturou jiných národů a etnik a podporuje pozitivní vztah k umění a jeho vnímání. Pro naplňování cílů tohoto oboru je důležitá spolupráce školy s kulturními institucemi, které umožňují přímé setkání s uměním a kulturou.Fenomén zpěvu umožňuje tomuto oboru propojit všechny žáky napříč jednotlivými stupni vzdělávání a věkovou i intelektuální diferenciací. Vytváří prostor pro propojování skupin a realizaci společné tvorby a spolupráce.Vzdělávací obor je rozdělený do tří tematických okruhů: Interpretace a tvorba, Recepce uměleckého díla a Kulturní povědomí a jednání. Všechny tematické okruhy škola realizuje na obou stupních vzdělávání. </t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Kulturní povědomí a jednání</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Kulturní povědomí a jednání směřuje k získání pozitivního vztahu ke kulturním hodnotám a utváří postoje k uměleckému a kulturnímu dědictví i současnému umění. Vede žáka za hranice školy, učí ho reflektovat dění a umělecký život v okolí i v místním regionu. Žáci se učí kulturnímu a společenskému chování při návštěvách divadel, koncertů a kulturních institucí. Seznamují se také s divadelní tvorbou a hudebními díly různých žánrů.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>UKA-HUV-006-110-001</t>
+          <t>UKA-HUV-006-106-001</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
-          <t>Seznámit se s národními tradicemi v oblasti hudby, tance a zpěvu.</t>
+          <t>Seznámit se s hudebním životem svého regionu, navštívit kulturní instituci v okolí.</t>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení je zaměřený na seznámení žáků s bohatstvím českých národních tradic v oblasti hudby, tance a zpěvu. Cílem je vzbudit u žáků zájem a pozitivní vztah k české kultuře a jejímu dědictví a zároveň rozvíjet radost z hudby a pohybu.Příklady aktivit:Žák se seznamuje s tradičními lidovými nástroji (např. housle, cimbál, dudy nebo fujara). Učitel využívá nahrávky a obrázky, případně přizve hudebníka, který žákům předvede živý zvuk i podobu nástroje. Společně se žáky vyrábí jednoduché lidové nástroje z dostupných materiálů (např. chrastítka z PET lahví nebo rýžové píšťalky).Žák zpívá, tvoří rytmické doprovody a písně následně pohybově ztvárňuje. Učitel ho inspiruje k volnému tanci nebo pohybu na lidové písně, které odrážejí jeho náladu a rytmus. Vede žáka k poslechu a rozpoznávání lidových písní.Žák se zaměřuje na základy lidového tance – tanec v kruhu, tanec s rekvizitami (šátky nebo stuhami) za doprovodu hudby. Učitel žákům pouští krátká a srozumitelná videa z folklorních festivalů, ve kterých mohou vidět tradiční tance v krojích.Žák společně s učitelem připraví prezentaci krojů a tradic. Využívá obrázky jednotlivých částí kroje, které sestavuje a přiřazuje k sobě. Následně ve třídě uspořádají malou výstavu předmětů spojených s lidovými tradicemi (např. výšivky, keramika nebo dřevěné hračky).Žák poznává písně, které učitel připraví jako nahrávky známých českých lidových písní (např. Černé oči, Kdyby byl Bavorov nebo Ej, lásko, lásko). Žák poslouchá a zvedá obrázek, který k písni patří, nebo se snaží zazpívat refrén.Žák hraje poznávací hru Kdo jsem. Učitel ukazuje žákům obrázky tradičních lidových nástrojů (např. cimbál, dudy, basa, harmonika, křídlovka nebo vozembouch) a pouští zvuky těchto nástrojů. Žák přiřazuje jednotlivé zvuky k obrázkům.Žák tančí v kruhu a učí se jednoduché taneční kroky a figury typické pro české lidové tance (např. otočky, poskoky, chůze v kruhu). Učitel k tomu využívá lidovou hudbu jako doprovod.Žák je zapojen do hry Obleč si kroj. Učitel žákům ukazuje různé české kroje. Žáci přiřazují části krojů nebo zkouší složit svůj papírový kroj.Žák se zapojuje do tanečních aktivit. Učitel propojuje hudbu a tanec s tradičními českými svátky. Například zpívání koled během Vánoc, tradiční vánoční říkadla nebo tance spojené s dožínkami. Vše spojuje s praktickým zážitkem – aktivním i pasivním poznáváním tradičních národních tanců.</t>
+          <t>Očekávaný výsledek učení klade důraz na praktické poznávání hudebního života v regionu a jeho charakteristických rysů. Je založený na prožitkovém učení a jeho primárním cílem je propojit teoretické znalosti s reálnými zkušenostmi. Žáci se prostřednictvím tohoto výsledku učení seznamují s významnými místními hudebníky, skupinami, sbory či orchestry a poznávají hudební tradice spojené s místními zvyky a oslavami. Získávají přehled o regionálních hudebních tradicích a žánrech (např. dechová, folklorní, lidová i moderní hudba). Učitel představuje žákům místní hudební osobnosti, pěvecké sbory, orchestry či hudební skupiny a vhodně využívá dostupné materiály, jako jsou články v regionálním tisku, webové stránky kulturních institucí nebo sociální sítě.Příklady aktivit:Žák se pravidelně účastní aktivity Pojďme do našeho divadla. Před plánovanou návštěvou divadla učitel seznámí žáky s prostředím divadla, očekávaným programem a pravidly chování. Využívá vizuální pomůcky (např. fotografie, videa) a sociální příběhy. Během návštěvy divadla zajišťuje co nejvíce smyslových vjemů – zaměřuje se na vnímání příběhu, pozorování herců a celkovou atmosféru. Po návratu si se žáky povídá o jejich dojmech a pocitech (např. „Co se vám líbilo?“, „Co vás zaujalo?“, „Co pro vás bylo nové?“). Využívá jednoduché kresby, koláže nebo slovní vyjádření. Rodiče jsou informováni o cíli očekávaného výsledku učení a jsou aktivně zapojováni do poznávání hudebního života v regionu. Mohou pomoct s výběrem vhodných kulturních akcí nebo sdílet své vlastní hudební zkušenosti. </t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P193" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q193" s="0" t="inlineStr">
         <is>
           <t/>
@@ -20978,66 +21212,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J227" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-001</t>
+          <t>CZA-TEV-001-110-001</t>
         </is>
       </c>
       <c r="K227" s="0" t="inlineStr">
         <is>
-          <t>Podílet se na zapojení do širokého spektra aplikovaných pohybových aktivit odpovídajících aktuálnímu zdravotnímu stavu.</t>
+          <t>Uplatňovat přiměřené aplikované pohybové aktivity odpovídající aktuálnímu zdravotnímu stavu.</t>
         </is>
       </c>
       <c r="L227" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení pomáhá žákovi využívat speciální metody a techniky k posílení oslabených částí těla a ke zlepšení zdravotního stavu. Žák se seznamuje s jednotlivými speciálními metodami vedoucími k posílení oslabených částí těla, zlepšení motoriky a koordinace. Podle možností školy může žák také využívat terapie, například hipoterapii, canisterapii, felinoterapii, které napomáhají multisenzorickému vnímání a přispívají k lepšímu uvolnění a adekvátní stimulaci.Příklady aktivit:Žák cvičí ve speciálních polohách. Procvičuje polohu na břiše, zádech, boku či vsedě na míči, kde se zaměřuje na uvolnění a posílení konkrétních svalových skupin podle svého oslabení (např. lehké zvedání paží nebo nohou ve stabilizované poloze).Žák provádí relaxační a dechová cvičení s vedeným hlubokým dýcháním. Pomalu se nadechuje nosem, zadržuje dech na pár sekund a pomalu vydechuje ústy. Pomáhá mu to k uvolnění napětí a lepší koncentraci.Žák provádí cvičení na správné držení těla. Postupně nacvičuje správné sezení a stání s využitím zrcadla nebo asistence učitele, kdy žák kontroluje polohu hlavy, ramen, páteře a pánevní oblasti.Žák protahuje paže, nohy, šíji a trup (např. natahování paží nad hlavu, ohýbání trupu do stran, jemné protahování zad vsedě).Žák posiluje oslabené svaly. Cvičí s lehkými pomůckami, jako jsou malé gymnastické míčky, pružné pásy nebo váhy, a pomalu a kontrolovaně posiluje konkrétní svalové skupiny.</t>
+          <t>Očekávaný výsledek učení vede žáka k rozpoznávání vlastních limitů a omezení a k nastavení vhodných pohybových aktivit s přihlédnutím k jeho zdravotnímu stavu. Žák využívá jednotlivé techniky cvičení, které přispívají k rozvoji jeho zdravotního stavu. Žák může podle možností školy využívat hipoterpii, canisterapii, felinoterapii a další za účasti externích fyzioterapeutů, ergoterapeutů a proškolených odborníků. Cvičení na posílení těla, zklidňující a relaxační techniky.Příklady aktivit:Žák realizuje ve dvojici masáž s masážním míčkem. Jeden žák si lehne na břicho na podložku a druhý mu jemně masíruje záda malým masážním míčkem podle předem daných pokynů (např. kruhové pohyby, jemné tlakování). Následně si žáci role vymění.Žák se účastní hipoterapie a seznamuje se s koňmi pod vedením zkušeného terapeuta – například je hladí nebo česá jejich hřívu. Pokud je to možné, vyzkouší si jízdu na koni s asistencí.Žák se účastní canisterapie pod vedením canisterapeuta a navazuje kontakt se speciálně vycvičeným psem. Psa může hladit, učit ho jednoduché povely, společně plnit drobné úkoly nebo relaxovat v jeho přítomnosti.Žák se účastní felinoterapie a navazuje kontakt s kočkou. V rámci terapeutické seance ji hladí nebo se s ní posadí a učí se jemným pohybům a vnímání jejího chování.Žák se zapojuje do relaxačních cvičení s hudbou a míčky. Lehne si na podložku a s pomocí terapeuta provádí jemné pohyby a masáže míčky po těle. Během cvičení poslouchá uklidňující hudbu a soustředí se na dech a vnímání vlastního těla.</t>
         </is>
       </c>
       <c r="M227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P227" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q227" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21070,66 +21304,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J228" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-001</t>
+          <t>CZA-TEV-001-106-001</t>
         </is>
       </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
-          <t>Uplatňovat přiměřené aplikované pohybové aktivity odpovídající aktuálnímu zdravotnímu stavu.</t>
+          <t>Podílet se na zapojení do širokého spektra aplikovaných pohybových aktivit odpovídajících aktuálnímu zdravotnímu stavu.</t>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k rozpoznávání vlastních limitů a omezení a k nastavení vhodných pohybových aktivit s přihlédnutím k jeho zdravotnímu stavu. Žák využívá jednotlivé techniky cvičení, které přispívají k rozvoji jeho zdravotního stavu. Žák může podle možností školy využívat hipoterpii, canisterapii, felinoterapii a další za účasti externích fyzioterapeutů, ergoterapeutů a proškolených odborníků. Cvičení na posílení těla, zklidňující a relaxační techniky.Příklady aktivit:Žák realizuje ve dvojici masáž s masážním míčkem. Jeden žák si lehne na břicho na podložku a druhý mu jemně masíruje záda malým masážním míčkem podle předem daných pokynů (např. kruhové pohyby, jemné tlakování). Následně si žáci role vymění.Žák se účastní hipoterapie a seznamuje se s koňmi pod vedením zkušeného terapeuta – například je hladí nebo česá jejich hřívu. Pokud je to možné, vyzkouší si jízdu na koni s asistencí.Žák se účastní canisterapie pod vedením canisterapeuta a navazuje kontakt se speciálně vycvičeným psem. Psa může hladit, učit ho jednoduché povely, společně plnit drobné úkoly nebo relaxovat v jeho přítomnosti.Žák se účastní felinoterapie a navazuje kontakt s kočkou. V rámci terapeutické seance ji hladí nebo se s ní posadí a učí se jemným pohybům a vnímání jejího chování.Žák se zapojuje do relaxačních cvičení s hudbou a míčky. Lehne si na podložku a s pomocí terapeuta provádí jemné pohyby a masáže míčky po těle. Během cvičení poslouchá uklidňující hudbu a soustředí se na dech a vnímání vlastního těla.</t>
+          <t>Očekávaný výsledek učení pomáhá žákovi využívat speciální metody a techniky k posílení oslabených částí těla a ke zlepšení zdravotního stavu. Žák se seznamuje s jednotlivými speciálními metodami vedoucími k posílení oslabených částí těla, zlepšení motoriky a koordinace. Podle možností školy může žák také využívat terapie, například hipoterapii, canisterapii, felinoterapii, které napomáhají multisenzorickému vnímání a přispívají k lepšímu uvolnění a adekvátní stimulaci.Příklady aktivit:Žák cvičí ve speciálních polohách. Procvičuje polohu na břiše, zádech, boku či vsedě na míči, kde se zaměřuje na uvolnění a posílení konkrétních svalových skupin podle svého oslabení (např. lehké zvedání paží nebo nohou ve stabilizované poloze).Žák provádí relaxační a dechová cvičení s vedeným hlubokým dýcháním. Pomalu se nadechuje nosem, zadržuje dech na pár sekund a pomalu vydechuje ústy. Pomáhá mu to k uvolnění napětí a lepší koncentraci.Žák provádí cvičení na správné držení těla. Postupně nacvičuje správné sezení a stání s využitím zrcadla nebo asistence učitele, kdy žák kontroluje polohu hlavy, ramen, páteře a pánevní oblasti.Žák protahuje paže, nohy, šíji a trup (např. natahování paží nad hlavu, ohýbání trupu do stran, jemné protahování zad vsedě).Žák posiluje oslabené svaly. Cvičí s lehkými pomůckami, jako jsou malé gymnastické míčky, pružné pásy nebo váhy, a pomalu a kontrolovaně posiluje konkrétní svalové skupiny.</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P228" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q228" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21346,66 +21580,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-003</t>
+          <t>CZA-TEV-001-106-003</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
-          <t>Vykonávat individuální a kolektivní činnost na základě pokynů, povelů a signálů.</t>
+          <t>Provádět jednoduché pohybové úkony na základě pokynů, povelů a signálů.</t>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení upevňuje porozumění základním tělovýchovným pokynům a povelům a schopnost následně vykonat cviky a pohyby na jejich základě. Žák správně reaguje na slovní pokyny, gesta, zvukové nebo vizuální signály. Žák chápe a dodržuje jednoduchá pravidla skupinových her a pohybových činností. Žák chápe pojmy základní odborné terminologie a dokáže na ně adekvátně reagovat, popřípadě se řídí nápodobou doplněnou verbálním pokynem.Příklady aktivit:Žák si prostřednictvím jednoduchých pohybových her upevňuje porozumění základní odborné terminologii a učí se na ni adekvátně reagovat. Reaguje například na pokyny typu „Start“, „Stop“, „Otoč se“, „Běž na místo“ nebo na jednoduchá gesta a neverbální signály, jako je mávnutí rukou, zdvižený palec či zkřížené ruce na prsou, signalizující zastavení. Stejně tak se učí reagovat na zvukové podněty, například na zapískání, bubínek nebo tlesknutí.Žák využívá hravé aktivity, při nichž si osvojí schopnost sledovat pokyny a spolupracovat ve skupině. Mezi oblíbené činnosti patří například hra Na jelena, při níž jeden žák stojí uprostřed kruhu a ostatní si přehazují míč. Cílem je vybít jelena: kdo se trefí, vymění si s ním místo. Další aktivitou může být pohybová hra Čáp ztratil čepičku, v níž žák reaguje na dané signály, rozvíjí si postřeh a učí se respektovat pravidla.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na zvládnutí porozumění základním tělovýchovným pokynům a povelům a na schopnost žáka následně vykonat jednoduché cviky na základě těchto pokynů. Mimo verbální pokyny by měl žák chápat také gesta, zvukové nebo vizuální signály. Žák se učí ovládat a vnímat vlastní tělo.Příklady aktivit:Žák reaguje na jednoduché pokyny jako „Stůj.“, „Utíkej.“, „Skákej.“, „Sedni si.“, „Lehni si.“, „Klekni si.“ a umí je adekvátně splnit. Při skupinových hrách reaguje na pokyny typu „vedle sebe“, „za sebe“, „na čáru“.Žák reaguje na zvukové signály, například píšťalku, bubínek nebo tlesknutí, a podle nich mění pohyb – běhá, chodí, zastavuje se. Při vizuálních podnětech, jako je mávnutí rukou, zdvižený palec, zkřížené ruce na prsou (znamenající stop), žák správně reaguje pohybem. Hravé úkoly pomáhají upevňovat tyto dovednosti – například hra, kdy učitel bubnuje a žák pochoduje nebo běhá v rytmu bubínku, zrychluje, zpomaluje nebo se zastaví na zvukový povel.Žák se zapojí do rozcvičky s říkankou, kdy učitel předcvičuje pohyby a doprovází je jednoduchými verbálními pokyny, které žák napodobuje.</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q231" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21438,66 +21672,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-003</t>
+          <t>CZA-TEV-001-110-003</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
-          <t>Provádět jednoduché pohybové úkony na základě pokynů, povelů a signálů.</t>
+          <t>Vykonávat individuální a kolektivní činnost na základě pokynů, povelů a signálů.</t>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na zvládnutí porozumění základním tělovýchovným pokynům a povelům a na schopnost žáka následně vykonat jednoduché cviky na základě těchto pokynů. Mimo verbální pokyny by měl žák chápat také gesta, zvukové nebo vizuální signály. Žák se učí ovládat a vnímat vlastní tělo.Příklady aktivit:Žák reaguje na jednoduché pokyny jako „Stůj.“, „Utíkej.“, „Skákej.“, „Sedni si.“, „Lehni si.“, „Klekni si.“ a umí je adekvátně splnit. Při skupinových hrách reaguje na pokyny typu „vedle sebe“, „za sebe“, „na čáru“.Žák reaguje na zvukové signály, například píšťalku, bubínek nebo tlesknutí, a podle nich mění pohyb – běhá, chodí, zastavuje se. Při vizuálních podnětech, jako je mávnutí rukou, zdvižený palec, zkřížené ruce na prsou (znamenající stop), žák správně reaguje pohybem. Hravé úkoly pomáhají upevňovat tyto dovednosti – například hra, kdy učitel bubnuje a žák pochoduje nebo běhá v rytmu bubínku, zrychluje, zpomaluje nebo se zastaví na zvukový povel.Žák se zapojí do rozcvičky s říkankou, kdy učitel předcvičuje pohyby a doprovází je jednoduchými verbálními pokyny, které žák napodobuje.</t>
+          <t>Očekávaný výsledek učení upevňuje porozumění základním tělovýchovným pokynům a povelům a schopnost následně vykonat cviky a pohyby na jejich základě. Žák správně reaguje na slovní pokyny, gesta, zvukové nebo vizuální signály. Žák chápe a dodržuje jednoduchá pravidla skupinových her a pohybových činností. Žák chápe pojmy základní odborné terminologie a dokáže na ně adekvátně reagovat, popřípadě se řídí nápodobou doplněnou verbálním pokynem.Příklady aktivit:Žák si prostřednictvím jednoduchých pohybových her upevňuje porozumění základní odborné terminologii a učí se na ni adekvátně reagovat. Reaguje například na pokyny typu „Start“, „Stop“, „Otoč se“, „Běž na místo“ nebo na jednoduchá gesta a neverbální signály, jako je mávnutí rukou, zdvižený palec či zkřížené ruce na prsou, signalizující zastavení. Stejně tak se učí reagovat na zvukové podněty, například na zapískání, bubínek nebo tlesknutí.Žák využívá hravé aktivity, při nichž si osvojí schopnost sledovat pokyny a spolupracovat ve skupině. Mezi oblíbené činnosti patří například hra Na jelena, při níž jeden žák stojí uprostřed kruhu a ostatní si přehazují míč. Cílem je vybít jelena: kdo se trefí, vymění si s ním místo. Další aktivitou může být pohybová hra Čáp ztratil čepičku, v níž žák reaguje na dané signály, rozvíjí si postřeh a učí se respektovat pravidla.</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q232" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21530,66 +21764,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-004</t>
+          <t>CZA-TEV-001-110-004</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
-          <t>Provádět jednoduché pohybové úkony za hudebního či rytmického doprovodu.</t>
+          <t>Projevit svou fantazii při provedení jednoduché pohybové aktivity s hudebním doprovodem.</t>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na pohybové úkony za hudebního a rytmického doprovodu. Navazuje na dovednosti získané v předchozím výsledku učení. Žák zdokonaluje své pohybové dovednosti v rámci rytmu a hudby. Cílem je rozvíjet schopnost pohybovat se v souladu s hudebním nebo rytmickým doprovodem. Žák se například pohybuje pomalu či rychle nebo reaguje na hudbu a provádí daný pohyb v určeném rytmu.Příklady aktivit:Žák chodí ve 4/4 rytmu, například: krok, krok, krok, krok nebo krok, pauza, krok, pauza, případně jiná rytmická variace podle pokynů.Žák běhá na místě, otáčí se nebo skáče podle rytmu hudby – může měnit směr, tempo nebo výšku skoků podle změn hudebního doprovodu.Žák si vezme šátek a pohybuje se s ním v rytmu hudby – mává šátkem, krouží s ním nebo zapojuje celé tělo do volného pohybu.Žák improvizovaně tančí nebo se pohybuje podle hudby – například reaguje na změnu tempa, rytmu nebo nálady skladby.Žák se v kruhu střídá v jednoduchých rytmických pohybech – například tleskání, podupávání, dupání, lusknutí do rytmu hudby nebo metronomu.Žák se účastní pohybové hry Zastav se na hudbu – při zastavení hudby ztuhne v pohybu (statue), poté pokračuje v rytmu.Žák opakuje pohybové vzory podle učitele nebo spolužáka – například tleskání do rytmu, pohyby rukama či nohama v určitém sledu.Žák vytváří vlastní krátkou pohybovou sekvenci v rytmu hudby – například sérii kroků, otoček nebo skoků.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na pohybové aktivity, které využívají hudební a rytmický doprovod. Žák dále rozvíjí a zlepšuje již získané dovednosti. Vyjadřuje se prostřednictvím pohybu v souladu s hudebním rytmem nebo melodií. Tato aktivita pomáhá rozvíjet nejen motorické dovednosti, ale také kreativitu a schopnost vyjadřovat se pohybem, což je důležitá součást tělesné výchovy. Cílem je to, aby se žák cítil pohodlně při experimentování s pohyby a dokázal přizpůsobit své pohyby hudebnímu doprovodu.Příklady aktivit:Žák používá míč (ideálně lehký a měkký) a pohybuje s ním v rytmu – například si míč předává nebo ho vyhazuje podle daného rytmu.Žák se zapojuje do skupinových aktivit spojených s míči a hudbou. Stojí v kruhu se spolužáky, přičemž každý má svůj míč. Když se pustí hudba s jasně vyznačeným rytmem, například jednoduchý popový rytmus nebo dětská melodie, žák začíná pracovat s míčem v rytmu hudby. Míč si předává se spolužáky podle rytmu, například na každý druhý takt, a v určitých chvílích ho může lehce odrazit od země, když slyší určitý hudební motiv. V dalších pasážích hudby žák tleská nebo drží míč a krouží s ním nad hlavou. Postupně se tempo hudby mění, a žák tak reaguje na rychlejší či pomalejší rytmy. V pokročilejší variantě žák přidává jednoduché taneční kroky nebo pohyby, které ladí s hudbou, například krok vpřed a vzad, otočení dokola či lehké poskoky.</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q233" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21622,66 +21856,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I234" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J234" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-004</t>
+          <t>CZA-TEV-001-106-004</t>
         </is>
       </c>
       <c r="K234" s="0" t="inlineStr">
         <is>
-          <t>Projevit svou fantazii při provedení jednoduché pohybové aktivity s hudebním doprovodem.</t>
+          <t>Provádět jednoduché pohybové úkony za hudebního či rytmického doprovodu.</t>
         </is>
       </c>
       <c r="L234" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na pohybové aktivity, které využívají hudební a rytmický doprovod. Žák dále rozvíjí a zlepšuje již získané dovednosti. Vyjadřuje se prostřednictvím pohybu v souladu s hudebním rytmem nebo melodií. Tato aktivita pomáhá rozvíjet nejen motorické dovednosti, ale také kreativitu a schopnost vyjadřovat se pohybem, což je důležitá součást tělesné výchovy. Cílem je to, aby se žák cítil pohodlně při experimentování s pohyby a dokázal přizpůsobit své pohyby hudebnímu doprovodu.Příklady aktivit:Žák používá míč (ideálně lehký a měkký) a pohybuje s ním v rytmu – například si míč předává nebo ho vyhazuje podle daného rytmu.Žák se zapojuje do skupinových aktivit spojených s míči a hudbou. Stojí v kruhu se spolužáky, přičemž každý má svůj míč. Když se pustí hudba s jasně vyznačeným rytmem, například jednoduchý popový rytmus nebo dětská melodie, žák začíná pracovat s míčem v rytmu hudby. Míč si předává se spolužáky podle rytmu, například na každý druhý takt, a v určitých chvílích ho může lehce odrazit od země, když slyší určitý hudební motiv. V dalších pasážích hudby žák tleská nebo drží míč a krouží s ním nad hlavou. Postupně se tempo hudby mění, a žák tak reaguje na rychlejší či pomalejší rytmy. V pokročilejší variantě žák přidává jednoduché taneční kroky nebo pohyby, které ladí s hudbou, například krok vpřed a vzad, otočení dokola či lehké poskoky.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na pohybové úkony za hudebního a rytmického doprovodu. Navazuje na dovednosti získané v předchozím výsledku učení. Žák zdokonaluje své pohybové dovednosti v rámci rytmu a hudby. Cílem je rozvíjet schopnost pohybovat se v souladu s hudebním nebo rytmickým doprovodem. Žák se například pohybuje pomalu či rychle nebo reaguje na hudbu a provádí daný pohyb v určeném rytmu.Příklady aktivit:Žák chodí ve 4/4 rytmu, například: krok, krok, krok, krok nebo krok, pauza, krok, pauza, případně jiná rytmická variace podle pokynů.Žák běhá na místě, otáčí se nebo skáče podle rytmu hudby – může měnit směr, tempo nebo výšku skoků podle změn hudebního doprovodu.Žák si vezme šátek a pohybuje se s ním v rytmu hudby – mává šátkem, krouží s ním nebo zapojuje celé tělo do volného pohybu.Žák improvizovaně tančí nebo se pohybuje podle hudby – například reaguje na změnu tempa, rytmu nebo nálady skladby.Žák se v kruhu střídá v jednoduchých rytmických pohybech – například tleskání, podupávání, dupání, lusknutí do rytmu hudby nebo metronomu.Žák se účastní pohybové hry Zastav se na hudbu – při zastavení hudby ztuhne v pohybu (statue), poté pokračuje v rytmu.Žák opakuje pohybové vzory podle učitele nebo spolužáka – například tleskání do rytmu, pohyby rukama či nohama v určitém sledu.Žák vytváří vlastní krátkou pohybovou sekvenci v rytmu hudby – například sérii kroků, otoček nebo skoků.</t>
         </is>
       </c>
       <c r="M234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q234" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21714,66 +21948,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-005</t>
+          <t>CZA-TEV-001-106-005</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
-          <t>Podílet se na pohybových činnostech s doporučenými a dostupnými sportovními pomůckami přizpůsobenými pro jeho optimální zapojení.</t>
+          <t>Realizovat se v pohybových činnostech za pomoci upravených didaktických a sportovních pomůcek.</t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení směruje žáka k vnímání vlastního těla, koordinaci dechových a pohybových aktivit, vnímání hudby a propojení hudby, zvuku a pohybu. Žák se orientuje v prostoru a umí správně využívat speciální pomůcky, které rozvíjejí koordinaci, motoriku, posilují oslabené partie a zkvalitňují svalový tonus.Příklady aktivit:Žák sedí nebo stojí na overballu a snaží se udržet rovnováhu, případně provádí jemné pohyby, které posilují hluboké stabilizační svaly.Žák cvičí s balanční podložkou tak, že střídá stání na jedné nebo obou nohách, přenáší váhu těla, provádí dřepy a přechází z jedné nohy na druhou.Žák využívá masážní míčky k masírování chodidel nebo jiných částí těla a také při protahování svalů.Žák se zapojuje do skupinové aktivity s balančním padákem, při níž spolu s ostatními drží jeho okraje, vytváří vlny, zvedá a spouští padák nebo pod něj schovává různé předměty.Žák chodí naboso po různých typech masážních ortopedických podložek a akupresurním chodníku, střídá chůzi po zemi a po vyvýšené ploše (např. lavičce), čímž stimuluje reflexní body na chodidlech.Žák absolvuje překážkovou dráhu, při níž prolézá, podlézá a přeskakuje překážky, chodí po kladině či nerovném povrchu.Žák se houpá vsedě nebo vleže na rehabilitační káče, přičemž zapojuje břišní a zádové svaly a trénuje stabilitu i sílu těla.</t>
+          <t>Očekávaný výsledek učení pomáhá žákovi, s podporou speciálních pomůcek, zlepšovat pohybové návyky a správně využívat dýchací a pohybový aparát. Žák využívá za podpory pedagoga speciální pomůcky, například rehabilitační míče a ovály, balanční plochy, klíny, polohovací hady, pomůcky na rozvoj koordinace, speciálně upravené nářadí a náčiní, které vedou k rozvoji a vnímání vlastního těla a pohybového aparátu.Příklady aktivit:Žák překonává různé překážky v aktivitě Opičí dráha, například podlézá nebo přeskakuje klíny, přechází přes balanční podložky a chodí po akupresurním chodníku. Cílem je rozvíjet koordinaci, rovnováhu a sílu.Žák chodí po různých typech povrchu (např. masážních ortopedických podložkách nebo balančním padáku), které stimulují chodidla a podporují správné držení a vnímání těla.Žák se učí koordinovat pohyby a udržovat rovnováhu při jízdě na trojkolce nebo koloběžce, což zároveň posiluje svaly nohou a zlepšuje motoriku.Žák si pod vedením pedagoga procvičuje dýchací techniky. Lehne si na záda, položí si overball na břicho a nadechuje se do míčku, což podporuje správné dýchání a posilování hlubokého svalstva.Žák spolupracuje ve dvojici nebo v malých skupinách při udržování rovnováhy na balančních podložkách, povzbuzuje ostatní a rozvíjí sociální dovednosti.Žák používá masážní míčky k masáži rukou nebo nohou před nebo po cvičení, což podporuje uvolnění svalů a lepší vnímání těla.</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q235" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21806,66 +22040,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J236" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-005</t>
+          <t>CZA-TEV-001-110-005</t>
         </is>
       </c>
       <c r="K236" s="0" t="inlineStr">
         <is>
-          <t>Realizovat se v pohybových činnostech za pomoci upravených didaktických a sportovních pomůcek.</t>
+          <t>Podílet se na pohybových činnostech s doporučenými a dostupnými sportovními pomůckami přizpůsobenými pro jeho optimální zapojení.</t>
         </is>
       </c>
       <c r="L236" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení pomáhá žákovi, s podporou speciálních pomůcek, zlepšovat pohybové návyky a správně využívat dýchací a pohybový aparát. Žák využívá za podpory pedagoga speciální pomůcky, například rehabilitační míče a ovály, balanční plochy, klíny, polohovací hady, pomůcky na rozvoj koordinace, speciálně upravené nářadí a náčiní, které vedou k rozvoji a vnímání vlastního těla a pohybového aparátu.Příklady aktivit:Žák překonává různé překážky v aktivitě Opičí dráha, například podlézá nebo přeskakuje klíny, přechází přes balanční podložky a chodí po akupresurním chodníku. Cílem je rozvíjet koordinaci, rovnováhu a sílu.Žák chodí po různých typech povrchu (např. masážních ortopedických podložkách nebo balančním padáku), které stimulují chodidla a podporují správné držení a vnímání těla.Žák se učí koordinovat pohyby a udržovat rovnováhu při jízdě na trojkolce nebo koloběžce, což zároveň posiluje svaly nohou a zlepšuje motoriku.Žák si pod vedením pedagoga procvičuje dýchací techniky. Lehne si na záda, položí si overball na břicho a nadechuje se do míčku, což podporuje správné dýchání a posilování hlubokého svalstva.Žák spolupracuje ve dvojici nebo v malých skupinách při udržování rovnováhy na balančních podložkách, povzbuzuje ostatní a rozvíjí sociální dovednosti.Žák používá masážní míčky k masáži rukou nebo nohou před nebo po cvičení, což podporuje uvolnění svalů a lepší vnímání těla.</t>
+          <t>Očekávaný výsledek učení směruje žáka k vnímání vlastního těla, koordinaci dechových a pohybových aktivit, vnímání hudby a propojení hudby, zvuku a pohybu. Žák se orientuje v prostoru a umí správně využívat speciální pomůcky, které rozvíjejí koordinaci, motoriku, posilují oslabené partie a zkvalitňují svalový tonus.Příklady aktivit:Žák sedí nebo stojí na overballu a snaží se udržet rovnováhu, případně provádí jemné pohyby, které posilují hluboké stabilizační svaly.Žák cvičí s balanční podložkou tak, že střídá stání na jedné nebo obou nohách, přenáší váhu těla, provádí dřepy a přechází z jedné nohy na druhou.Žák využívá masážní míčky k masírování chodidel nebo jiných částí těla a také při protahování svalů.Žák se zapojuje do skupinové aktivity s balančním padákem, při níž spolu s ostatními drží jeho okraje, vytváří vlny, zvedá a spouští padák nebo pod něj schovává různé předměty.Žák chodí naboso po různých typech masážních ortopedických podložek a akupresurním chodníku, střídá chůzi po zemi a po vyvýšené ploše (např. lavičce), čímž stimuluje reflexní body na chodidlech.Žák absolvuje překážkovou dráhu, při níž prolézá, podlézá a přeskakuje překážky, chodí po kladině či nerovném povrchu.Žák se houpá vsedě nebo vleže na rehabilitační káče, přičemž zapojuje břišní a zádové svaly a trénuje stabilitu i sílu těla.</t>
         </is>
       </c>
       <c r="M236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q236" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22082,66 +22316,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I239" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J239" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-007</t>
+          <t>CZA-TEV-001-110-007</t>
         </is>
       </c>
       <c r="K239" s="0" t="inlineStr">
         <is>
-          <t>Vnímat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
+          <t>Respektovat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
         </is>
       </c>
       <c r="L239" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k uvědomění, že každý má jiné možnosti, dovednosti a schopnosti a je potřeba se vzájemně povzbuzovat a podporovat, aby byl pohyb pro všechny radostí a potěšením. Žák dokáže respektovat individualitu, chápe, že je důležité, aby všichni spolužáci byli součástí týmu, nehledě na výkon, který podávají. Žák je veden k rozvoji empatie a ohleduplnosti.Příklady aktivit:Žák se zapojuje do přetahované v týmech. Každý tým se snaží přetáhnout lano na svou stranu. Učitel může žáky předem motivovat, aby při hře vzájemně povzbuzovali spoluhráče.Žák přelézá překážkovou dráhu s různými prvky (např. přelézání přes lavičku, prolézání pod švihadlem, běh kolem kuželek, přeskakování překážek). Žák absolvuje překážkovou dráhu ve dvojicích nebo malých týmech, kde si účastníci vzájemně pomáhají.Žák se účastní štafetových závodů zaměřených na rozvoj různých dovedností. Učitel žáky rozdělí do týmů, každý člen týmu plní jiný úkol (např. běh s míčem, skákání v pytli, házení kroužků na cíl). Tým spolupracuje, aby co nejrychleji dokončil závod.Žák se vydává na vycházky do přírody s herními úkoly (např. sbírání listů podle barvy, hledání přírodních pokladů nebo chůze po kládě). Žák se zapojuje do pohybových aktivit na dětském hřišti – na prolézačkách, houpačkách, klouzačkách (např. závody v lezení nebo společné stavění hnízda z větví a listí).Žák se účastní sezonních aktivit – na jaře absolvuje fáborkové hry s pokladem, v létě skupinové plavecké hry, na podzim se podílí na pouštění draků a v zimě soutěží v bobování na sněhu, hraje hry na sněhu, staví sněhuláky a sněhové pevnosti a účastní se koulování.</t>
+          <t>Očekávaný výsledek učení vede žáka k vnímání odlišností a k přijetí skutečnosti, že každý má jiné schopnosti, které nejsme schopni plně ovlivnit. Žák dokáže podporovat a pomáhat slabším spolužákům, umí se radovat z úspěchu ostatních. Má radost a potěšení z pohybu bez potřeby porovnávání se s ostatními. Snaží se u sebe nacházet motivaci k překonávání překážek, i za cenu částečného nepohodlí.Příklady aktivit:Žák se účastní pohybových aktivit v přírodě, například vycházek nebo túr, při nichž přizpůsobuje tempo chůze pomalejším spolužákům, nabízí pomoc s batohem či zavazadlem a hledá alternativní trasy, aby se mohli zapojit i spolužáci s pohybovým omezením.Žák se zapojuje do zimních radovánek, například sáňkování nebo her na sněhu, při nichž spolupracuje v týmu, zapojuje i spolužáky, kteří se obtížněji pohybují (např. pomoc při přesunu na svah nebo navržení hry, které se může zúčastnit i spolužák na vozíku).Žák spolupracuje během společného plavání, při němž je učitelem veden k vytváření podpůrných dvojic nebo malých skupin, které pomáhají méně jistým plavcům, povzbuzuje je, podporuje verbálně i neverbálně a učí se reagovat na potřeby druhých.Žák se zapojuje do pohybových her a soutěží, při nichž cíleně povzbuzuje spoluhráče, kteří si méně věří, učí se oceňovat úspěchy ostatních a soustředí se na radost z účasti, nikoli jen na výhru.Žák se aktivně podílí na realizaci fáborkové stezky, při níž starší žáci připraví pro mladší spolužáky jednoduché úkoly (např. hod šiškou na cíl, zpívání písničky nebo poznávání přírody) a společně je procházejí, čímž se rozvíjí odpovědnost starších a přirozená pomoc mladším nebo méně schopným spolužákům.</t>
         </is>
       </c>
       <c r="M239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q239" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22174,66 +22408,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I240" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J240" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-007</t>
+          <t>CZA-TEV-001-106-007</t>
         </is>
       </c>
       <c r="K240" s="0" t="inlineStr">
         <is>
-          <t>Respektovat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
+          <t>Vnímat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
         </is>
       </c>
       <c r="L240" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k vnímání odlišností a k přijetí skutečnosti, že každý má jiné schopnosti, které nejsme schopni plně ovlivnit. Žák dokáže podporovat a pomáhat slabším spolužákům, umí se radovat z úspěchu ostatních. Má radost a potěšení z pohybu bez potřeby porovnávání se s ostatními. Snaží se u sebe nacházet motivaci k překonávání překážek, i za cenu částečného nepohodlí.Příklady aktivit:Žák se účastní pohybových aktivit v přírodě, například vycházek nebo túr, při nichž přizpůsobuje tempo chůze pomalejším spolužákům, nabízí pomoc s batohem či zavazadlem a hledá alternativní trasy, aby se mohli zapojit i spolužáci s pohybovým omezením.Žák se zapojuje do zimních radovánek, například sáňkování nebo her na sněhu, při nichž spolupracuje v týmu, zapojuje i spolužáky, kteří se obtížněji pohybují (např. pomoc při přesunu na svah nebo navržení hry, které se může zúčastnit i spolužák na vozíku).Žák spolupracuje během společného plavání, při němž je učitelem veden k vytváření podpůrných dvojic nebo malých skupin, které pomáhají méně jistým plavcům, povzbuzuje je, podporuje verbálně i neverbálně a učí se reagovat na potřeby druhých.Žák se zapojuje do pohybových her a soutěží, při nichž cíleně povzbuzuje spoluhráče, kteří si méně věří, učí se oceňovat úspěchy ostatních a soustředí se na radost z účasti, nikoli jen na výhru.Žák se aktivně podílí na realizaci fáborkové stezky, při níž starší žáci připraví pro mladší spolužáky jednoduché úkoly (např. hod šiškou na cíl, zpívání písničky nebo poznávání přírody) a společně je procházejí, čímž se rozvíjí odpovědnost starších a přirozená pomoc mladším nebo méně schopným spolužákům.</t>
+          <t>Očekávaný výsledek učení vede žáka k uvědomění, že každý má jiné možnosti, dovednosti a schopnosti a je potřeba se vzájemně povzbuzovat a podporovat, aby byl pohyb pro všechny radostí a potěšením. Žák dokáže respektovat individualitu, chápe, že je důležité, aby všichni spolužáci byli součástí týmu, nehledě na výkon, který podávají. Žák je veden k rozvoji empatie a ohleduplnosti.Příklady aktivit:Žák se zapojuje do přetahované v týmech. Každý tým se snaží přetáhnout lano na svou stranu. Učitel může žáky předem motivovat, aby při hře vzájemně povzbuzovali spoluhráče.Žák přelézá překážkovou dráhu s různými prvky (např. přelézání přes lavičku, prolézání pod švihadlem, běh kolem kuželek, přeskakování překážek). Žák absolvuje překážkovou dráhu ve dvojicích nebo malých týmech, kde si účastníci vzájemně pomáhají.Žák se účastní štafetových závodů zaměřených na rozvoj různých dovedností. Učitel žáky rozdělí do týmů, každý člen týmu plní jiný úkol (např. běh s míčem, skákání v pytli, házení kroužků na cíl). Tým spolupracuje, aby co nejrychleji dokončil závod.Žák se vydává na vycházky do přírody s herními úkoly (např. sbírání listů podle barvy, hledání přírodních pokladů nebo chůze po kládě). Žák se zapojuje do pohybových aktivit na dětském hřišti – na prolézačkách, houpačkách, klouzačkách (např. závody v lezení nebo společné stavění hnízda z větví a listí).Žák se účastní sezonních aktivit – na jaře absolvuje fáborkové hry s pokladem, v létě skupinové plavecké hry, na podzim se podílí na pouštění draků a v zimě soutěží v bobování na sněhu, hraje hry na sněhu, staví sněhuláky a sněhové pevnosti a účastní se koulování.</t>
         </is>
       </c>
       <c r="M240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q240" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22450,66 +22684,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H243" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I243" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J243" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-009</t>
+          <t>CZA-TEV-001-106-009</t>
         </is>
       </c>
       <c r="K243" s="0" t="inlineStr">
         <is>
-          <t>Uplatňovat základní pravidla her a soutěží, rozpoznat, když dojde k jejich porušení.</t>
+          <t>Vnímat základní pravidla jednoduchých her a soutěží a upravit adekvátně tomu své chování v aktivitě.</t>
         </is>
       </c>
       <c r="L243" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení směruje žáka k dovednosti využít osvojená pravidla her k dodržování férovosti, čestnosti a pospolitosti. Žák chápe myšlenku týmovosti, rozumí přechodu z „já“ na „my“, směřuje k radosti ze společného úspěchu a zároveň dokáže přijmout prohru a neúspěch. Rozpozná porušování pravidel a adekvátně na to reaguje. V hodinách jsou zařazovány pohybové a míčové hry přizpůsobené schopnostem žáků, které podporují spolupráci, smysl pro fair play a vzájemné povzbuzování.Příklady aktivit:Žák si procvičuje při hře boccia přesnost, trpělivost a vzájemný respekt. Každý má šanci uspět bez ohledu na své pohybové schopnosti. Žáci se střídají v házení měkkých míčků směrem k bílému míčku (jacku) a snaží se ho co nejvíce přiblížit. Hra může probíhat vsedě, na zemi nebo ze židle, podle pohybových možností žáků. Žáci mohou míčky házet rukou, nohou nebo kutálet po rampě.Žák se účastní zjednodušené verze florbalu nebo fotbalu, který se hraje s menším počtem hráčů, bez fyzického kontaktu, s důrazem na přihrávky a vzájemnou komunikaci.Žák reaguje během hry Na molekuly na sluchové nebo vizuální podněty, rychle vytváří dvojice, trojice nebo větší skupiny, a učí se tak pružně spolupracovat. Žák se aktivně zapojuje do hry Na jelena, při níž jeden žák stojí uprostřed kruhu a ostatní si přehazují míč, snaží se ho vybít, čímž rozvíjí reakční schopnosti a odolnost vůči neúspěchu. Role jelena se často střídá a žáci ji přijímají jako součást hry.Žák se účastní her Přehazovaná a Vybíjená, kde se uplatňuje pravidlo vzájemného povzbuzování, protože body nezískává jednotlivec, ale tým. Hřiště je zmenšené, místo sítě je natažený provaz ve výšce pasu nebo jen označená čára. Hraje se s měkkým lehkým míčem (např. molitanovým) a týmy jsou malé (např. tři hráči proti třem). Cílem není vyřazení, ale počet úspěšných přehozů přes síť, přičemž žáci si po každém bodu plácnou nebo se slovně povzbudí.</t>
+          <t>Očekávaný výsledek učení pomáhá žákovi pochopit, respektovat a dodržovat jednoduchá pravidla skupinových her a soutěží. Žák se učí podporovat a rozvíjet smysl pro férovou a čestnou hru, přijímat neúspěch a zvládat porážku. Postupně se snaží podporovat spoluhráče a přát jim úspěch.Příklady aktivit:Žák se účastní skupinových her a zapojuje se do jednoduchých her, jako je honěná, vybíjená nebo slepá bába, kde si procvičuje pohyb a osvojí základní pravidla.Žák spolupracuje ve dvojici nebo ve skupině (např. hází a chytá míč, kope do míče nebo hraje ringo).Žák se zapojuje do týmových her, při kterých se učí rozpoznat, ke kterému týmu patří, a spolupracovat se spoluhráči proti druhému týmu. Účastní se her, jako jsou kuželky, na peška nebo Člověče, nezlob se.</t>
         </is>
       </c>
       <c r="M243" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N243" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O243" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P243" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q243" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22542,66 +22776,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F244" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H244" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I244" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J244" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-009</t>
+          <t>CZA-TEV-001-110-009</t>
         </is>
       </c>
       <c r="K244" s="0" t="inlineStr">
         <is>
-          <t>Vnímat základní pravidla jednoduchých her a soutěží a upravit adekvátně tomu své chování v aktivitě.</t>
+          <t>Uplatňovat základní pravidla her a soutěží, rozpoznat, když dojde k jejich porušení.</t>
         </is>
       </c>
       <c r="L244" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení pomáhá žákovi pochopit, respektovat a dodržovat jednoduchá pravidla skupinových her a soutěží. Žák se učí podporovat a rozvíjet smysl pro férovou a čestnou hru, přijímat neúspěch a zvládat porážku. Postupně se snaží podporovat spoluhráče a přát jim úspěch.Příklady aktivit:Žák se účastní skupinových her a zapojuje se do jednoduchých her, jako je honěná, vybíjená nebo slepá bába, kde si procvičuje pohyb a osvojí základní pravidla.Žák spolupracuje ve dvojici nebo ve skupině (např. hází a chytá míč, kope do míče nebo hraje ringo).Žák se zapojuje do týmových her, při kterých se učí rozpoznat, ke kterému týmu patří, a spolupracovat se spoluhráči proti druhému týmu. Účastní se her, jako jsou kuželky, na peška nebo Člověče, nezlob se.</t>
+          <t>Očekávaný výsledek učení směruje žáka k dovednosti využít osvojená pravidla her k dodržování férovosti, čestnosti a pospolitosti. Žák chápe myšlenku týmovosti, rozumí přechodu z „já“ na „my“, směřuje k radosti ze společného úspěchu a zároveň dokáže přijmout prohru a neúspěch. Rozpozná porušování pravidel a adekvátně na to reaguje. V hodinách jsou zařazovány pohybové a míčové hry přizpůsobené schopnostem žáků, které podporují spolupráci, smysl pro fair play a vzájemné povzbuzování.Příklady aktivit:Žák si procvičuje při hře boccia přesnost, trpělivost a vzájemný respekt. Každý má šanci uspět bez ohledu na své pohybové schopnosti. Žáci se střídají v házení měkkých míčků směrem k bílému míčku (jacku) a snaží se ho co nejvíce přiblížit. Hra může probíhat vsedě, na zemi nebo ze židle, podle pohybových možností žáků. Žáci mohou míčky házet rukou, nohou nebo kutálet po rampě.Žák se účastní zjednodušené verze florbalu nebo fotbalu, který se hraje s menším počtem hráčů, bez fyzického kontaktu, s důrazem na přihrávky a vzájemnou komunikaci.Žák reaguje během hry Na molekuly na sluchové nebo vizuální podněty, rychle vytváří dvojice, trojice nebo větší skupiny, a učí se tak pružně spolupracovat. Žák se aktivně zapojuje do hry Na jelena, při níž jeden žák stojí uprostřed kruhu a ostatní si přehazují míč, snaží se ho vybít, čímž rozvíjí reakční schopnosti a odolnost vůči neúspěchu. Role jelena se často střídá a žáci ji přijímají jako součást hry.Žák se účastní her Přehazovaná a Vybíjená, kde se uplatňuje pravidlo vzájemného povzbuzování, protože body nezískává jednotlivec, ale tým. Hřiště je zmenšené, místo sítě je natažený provaz ve výšce pasu nebo jen označená čára. Hraje se s měkkým lehkým míčem (např. molitanovým) a týmy jsou malé (např. tři hráči proti třem). Cílem není vyřazení, ale počet úspěšných přehozů přes síť, přičemž žáci si po každém bodu plácnou nebo se slovně povzbudí.</t>
         </is>
       </c>
       <c r="M244" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N244" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O244" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P244" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q244" s="0" t="inlineStr">
         <is>
           <t/>
@@ -25302,66 +25536,66 @@
           <t>V rámci vzdělávacího oboru Pracovní činnosti si žák osvojuje úkony související se sebeobsluhou, rozvíjí svou motoriku a zručnost a osvojuje si návyky z oblasti hygieny a bezpečnosti práce. Rozvíjí dovednosti používat předměty denní potřeby, pomůcky, nářadí a nástroje potřebné k vykonávání běžných činností každodenního života. Žák si osvojuje různé pracovní návyky – ať už související s přípravou na činnost, úklidem po skončení samotné činnosti, dokončením práce, překonáváním obtíží, nebo dodržováním pracovních postupů. V rámci svých možností získává dovednosti pro jednoduchou spolupráci a učí se odpovědnosti za svou práci. Nedílnou součástí vzdělávacího obsahu tohoto oboru je široké spektrum činností, se kterými se žák seznamuje, poznává je a osvojuje si je. Tyto činnosti se mohou stát důležitou náplní jeho volného času či prostředkem k dosažení pocitu prospěšnosti pro své okolí.Vzdělávací obor je realizován v přirozených situacích běžného života a vede k osvojování praktických dovedností potřebných pro každodenní život žáka. Podle potřeb, možností a vývojové úrovně konkrétního žáka je vhodné, aby byl vzdělávací obsah individualizován – a to nejen v oblasti samotného obsahu, ale i metod, organizačních forem práce, znázornění postupu práce, náročnosti či formy pomoci. Cílem je dosažení co nejvyšší možné míry samostatnosti při provádění jednotlivých motorických úkonů a jejich postupném spojování ke zvládnutí celé činnosti. Vzdělávací obsah je koncipovaný pro cyklické osvojení, tedy pro opakované procvičování daných dovedností a postupné zvyšování náročnosti činností.Vzdělávací obor Pracovní činnosti se člení na šest tematických okruhů: Sebeobsluha, Práce s technickými materiály, Práce konstrukční, Práce pěstitelské, Práce v domácnosti a Pracovní návyky. Škola realizuje všechny tematické okruhy na obou stupních. Tematický okruh Pracovní návyky má specifické postavení mezi ostatními tematickými okruhy – jeho obsah je naplňován při realizaci ostatních okruhů. </t>
         </is>
       </c>
       <c r="E274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="0" t="inlineStr">
         <is>
           <t>Práce s technickými materiály</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Práce s technickými materiály zahrnuje osvojení manuálních operací a používání pomůcek, nářadí a nástrojů při práci s různými materiály (např. papírem, textilem, dřevem, přírodninami, modelovacími hmotami či recyklovanými materiály). Pomocí osvojených operací by měl žák vytvářet výrobky přiměřené náročnosti. Cílem tematického okruhu je dosažení co nejvyšší možné samostatnosti při provádění těchto operací. Tematický okruh je úzce provázaný s tematickým okruhem Pracovní návyky.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I274" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J274" s="0" t="inlineStr">
         <is>
-          <t>CPA-CSP-003-110-001</t>
+          <t>CPA-CSP-003-106-001</t>
         </is>
       </c>
       <c r="K274" s="0" t="inlineStr">
         <is>
-          <t>Rozlišit různé druhy materiálů a při práci vhodně použít odpovídající nářadí, nástroje a pomůcky.</t>
+          <t>Provádět základní manuální operace při práci s jednoduchými materiály a pomůckami.</t>
         </is>
       </c>
       <c r="L274" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení prohlubuje poznání různých druhů technických materiálů a zvyšuje úroveň dovednosti používání nářadí, nástrojů a pomůcek při jejich zpracování. Žák se při práci s různými materiály seznamuje s jejich vlastnostmi a učí se podle těchto vlastností zvolit odpovídající základní nářadí, nástroje a pomůcky. Během zpracování materiálů se žák postupně učí používat různé nářadí, nástroje a pomůcky, a to od jednodušších po složitější. Nácvik použití daného nářadí, nástrojů a pomůcek probíhá formou demonstrace a fyzického vedení s postupným odebíráním dopomoci. Četným procvičováním dochází ke zdokonalování jejich použití a k zafixování vhodného způsobu práce s nářadím, nástroji a pomůckami.Přístupy aktivit:Žák s pomocí učitele upevňuje špalík dřeva do svěráku a pomocí smirkového papíru obrousí vyznačenou plochu, čímž procvičuje jemnou i hrubou motoriku.Žák zatlouká hřebíky na vyznačená místa. Nejprve jsou hřebíky lehce zatlučeny, aby samy stály, později žák procvičuje zatloukání celých hřebíků. Opakovaným cvičením si osvojuje správné přidržení hřebíku a bezpečné zatloukání.Žák stříhá běžně dostupný plast, například PET láhev, přičemž se učí správně manipulovat s nůžkami a bezpečně stříhat.Žák ohýbá drát přiměřené tloušťky do oblouků pomocí kleští, čímž se seznamuje s vlastnostmi materiálu a rozvíjí koordinaci rukou.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na osvojení základních manuálních operací, které žák provádí při práci se základními technickými materiály, jako jsou přírodniny, papír, modelovací hmoty, textil, dřevo a plasty. Během procesu učení si žák nejprve osvojuje dílčí motorické úkony (s pomůckami i bez pomůcek), přičemž četným opakováním dochází k jejich postupnému zvládnutí. Po zvládnutí jednotlivých úkonů (např. otevření lepidla, nanesení lepidla, přiložení papíru na určené místo, přitlačení na lepený spoj) jsou tyto úkony spojovány do jednotlivých operací (např. lepení), které žák využívá při zpracování tradičních i netradičních materiálů.Příklady aktivit:Žák si vezme list papíru a jemně ho mačká do koule, čímž trénuje jemnou motoriku a sílu úchopu.Žák trénuje trhání papíru na menší kousky, přičemž se učí správnou techniku.Žák používá lepidlo v tyčince a nanáší ho na vyznačenou plochu na papíře. Následně přiloží papír na určené místo a jemně ho přitlačí, aby se správně přilepil. Tento úkol opakuje, aby si zvykl na jemnou manipulaci s materiály.Žák používá bezpečné nůžky a učí se správně je roztáhnout a stisknout, aby přestřihl 2 cm široký proužek tvrdého papíru vyznačený širší linií. Po zvládnutí této dovednosti postupně přestřihuje i širší proužky papíru, kdy musí nůžky několikrát roztáhnout a stisknout.Žák uštipuje malé kousky lehce tvarovatelné modelovací hmoty pro procvičení jemné motoriky.Žák vykrajuje jednoduché tvary z keramické hlíny pomocí různých vykrajovátek, čímž rozvíjí přesnost a koordinaci rukou.</t>
         </is>
       </c>
       <c r="M274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q274" s="0" t="inlineStr">
         <is>
           <t/>
@@ -25394,66 +25628,66 @@
           <t>V rámci vzdělávacího oboru Pracovní činnosti si žák osvojuje úkony související se sebeobsluhou, rozvíjí svou motoriku a zručnost a osvojuje si návyky z oblasti hygieny a bezpečnosti práce. Rozvíjí dovednosti používat předměty denní potřeby, pomůcky, nářadí a nástroje potřebné k vykonávání běžných činností každodenního života. Žák si osvojuje různé pracovní návyky – ať už související s přípravou na činnost, úklidem po skončení samotné činnosti, dokončením práce, překonáváním obtíží, nebo dodržováním pracovních postupů. V rámci svých možností získává dovednosti pro jednoduchou spolupráci a učí se odpovědnosti za svou práci. Nedílnou součástí vzdělávacího obsahu tohoto oboru je široké spektrum činností, se kterými se žák seznamuje, poznává je a osvojuje si je. Tyto činnosti se mohou stát důležitou náplní jeho volného času či prostředkem k dosažení pocitu prospěšnosti pro své okolí.Vzdělávací obor je realizován v přirozených situacích běžného života a vede k osvojování praktických dovedností potřebných pro každodenní život žáka. Podle potřeb, možností a vývojové úrovně konkrétního žáka je vhodné, aby byl vzdělávací obsah individualizován – a to nejen v oblasti samotného obsahu, ale i metod, organizačních forem práce, znázornění postupu práce, náročnosti či formy pomoci. Cílem je dosažení co nejvyšší možné míry samostatnosti při provádění jednotlivých motorických úkonů a jejich postupném spojování ke zvládnutí celé činnosti. Vzdělávací obsah je koncipovaný pro cyklické osvojení, tedy pro opakované procvičování daných dovedností a postupné zvyšování náročnosti činností.Vzdělávací obor Pracovní činnosti se člení na šest tematických okruhů: Sebeobsluha, Práce s technickými materiály, Práce konstrukční, Práce pěstitelské, Práce v domácnosti a Pracovní návyky. Škola realizuje všechny tematické okruhy na obou stupních. Tematický okruh Pracovní návyky má specifické postavení mezi ostatními tematickými okruhy – jeho obsah je naplňován při realizaci ostatních okruhů. </t>
         </is>
       </c>
       <c r="E275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="0" t="inlineStr">
         <is>
           <t>Práce s technickými materiály</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Práce s technickými materiály zahrnuje osvojení manuálních operací a používání pomůcek, nářadí a nástrojů při práci s různými materiály (např. papírem, textilem, dřevem, přírodninami, modelovacími hmotami či recyklovanými materiály). Pomocí osvojených operací by měl žák vytvářet výrobky přiměřené náročnosti. Cílem tematického okruhu je dosažení co nejvyšší možné samostatnosti při provádění těchto operací. Tematický okruh je úzce provázaný s tematickým okruhem Pracovní návyky.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I275" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J275" s="0" t="inlineStr">
         <is>
-          <t>CPA-CSP-003-106-001</t>
+          <t>CPA-CSP-003-110-001</t>
         </is>
       </c>
       <c r="K275" s="0" t="inlineStr">
         <is>
-          <t>Provádět základní manuální operace při práci s jednoduchými materiály a pomůckami.</t>
+          <t>Rozlišit různé druhy materiálů a při práci vhodně použít odpovídající nářadí, nástroje a pomůcky.</t>
         </is>
       </c>
       <c r="L275" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na osvojení základních manuálních operací, které žák provádí při práci se základními technickými materiály, jako jsou přírodniny, papír, modelovací hmoty, textil, dřevo a plasty. Během procesu učení si žák nejprve osvojuje dílčí motorické úkony (s pomůckami i bez pomůcek), přičemž četným opakováním dochází k jejich postupnému zvládnutí. Po zvládnutí jednotlivých úkonů (např. otevření lepidla, nanesení lepidla, přiložení papíru na určené místo, přitlačení na lepený spoj) jsou tyto úkony spojovány do jednotlivých operací (např. lepení), které žák využívá při zpracování tradičních i netradičních materiálů.Příklady aktivit:Žák si vezme list papíru a jemně ho mačká do koule, čímž trénuje jemnou motoriku a sílu úchopu.Žák trénuje trhání papíru na menší kousky, přičemž se učí správnou techniku.Žák používá lepidlo v tyčince a nanáší ho na vyznačenou plochu na papíře. Následně přiloží papír na určené místo a jemně ho přitlačí, aby se správně přilepil. Tento úkol opakuje, aby si zvykl na jemnou manipulaci s materiály.Žák používá bezpečné nůžky a učí se správně je roztáhnout a stisknout, aby přestřihl 2 cm široký proužek tvrdého papíru vyznačený širší linií. Po zvládnutí této dovednosti postupně přestřihuje i širší proužky papíru, kdy musí nůžky několikrát roztáhnout a stisknout.Žák uštipuje malé kousky lehce tvarovatelné modelovací hmoty pro procvičení jemné motoriky.Žák vykrajuje jednoduché tvary z keramické hlíny pomocí různých vykrajovátek, čímž rozvíjí přesnost a koordinaci rukou.</t>
+          <t>Očekávaný výsledek učení prohlubuje poznání různých druhů technických materiálů a zvyšuje úroveň dovednosti používání nářadí, nástrojů a pomůcek při jejich zpracování. Žák se při práci s různými materiály seznamuje s jejich vlastnostmi a učí se podle těchto vlastností zvolit odpovídající základní nářadí, nástroje a pomůcky. Během zpracování materiálů se žák postupně učí používat různé nářadí, nástroje a pomůcky, a to od jednodušších po složitější. Nácvik použití daného nářadí, nástrojů a pomůcek probíhá formou demonstrace a fyzického vedení s postupným odebíráním dopomoci. Četným procvičováním dochází ke zdokonalování jejich použití a k zafixování vhodného způsobu práce s nářadím, nástroji a pomůckami.Přístupy aktivit:Žák s pomocí učitele upevňuje špalík dřeva do svěráku a pomocí smirkového papíru obrousí vyznačenou plochu, čímž procvičuje jemnou i hrubou motoriku.Žák zatlouká hřebíky na vyznačená místa. Nejprve jsou hřebíky lehce zatlučeny, aby samy stály, později žák procvičuje zatloukání celých hřebíků. Opakovaným cvičením si osvojuje správné přidržení hřebíku a bezpečné zatloukání.Žák stříhá běžně dostupný plast, například PET láhev, přičemž se učí správně manipulovat s nůžkami a bezpečně stříhat.Žák ohýbá drát přiměřené tloušťky do oblouků pomocí kleští, čímž se seznamuje s vlastnostmi materiálu a rozvíjí koordinaci rukou.</t>
         </is>
       </c>
       <c r="M275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q275" s="0" t="inlineStr">
         <is>
           <t/>
@@ -26682,66 +26916,66 @@
           <t>V rámci vzdělávacího oboru Pracovní činnosti si žák osvojuje úkony související se sebeobsluhou, rozvíjí svou motoriku a zručnost a osvojuje si návyky z oblasti hygieny a bezpečnosti práce. Rozvíjí dovednosti používat předměty denní potřeby, pomůcky, nářadí a nástroje potřebné k vykonávání běžných činností každodenního života. Žák si osvojuje různé pracovní návyky – ať už související s přípravou na činnost, úklidem po skončení samotné činnosti, dokončením práce, překonáváním obtíží, nebo dodržováním pracovních postupů. V rámci svých možností získává dovednosti pro jednoduchou spolupráci a učí se odpovědnosti za svou práci. Nedílnou součástí vzdělávacího obsahu tohoto oboru je široké spektrum činností, se kterými se žák seznamuje, poznává je a osvojuje si je. Tyto činnosti se mohou stát důležitou náplní jeho volného času či prostředkem k dosažení pocitu prospěšnosti pro své okolí.Vzdělávací obor je realizován v přirozených situacích běžného života a vede k osvojování praktických dovedností potřebných pro každodenní život žáka. Podle potřeb, možností a vývojové úrovně konkrétního žáka je vhodné, aby byl vzdělávací obsah individualizován – a to nejen v oblasti samotného obsahu, ale i metod, organizačních forem práce, znázornění postupu práce, náročnosti či formy pomoci. Cílem je dosažení co nejvyšší možné míry samostatnosti při provádění jednotlivých motorických úkonů a jejich postupném spojování ke zvládnutí celé činnosti. Vzdělávací obsah je koncipovaný pro cyklické osvojení, tedy pro opakované procvičování daných dovedností a postupné zvyšování náročnosti činností.Vzdělávací obor Pracovní činnosti se člení na šest tematických okruhů: Sebeobsluha, Práce s technickými materiály, Práce konstrukční, Práce pěstitelské, Práce v domácnosti a Pracovní návyky. Škola realizuje všechny tematické okruhy na obou stupních. Tematický okruh Pracovní návyky má specifické postavení mezi ostatními tematickými okruhy – jeho obsah je naplňován při realizaci ostatních okruhů. </t>
         </is>
       </c>
       <c r="E289" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="0" t="inlineStr">
         <is>
           <t>Práce v domácnosti</t>
         </is>
       </c>
       <c r="G289" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Práce v domácnosti směřuje k osvojení úkonů potřebných pro zvládnutí každodenního chodu domácnosti. Žák si osvojuje jednotlivé manuální operace, učí se používat pomůcky, nástroje a vybavení pro provoz domácnosti. Žák se učí připravit jednoduchý pokrm, provést úklid kuchyně a obsluhovat jednoduché domácí spotřebiče. Cílem tematického okruhu je dosažení co nejvyšší možné míry samostatnosti při zvládnutí těchto jednoduchých činností. Tematický okruh je v úzké vazbě s tematickým okruhem Pracovní návyky.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H289" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I289" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J289" s="0" t="inlineStr">
         <is>
-          <t>CPA-CSP-006-106-003</t>
+          <t>CPA-CSP-006-110-003</t>
         </is>
       </c>
       <c r="K289" s="0" t="inlineStr">
         <is>
-          <t>Připravit jednoduchý pokrm.</t>
+          <t>Upravit vhodným způsobem stůl pro stolování.</t>
         </is>
       </c>
       <c r="L289" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na základní dovednosti v oblasti přípravy pokrmů. Žák se nejprve učí jednoduché dovednosti a úkony (např. nalít si nápoj z konvice, namazat si pečivo), postupně se jednotlivé pracovní úkony skládají do jedné činnosti (např. příprava obloženého chleba). Během přípravy pokrmů si prostřednictvím praktických úkonů osvojuje i dovednosti související s nakupováním a skladováním potravin. Tento očekávaný výsledek učení významně přispívá k samostatnosti žáka v praktických dovednostech každodenního života.Příklady aktivit:Žák se účastní nákupu a následného uložení potravin.Žák si nalévá nápoj a namaže si pečivo.Žák připravuje pokrmy studené kuchyně, například obložené pečivo, zeleninové a ovocné saláty.Žák s pomocí či samostatně myje ovoce a zeleninu před konzumací.Žák s dopomocí učitele připravuje jednoduché nápoje, jako jsou šťáva, čaj nebo kakao.</t>
+          <t>Očekávaným výsledkem je samostatné stolování a konzumace jídla. Podle možností žáka se rozvíjejí dovednosti při zacházení s nádobím a příbory a při řešení běžných drobných problémů spojených se stolováním. Žák je schopen manipulovat s nádobím na stole i při jeho přenášení z kuchyně na místo určení. Je veden k používání příboru nebo lžíce a k dodržování základních hygienických pravidel při jídle. Žák s dopomocí připraví na stůl nádobí podle druhu jídla.Příklady aktivit:Žák na základě pokynů vybírá vhodný příbor a rozpoznává různé typy nádobí (např. čajovou lžičku, vidličku).Žák si v modelových situacích zkouší vhodné chování u stolu a prakticky uplatňuje osvojené dovednosti při společném stolování.Žák při drobných problémech u stolu (vylitý nápoj, upadlé jídlo na zem, chybějící příbor) navrhuje odpovídající řešení.Žák využívá přiměřené komunikační dovednosti při odmítnutí jídla nebo žádosti o přidání porce.</t>
         </is>
       </c>
       <c r="M289" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N289" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O289" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P289" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q289" s="0" t="inlineStr">
         <is>
           <t/>
@@ -26774,66 +27008,66 @@
           <t>V rámci vzdělávacího oboru Pracovní činnosti si žák osvojuje úkony související se sebeobsluhou, rozvíjí svou motoriku a zručnost a osvojuje si návyky z oblasti hygieny a bezpečnosti práce. Rozvíjí dovednosti používat předměty denní potřeby, pomůcky, nářadí a nástroje potřebné k vykonávání běžných činností každodenního života. Žák si osvojuje různé pracovní návyky – ať už související s přípravou na činnost, úklidem po skončení samotné činnosti, dokončením práce, překonáváním obtíží, nebo dodržováním pracovních postupů. V rámci svých možností získává dovednosti pro jednoduchou spolupráci a učí se odpovědnosti za svou práci. Nedílnou součástí vzdělávacího obsahu tohoto oboru je široké spektrum činností, se kterými se žák seznamuje, poznává je a osvojuje si je. Tyto činnosti se mohou stát důležitou náplní jeho volného času či prostředkem k dosažení pocitu prospěšnosti pro své okolí.Vzdělávací obor je realizován v přirozených situacích běžného života a vede k osvojování praktických dovedností potřebných pro každodenní život žáka. Podle potřeb, možností a vývojové úrovně konkrétního žáka je vhodné, aby byl vzdělávací obsah individualizován – a to nejen v oblasti samotného obsahu, ale i metod, organizačních forem práce, znázornění postupu práce, náročnosti či formy pomoci. Cílem je dosažení co nejvyšší možné míry samostatnosti při provádění jednotlivých motorických úkonů a jejich postupném spojování ke zvládnutí celé činnosti. Vzdělávací obsah je koncipovaný pro cyklické osvojení, tedy pro opakované procvičování daných dovedností a postupné zvyšování náročnosti činností.Vzdělávací obor Pracovní činnosti se člení na šest tematických okruhů: Sebeobsluha, Práce s technickými materiály, Práce konstrukční, Práce pěstitelské, Práce v domácnosti a Pracovní návyky. Škola realizuje všechny tematické okruhy na obou stupních. Tematický okruh Pracovní návyky má specifické postavení mezi ostatními tematickými okruhy – jeho obsah je naplňován při realizaci ostatních okruhů. </t>
         </is>
       </c>
       <c r="E290" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="0" t="inlineStr">
         <is>
           <t>Práce v domácnosti</t>
         </is>
       </c>
       <c r="G290" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Práce v domácnosti směřuje k osvojení úkonů potřebných pro zvládnutí každodenního chodu domácnosti. Žák si osvojuje jednotlivé manuální operace, učí se používat pomůcky, nástroje a vybavení pro provoz domácnosti. Žák se učí připravit jednoduchý pokrm, provést úklid kuchyně a obsluhovat jednoduché domácí spotřebiče. Cílem tematického okruhu je dosažení co nejvyšší možné míry samostatnosti při zvládnutí těchto jednoduchých činností. Tematický okruh je v úzké vazbě s tematickým okruhem Pracovní návyky.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H290" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I290" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J290" s="0" t="inlineStr">
         <is>
-          <t>CPA-CSP-006-110-003</t>
+          <t>CPA-CSP-006-106-003</t>
         </is>
       </c>
       <c r="K290" s="0" t="inlineStr">
         <is>
-          <t>Upravit vhodným způsobem stůl pro stolování.</t>
+          <t>Připravit jednoduchý pokrm.</t>
         </is>
       </c>
       <c r="L290" s="0" t="inlineStr">
         <is>
-          <t>Očekávaným výsledkem je samostatné stolování a konzumace jídla. Podle možností žáka se rozvíjejí dovednosti při zacházení s nádobím a příbory a při řešení běžných drobných problémů spojených se stolováním. Žák je schopen manipulovat s nádobím na stole i při jeho přenášení z kuchyně na místo určení. Je veden k používání příboru nebo lžíce a k dodržování základních hygienických pravidel při jídle. Žák s dopomocí připraví na stůl nádobí podle druhu jídla.Příklady aktivit:Žák na základě pokynů vybírá vhodný příbor a rozpoznává různé typy nádobí (např. čajovou lžičku, vidličku).Žák si v modelových situacích zkouší vhodné chování u stolu a prakticky uplatňuje osvojené dovednosti při společném stolování.Žák při drobných problémech u stolu (vylitý nápoj, upadlé jídlo na zem, chybějící příbor) navrhuje odpovídající řešení.Žák využívá přiměřené komunikační dovednosti při odmítnutí jídla nebo žádosti o přidání porce.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na základní dovednosti v oblasti přípravy pokrmů. Žák se nejprve učí jednoduché dovednosti a úkony (např. nalít si nápoj z konvice, namazat si pečivo), postupně se jednotlivé pracovní úkony skládají do jedné činnosti (např. příprava obloženého chleba). Během přípravy pokrmů si prostřednictvím praktických úkonů osvojuje i dovednosti související s nakupováním a skladováním potravin. Tento očekávaný výsledek učení významně přispívá k samostatnosti žáka v praktických dovednostech každodenního života.Příklady aktivit:Žák se účastní nákupu a následného uložení potravin.Žák si nalévá nápoj a namaže si pečivo.Žák připravuje pokrmy studené kuchyně, například obložené pečivo, zeleninové a ovocné saláty.Žák s pomocí či samostatně myje ovoce a zeleninu před konzumací.Žák s dopomocí učitele připravuje jednoduché nápoje, jako jsou šťáva, čaj nebo kakao.</t>
         </is>
       </c>
       <c r="M290" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N290" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O290" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P290" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q290" s="0" t="inlineStr">
         <is>
           <t/>
@@ -29033,175 +29267,175 @@
         </is>
       </c>
       <c r="O314" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P314" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q314" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R314" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:R8"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="49.5"/>
-[...16 lines deleted...]
-    <col min="18" max="18" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="49.5" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="255" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="67.64999999999999" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="84.14999999999999" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="67.64999999999999" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="23.1" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="105.60000000000001" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="255" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="61.05" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="94.05" min="16" max="16" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="17" max="17" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="18" max="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Základní gramotnost - Název</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Základní gramotnost - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka základní gramotnosti - Název</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka základní gramotnosti - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Složka základní gramotnosti - Učivo</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka základní gramotnosti - Název</t>
         </is>
       </c>
-      <c r="G1" s="4" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Podsložka základní gramotnosti - Charakteristika</t>
         </is>
       </c>
-      <c r="H1" s="4" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Podsložka základní gramotnosti - Učivo</t>
         </is>
       </c>
-      <c r="I1" s="4" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="J1" s="4" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="K1" s="4" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="L1" s="4" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="M1" s="4" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="N1" s="4" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="O1" s="4" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="P1" s="4" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="Q1" s="4" t="inlineStr">
+      <c r="Q1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="R1" s="4" t="inlineStr">
+      <c r="R1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská gramotnost tvoří základní předpoklad pro rozvoj všech klíčových kompetencí. Umožňuje žákovi rozvíjet myšlení i emoční prožívání. Čtenářská a pisatelská gramotnost je souborem mnoha dovedností, které se vzájemně doplňují a provázejí. Primárním cílem této gramotnosti je osvojit si základy techniky čtení a psaní. Nejedná se ovšem pouze o technické osvojení těchto dovedností. Důraz je kladen především na rozvoj těchto dovedností z hlediska funkčního, estetického i prožitkového využití v tzv. celoživotní perspektivě. Čtenářská a pisatelská gramotnost pokládá základy vlastního čtení a probouzí zájem o podobu psaného jazyka. Navozuje u žáka zájem o knihu, buduje vytváření prožitku, pomocí obrázků probouzí zájem o děj, vytváří dovednost sdílení zážitku. Čtenářská a pisatelská gramotnost je dále dělená na dvě složky: Budování porozumění v četbě a v procesu psaní a Vztah ke čtení a čtenářství, psaní a pisatelství. </t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Vztah ke čtení a čtenářství, psaní a pisatelství</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Tato složka rozšiřuje dovednost vlastního čtení a psaní, probouzí u žáka zájem o text, buduje schopnost vytvářet prožitek z příběhů či obrázků a dovednost tento prožitek sdílet. Vede k vytváření představy o slyšeném nebo čteném, buduje dovednost vlastního výběru textu, obrázku a posiluje schopnost soustředit se na sdělenou informaci či poslech. Umožňuje používat individuálně pro každého žáka přizpůsobené formy komunikace ve verbální i neverbální podobě.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
@@ -29809,175 +30043,175 @@
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:R53"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="53.900000000000006"/>
-[...16 lines deleted...]
-    <col min="18" max="18" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="72.60000000000001" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="255" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="59.4" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="80.85" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="24.200000000000003" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="90.2" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="255" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="61.05" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="94.05" min="16" max="16" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="17" max="17" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="18" max="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="5" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Klíčová kompetence - Název</t>
         </is>
       </c>
-      <c r="B1" s="5" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Klíčová kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="5" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka klíčové kompetence - Název</t>
         </is>
       </c>
-      <c r="D1" s="5" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka klíčové kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="5" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Složka klíčové kompetence - Učivo</t>
         </is>
       </c>
-      <c r="F1" s="5" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka klíčové kompetence - Název</t>
         </is>
       </c>
-      <c r="G1" s="5" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Podsložka klíčové kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="H1" s="5" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Podsložka klíčové kompetence - Učivo</t>
         </is>
       </c>
-      <c r="I1" s="5" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="J1" s="5" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="K1" s="5" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="L1" s="5" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="M1" s="5" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="N1" s="5" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="O1" s="5" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="P1" s="5" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="Q1" s="5" t="inlineStr">
+      <c r="Q1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="R1" s="5" t="inlineStr">
+      <c r="R1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence k učení</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence k učení zahrnuje soubor schopností, znalostí, dovedností a postojů nezbytných pro osvojování si základních učebních návyků, pro organizaci a plánování učení ve vhodné a přiměřené formě za využití znaků, symbolů a případné další pedagogické podpory. Kompetence směruje žáka k aktivnímu podílení se na řízení vlastního učení v souladu s jeho schopnostmi a dovednostmi. Podporuje rozvoj koncentrace, vůle a motivace k osvojování nových poznatků. Vede žáka k využívání vhodných pomůcek, k vytváření funkčních stereotypů a upevňování základních učebních návyků s přesahem do každodenního i osobního života.  Klíčová kompetence obsahuje jednu složku: Umění se učit.  </t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Umění se učit</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení se zaměřuje na podporu snahy o vlastní učení a vytváření individuálních postupů učení na základě osvojených návyků, které vycházejí ze strategií nastavených pedagogem.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
@@ -32190,66 +32424,66 @@
           <t>Složka klíčové kompetence rozvíjí odpovědnost žáka za vlastní chování podle pokynů kompetentních osob. Žák využívá rituály a naučené postupy chování v souladu se zásadami zdravého životního stylu.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>KBA-KOC-000-110-001</t>
+          <t>KBA-KOC-000-106-001</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t>Sdílet odpovědnost za své chování ve školním prostředí.</t>
+          <t>Přijímat odpovědnost za své školní povinnosti.</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Učitel podporuje spolupráci a odpovědnost žáků. Zařazuje skupinové úkoly, při nichž má každý člen týmu svou roli, ale skupina pracuje na společném cíli (např. úklid třídy, příprava pomůcek na aktivitu).Společně se žáky vytváří jednoduchá pravidla, která se týkají vzájemného chování a péče o společný prostor (třídu). Tato pravidla jsou vyvěšená na viditelném místě ve třídě. Učitel žáky povzbuzuje, aby si navzájem pomáhali s dodržováním stanovených pravidel.Zařazuje modelové situace a rolové hry, v nichž si žáci trénují, jak převzít odpovědnost za své chování (např. omluvit se druhému za nevhodné chování, požádat o pomoc, pomoct druhému).NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák dodržuje třídní pravidla (např. pracuje přiměřeně potichu, udržuje pořádek, chová se ohleduplně k ostatním).Spolupracuje se spolužáky na skupinových úkolech a aktivitách a pomáhá ostatním.Pokud něco pokazí (např. rozlije vodu nebo poškodí nějakou věc), snaží se situaci bez zbytečného rozčilování napravit.Pomáhá při úklidu svého pracovního místa, ukládá věci na určená místa a přijímá úkoly přidělené všem žákům ve třídě.Když vidí, že spolužák potřebuje pomoc, buď mu pomůže přímo, nebo dá najevo učiteli či asistentovi, že pomoc je potřeba.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Učitel stanovuje jasná pravidla a strukturu školních povinností. Vytváří vizuální rozvrh dne, symboly s úkoly nebo jednoduché kontrolní seznamy, které pomáhají žákům lépe pochopit své povinnosti a porozumět jimPřiděluje žákům jednoduché úkoly, pravidelně střídá zodpovědnost všech žáků ve třídě (např. rozdávání pomůcek, mazání tabule, úklid určité části třídy). Zadává všem žákům za úkol připravit si pomůcky na hodinu nebo se postarat o úklid svého pracovního místa.Využívá příběhy, pohádky nebo situace z reálného života, v nichž musí hlavní postavy převzít určitou zodpovědnost za své chování. V souladu s porozuměním žáků s nimi ukazuje, jaké zodpovědné chování v příběhu si zaslouží ocenění.Když se žákům něco nepovede, společně hledají řešení. Pobízí žáky k dokončení či k nápravě nedokončených povinností.NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák plní jednoduché úkoly podle pokynů učitele (např. připravuje si pomůcky na výuku, uklízí své pracovní místo nebo rozdává pomůcky spolužákům).Dokončuje úkol, se kterým si nevěděl rady, pokud mu učitel nebo asistent nejprve pomůže a navede ho na další postup.Dodržuje stanovená pravidla a školní režim. Ví, kde ve třídě nalezne rozpis (např. ve formě obrázků, symbolů, hesel), který mu napoví, co ho čeká nebo jaké chování se od něj očekává. Rozumí tomu, k čemu rozpis slouží, a umí se jím řídit.Pokud zapomene na úkol nebo povinnost, akceptuje připomínku.</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q26" s="0" t="inlineStr">
         <is>
           <t/>
@@ -32282,66 +32516,66 @@
           <t>Složka klíčové kompetence rozvíjí odpovědnost žáka za vlastní chování podle pokynů kompetentních osob. Žák využívá rituály a naučené postupy chování v souladu se zásadami zdravého životního stylu.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>KBA-KOC-000-106-001</t>
+          <t>KBA-KOC-000-110-001</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
-          <t>Přijímat odpovědnost za své školní povinnosti.</t>
+          <t>Sdílet odpovědnost za své chování ve školním prostředí.</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Učitel stanovuje jasná pravidla a strukturu školních povinností. Vytváří vizuální rozvrh dne, symboly s úkoly nebo jednoduché kontrolní seznamy, které pomáhají žákům lépe pochopit své povinnosti a porozumět jimPřiděluje žákům jednoduché úkoly, pravidelně střídá zodpovědnost všech žáků ve třídě (např. rozdávání pomůcek, mazání tabule, úklid určité části třídy). Zadává všem žákům za úkol připravit si pomůcky na hodinu nebo se postarat o úklid svého pracovního místa.Využívá příběhy, pohádky nebo situace z reálného života, v nichž musí hlavní postavy převzít určitou zodpovědnost za své chování. V souladu s porozuměním žáků s nimi ukazuje, jaké zodpovědné chování v příběhu si zaslouží ocenění.Když se žákům něco nepovede, společně hledají řešení. Pobízí žáky k dokončení či k nápravě nedokončených povinností.NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák plní jednoduché úkoly podle pokynů učitele (např. připravuje si pomůcky na výuku, uklízí své pracovní místo nebo rozdává pomůcky spolužákům).Dokončuje úkol, se kterým si nevěděl rady, pokud mu učitel nebo asistent nejprve pomůže a navede ho na další postup.Dodržuje stanovená pravidla a školní režim. Ví, kde ve třídě nalezne rozpis (např. ve formě obrázků, symbolů, hesel), který mu napoví, co ho čeká nebo jaké chování se od něj očekává. Rozumí tomu, k čemu rozpis slouží, a umí se jím řídit.Pokud zapomene na úkol nebo povinnost, akceptuje připomínku.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Učitel podporuje spolupráci a odpovědnost žáků. Zařazuje skupinové úkoly, při nichž má každý člen týmu svou roli, ale skupina pracuje na společném cíli (např. úklid třídy, příprava pomůcek na aktivitu).Společně se žáky vytváří jednoduchá pravidla, která se týkají vzájemného chování a péče o společný prostor (třídu). Tato pravidla jsou vyvěšená na viditelném místě ve třídě. Učitel žáky povzbuzuje, aby si navzájem pomáhali s dodržováním stanovených pravidel.Zařazuje modelové situace a rolové hry, v nichž si žáci trénují, jak převzít odpovědnost za své chování (např. omluvit se druhému za nevhodné chování, požádat o pomoc, pomoct druhému).NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák dodržuje třídní pravidla (např. pracuje přiměřeně potichu, udržuje pořádek, chová se ohleduplně k ostatním).Spolupracuje se spolužáky na skupinových úkolech a aktivitách a pomáhá ostatním.Pokud něco pokazí (např. rozlije vodu nebo poškodí nějakou věc), snaží se situaci bez zbytečného rozčilování napravit.Pomáhá při úklidu svého pracovního místa, ukládá věci na určená místa a přijímá úkoly přidělené všem žákům ve třídě.Když vidí, že spolužák potřebuje pomoc, buď mu pomůže přímo, nebo dá najevo učiteli či asistentovi, že pomoc je potřeba.</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q27" s="0" t="inlineStr">
         <is>
           <t/>
@@ -34725,175 +34959,175 @@
         </is>
       </c>
       <c r="O53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:R12"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="41.25"/>
-[...16 lines deleted...]
-    <col min="18" max="18" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="41.25" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="59.4" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="75.89999999999999" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="59.4" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="80.85" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="23.1" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="114.4" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="255" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="61.05" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="94.05" min="16" max="16" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="17" max="17" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="18" max="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="6" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Průřezové téma - Název</t>
         </is>
       </c>
-      <c r="B1" s="6" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Průřezové téma - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="6" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka průřezového tématu - Název</t>
         </is>
       </c>
-      <c r="D1" s="6" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka průřezového tématu - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="6" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Složka průřezového tématu - Učivo</t>
         </is>
       </c>
-      <c r="F1" s="6" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka průřezového tématu - Název</t>
         </is>
       </c>
-      <c r="G1" s="6" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Podsložka průřezového tématu - Charakteristika</t>
         </is>
       </c>
-      <c r="H1" s="6" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Podsložka průřezového tématu - Učivo</t>
         </is>
       </c>
-      <c r="I1" s="6" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="J1" s="6" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="K1" s="6" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="L1" s="6" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="M1" s="6" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="N1" s="6" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="O1" s="6" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="P1" s="6" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="Q1" s="6" t="inlineStr">
+      <c r="Q1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="R1" s="6" t="inlineStr">
+      <c r="R1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Péče o sebe a druhé</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Průřezové téma Péče o sebe a druhé formuje osobnost žáka a posiluje vztahy mezi jednotlivými vzdělávacími oblastmi. Žák si osvojuje základní komunikační a sociální dovednosti při řešení úloh a situací v pozitivní atmosféře. Uvědomuje si hodnotu spolupráce a pomoci. Průřezové téma seznamuje žáka s projevy sociálního cítění a aktivně přispívá k sociální soudržnosti kolektivu. Smyslem průřezového tématu je to, aby žák získal znalosti, dovednosti a postoje v hledání vlastních cest k životní spokojenosti, založené na dobrých vztazích k sobě samému i k dalším lidem a světu. Průřezové téma učí žáka vnímat a poznávat sebe a druhé. Přispívá k utváření dobrých mezilidských vztahů. Podporuje žáka při adaptaci na změny a posiluje jeho odolnost v zátěžových situacích.  Učí žáka využívat osvojené dovednosti ke smysluplnému trávení volného času. Žák využívá osvojené vědomosti a uplatňuje prvky zdravého životního stylu ve svém životě.  Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -35358,66 +35592,66 @@
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>PTS-000-000-110-001</t>
+          <t>PTS-000-000-106-001</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>Vybrat příklady obtížných životních situací a možností vzájemné pomoci.</t>
+          <t>Poskytnout pomoct spolužákovi v případě potřeby.</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Člověk a společnost, Člověk, zdraví a bezpečí.Učitel volí interaktivní a věkově přiměřený přístup, tak, aby žáci pochopili, že každý může někdy potřebovat pomoc a že vzájemná podpora je klíčem ke zdravým mezilidským vztahům a rozvoji empatie.Žáci se učí rozpoznávat situace, kdy někdo potřebuje pomoc, a osvojovat si základní způsoby, jak mohou sami pomoct. Zároveň se učí, jak o pomoc požádat.Příklady aktivit:Žák prostřednictvím obrázkových karet popisuje obtížné situace (např. nemoc, šikana, osamělost) a jsou mu představeny možnosti pomoci. Žák ukazuje, co se na obrázku děje, vyjadřuje, co postava pravděpodobně cítí a navrhuje, jak bychom jí mohli pomoci. Například u obrázku nemocného kamaráda, někoho, kdo pláče, nebo někoho, kdo je sám na lavičce.Žák ve dvojici zahraje modelovou situaci (např. kamarád spadne, někdo se směje jinému, někdo je smutný). Učitel navádí žáka pomocí jednoduchých vět: „Co řekneš?“, „Co uděláš?“. K podpoře aktivity lze využít rekvizity (např. plyšová hračka, berle, batoh).Žák zhlédne krátký film nebo pohádku, ve které postava zažije těžkou situaci (např. Příběhy včelky Máji nebo Pat a Mat). Následuje diskuse: „Co se stalo?“, „Kdo pomohl?“, „Co bychom udělali my?“.Žák nakreslí obrázek, kde někomu pomáhá (např. kamarádovi, zvířeti nebo rodičům doma). Učitel pomůže doplnit krátkou větu, např.: „Pomáhám mamince s nákupem“ nebo „Utěšuji kamarádku“. Cílem je vytvoření tzv. zdi dobrých skutků, na kterou jsou umisťovány výtvarné práce žáků. Žák se prostřednictvím obrázků nebo krátkých videí seznamuje s činností vybraných charitativních organizací (např. Červeného kříže nebo útulku pro zvířata). Učí se jednoduché pojmy jako „pomoc nemocným“, „pomoc zvířatům“ nebo „pomoc starým lidem“. Následně žáci navštěvují charitativní zařízení (např. místní útulek, domov pro seniory nebo charitní obchod) a mohou přinést drobný dárek nebo obrázek, který sami předem vytvořili.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Jazyk a jazyková komunikace, Člověk, zdraví a bezpečí.Učitel vytváří bezpečné a podporující prostředí, ve kterém se žáci učí, jak pomáhat ostatním. Na základě modelování chování ukazuje příklady pomoci v reálných situacích a vede žáky k nácviku sociálních dovedností prostřednictvím her a scének.Žáci se zapojují do kooperativních aktivit v rámci výuky, přičemž učitel oceňuje situace, ve kterých si žáci navzájem pomáhají, a motivuje je k dalším prosociálním projevům.Příklady aktivit:Žák se aktivně zapojuje do aktivity Kruh důvěry. Každý má možnost sdílet, co ho potěšilo, co ho trápí, komu pomohl nebo kdo pomohl jemu. Učitel využívá jednoduché otázky: „Pomohl mi dnes někdo?“, „Komu jsem pomohl já?“ nebo „Jak jsme se cítili?“.Žák prostřednictvím dramatizace nacvičuje sociální situace zaměřené na pomoc druhým. Příběhy představují konkrétní situace ve třídě, například: „Pavlíkovi spadl penál. Anička mu ho podala.“ Po dramatizaci následuje společná diskuse s pomocí otázek: „Co udělala Anička?“, „Jak se asi cítil Pavlík?“.Žákovi slouží tzv. třídní strom pomoci k zaznamenávání projevů vzájemné pomoci. Kdykoli někdo někomu pomůže, nalepí na strom lístek s obrázkem situace.</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35450,66 +35684,66 @@
           <t/>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>PTS-000-000-106-001</t>
+          <t>PTS-000-000-110-001</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
-          <t>Poskytnout pomoct spolužákovi v případě potřeby.</t>
+          <t>Vybrat příklady obtížných životních situací a možností vzájemné pomoci.</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Jazyk a jazyková komunikace, Člověk, zdraví a bezpečí.Učitel vytváří bezpečné a podporující prostředí, ve kterém se žáci učí, jak pomáhat ostatním. Na základě modelování chování ukazuje příklady pomoci v reálných situacích a vede žáky k nácviku sociálních dovedností prostřednictvím her a scének.Žáci se zapojují do kooperativních aktivit v rámci výuky, přičemž učitel oceňuje situace, ve kterých si žáci navzájem pomáhají, a motivuje je k dalším prosociálním projevům.Příklady aktivit:Žák se aktivně zapojuje do aktivity Kruh důvěry. Každý má možnost sdílet, co ho potěšilo, co ho trápí, komu pomohl nebo kdo pomohl jemu. Učitel využívá jednoduché otázky: „Pomohl mi dnes někdo?“, „Komu jsem pomohl já?“ nebo „Jak jsme se cítili?“.Žák prostřednictvím dramatizace nacvičuje sociální situace zaměřené na pomoc druhým. Příběhy představují konkrétní situace ve třídě, například: „Pavlíkovi spadl penál. Anička mu ho podala.“ Po dramatizaci následuje společná diskuse s pomocí otázek: „Co udělala Anička?“, „Jak se asi cítil Pavlík?“.Žákovi slouží tzv. třídní strom pomoci k zaznamenávání projevů vzájemné pomoci. Kdykoli někdo někomu pomůže, nalepí na strom lístek s obrázkem situace.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Člověk a společnost, Člověk, zdraví a bezpečí.Učitel volí interaktivní a věkově přiměřený přístup, tak, aby žáci pochopili, že každý může někdy potřebovat pomoc a že vzájemná podpora je klíčem ke zdravým mezilidským vztahům a rozvoji empatie.Žáci se učí rozpoznávat situace, kdy někdo potřebuje pomoc, a osvojovat si základní způsoby, jak mohou sami pomoct. Zároveň se učí, jak o pomoc požádat.Příklady aktivit:Žák prostřednictvím obrázkových karet popisuje obtížné situace (např. nemoc, šikana, osamělost) a jsou mu představeny možnosti pomoci. Žák ukazuje, co se na obrázku děje, vyjadřuje, co postava pravděpodobně cítí a navrhuje, jak bychom jí mohli pomoci. Například u obrázku nemocného kamaráda, někoho, kdo pláče, nebo někoho, kdo je sám na lavičce.Žák ve dvojici zahraje modelovou situaci (např. kamarád spadne, někdo se směje jinému, někdo je smutný). Učitel navádí žáka pomocí jednoduchých vět: „Co řekneš?“, „Co uděláš?“. K podpoře aktivity lze využít rekvizity (např. plyšová hračka, berle, batoh).Žák zhlédne krátký film nebo pohádku, ve které postava zažije těžkou situaci (např. Příběhy včelky Máji nebo Pat a Mat). Následuje diskuse: „Co se stalo?“, „Kdo pomohl?“, „Co bychom udělali my?“.Žák nakreslí obrázek, kde někomu pomáhá (např. kamarádovi, zvířeti nebo rodičům doma). Učitel pomůže doplnit krátkou větu, např.: „Pomáhám mamince s nákupem“ nebo „Utěšuji kamarádku“. Cílem je vytvoření tzv. zdi dobrých skutků, na kterou jsou umisťovány výtvarné práce žáků. Žák se prostřednictvím obrázků nebo krátkých videí seznamuje s činností vybraných charitativních organizací (např. Červeného kříže nebo útulku pro zvířata). Učí se jednoduché pojmy jako „pomoc nemocným“, „pomoc zvířatům“ nebo „pomoc starým lidem“. Následně žáci navštěvují charitativní zařízení (např. místní útulek, domov pro seniory nebo charitní obchod) a mohou přinést drobný dárek nebo obrázek, který sami předem vytvořili.</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35869,43 +36103,43 @@
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="R12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>