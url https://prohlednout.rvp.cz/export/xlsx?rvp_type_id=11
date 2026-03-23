--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -2352,66 +2352,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-002</t>
+          <t>JJA-REV-001-110-002</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
-          <t>Zvládat jednoduché formy společenského styku verbálně či neverbálně – pozdrav, prosba, poděkování.</t>
+          <t>Zvládat základní pravidla komunikace.</t>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek významně napomáhá začlenění žáka do sociální skupiny. Žák se pomocí modelových situací a přiměřeného nácviku učí základní sociální komunikační dovednosti – pozdrav, prosbu, poděkování, rozloučení.Příklady aktivit:Žák dostane několik předem připravených kartiček s různými možnostmi, co říct při konkrétní sociální situaci (např. příchod do třídy, žádost o pomoc, loučení). S podporou učitele vybírá nejvhodnější kartičku a slovně i neverbálně (gestem, mimikou) reaguje.Žák používá kartičky znázorňující situace (např. člověk mává, někdo podává ruku, říká „děkuji“). Žák popisuje nebo napodobuje to, co vidí na obrázku, a procvičuje dané fráze i gesta.Žák podle potřeby zkouší verbální i neverbální formy jednoduchého pozdravu (zamávání) či gesto „prosím“.</t>
+          <t>Očekávaný výsledek učení navazuje na předchozí zkušenosti žáka. Pomocí modelových situací, konverzačních cvičení a sociálních scénářů si žák buduje databázi vhodných komunikačních výrazů – verbálních i neverbálních. Podpora funkční komunikace probíhá během všech školních i mimoškolních aktivit.Příklady aktivit:Žák nacvičuje jednoduché věty „Dobrý den, prosím rohlík.“ pomocí rolových her. Žák zkouší situaci se spolužákem nebo učitelem, využívá obrázkové kartičky pro podporu komunikace.Žák sleduje obrázky různých situací (např. ztracená hračka, bolest břicha) a volí si vhodnou reakci – verbálně nebo pomocí piktogramu (např. „pomoz mi“, „bolí mě“).Žák vybírá kartu podle toho, jak se cítí (např. „jsem smutný“), a učí se k tomu přiřadit vhodný výraz nebo gesto.Žák odpovídá každý den na jednoduché otázky (např. „Jak se dnes máš?“, „Co jsi měl k snídani?“) podle svých možností – mluvením, ukazováním nebo pomocí komunikační tabulky.</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q22" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2444,66 +2444,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-002</t>
+          <t>JJA-REV-001-106-002</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
-          <t>Zvládat základní pravidla komunikace.</t>
+          <t>Zvládat jednoduché formy společenského styku verbálně či neverbálně – pozdrav, prosba, poděkování.</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení navazuje na předchozí zkušenosti žáka. Pomocí modelových situací, konverzačních cvičení a sociálních scénářů si žák buduje databázi vhodných komunikačních výrazů – verbálních i neverbálních. Podpora funkční komunikace probíhá během všech školních i mimoškolních aktivit.Příklady aktivit:Žák nacvičuje jednoduché věty „Dobrý den, prosím rohlík.“ pomocí rolových her. Žák zkouší situaci se spolužákem nebo učitelem, využívá obrázkové kartičky pro podporu komunikace.Žák sleduje obrázky různých situací (např. ztracená hračka, bolest břicha) a volí si vhodnou reakci – verbálně nebo pomocí piktogramu (např. „pomoz mi“, „bolí mě“).Žák vybírá kartu podle toho, jak se cítí (např. „jsem smutný“), a učí se k tomu přiřadit vhodný výraz nebo gesto.Žák odpovídá každý den na jednoduché otázky (např. „Jak se dnes máš?“, „Co jsi měl k snídani?“) podle svých možností – mluvením, ukazováním nebo pomocí komunikační tabulky.</t>
+          <t>Očekávaný výsledek významně napomáhá začlenění žáka do sociální skupiny. Žák se pomocí modelových situací a přiměřeného nácviku učí základní sociální komunikační dovednosti – pozdrav, prosbu, poděkování, rozloučení.Příklady aktivit:Žák dostane několik předem připravených kartiček s různými možnostmi, co říct při konkrétní sociální situaci (např. příchod do třídy, žádost o pomoc, loučení). S podporou učitele vybírá nejvhodnější kartičku a slovně i neverbálně (gestem, mimikou) reaguje.Žák používá kartičky znázorňující situace (např. člověk mává, někdo podává ruku, říká „děkuji“). Žák popisuje nebo napodobuje to, co vidí na obrázku, a procvičuje dané fráze i gesta.Žák podle potřeby zkouší verbální i neverbální formy jednoduchého pozdravu (zamávání) či gesto „prosím“.</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2536,66 +2536,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-003</t>
+          <t>JJA-REV-001-106-003</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
-          <t>Popsat děje, jevy a osoby na obrázcích.</t>
+          <t>Popsat osoby, předměty podle reálu nebo vyobrazení za pomoci doprovodných otázek.</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení prohlubuje dovednost popisovat reálně vnímané okolí. Žák si rozšiřuje slovní zásobu, učí se rozlišovat podstatné od nepodstatného. Upevňuje si zkušenost s popisem skutečné věci nebo osoby. Pomocí osnovy a návodných otázek sdílí to, co vidí kolem sebe.Příklady aktivit:Žák rozlišuje podstatné od nepodstatného, odděluje celek a detail. Vychází ze svých zkušeností, učí se správné struktuře popisu. Zároveň se učí zobecňovat (co mají společné) a respektovat individualitu (co mají odlišné).Žák dostane obrázek nebo předmět (např. květinu, zvíře nebo hračku). Nejprve popíše celek (např. „To je květina.“), potom si společně s učitelem nebo spolužáky všímá detailů (barva, počet lístků, velikost). Pak hledá, co mají podobné ostatní obrázky nebo předměty (např. všechny květiny mají lístky), a naopak co je odlišuje (různé barvy, tvary). Nakonec se snaží vytvořit jednoduchý popis podle naučené osnovy.</t>
+          <t>Očekávaný výstup prohlubuje rozšiřování slovní zásoby a vnímání prostředí kolem sebe. Žák získává zkušenosti s popisem reálné věci nebo osoby. Učí se vybírat a hodnotit podstatné vlastnosti zobrazeného objektu či osoby a pomocí návodných otázek zprostředkuje viděnou realitu.Příklady aktivit:Žák jednoduchým způsobem popisuje viděnou věc, osobu nebo situaci.Žák se učí zaměřovat na podstatné rysy, které charakterizují daný objekt (např. barvu, tvar, velikost, funkci, výraz tváře).Žák podle připraveného modelu vět a systému popisu odpovídá na otázky jako: „Jak vypadá?“, „Co dělá?“, „Kde se nachází?“. Systém popisu určuje učitel a může být například: od nejdůležitějšího k méně podstatnému, zleva doprava, shora dolů, podle velikosti nebo podle pořadí částí těla či předmětů.Žák se učí sledovat popis podle zadaného pořadí a podle toho tvořit ucelený popis (např. „Nejprve popíšu hlavu, potom tělo, pak ruce a nohy.“). Učitel může používat jednoduché vizuální pomůcky nebo osnovy pro strukturování popisu.</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q24" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2628,66 +2628,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-003</t>
+          <t>JJA-REV-001-110-003</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
-          <t>Popsat osoby, předměty podle reálu nebo vyobrazení za pomoci doprovodných otázek.</t>
+          <t>Popsat děje, jevy a osoby na obrázcích.</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výstup prohlubuje rozšiřování slovní zásoby a vnímání prostředí kolem sebe. Žák získává zkušenosti s popisem reálné věci nebo osoby. Učí se vybírat a hodnotit podstatné vlastnosti zobrazeného objektu či osoby a pomocí návodných otázek zprostředkuje viděnou realitu.Příklady aktivit:Žák jednoduchým způsobem popisuje viděnou věc, osobu nebo situaci.Žák se učí zaměřovat na podstatné rysy, které charakterizují daný objekt (např. barvu, tvar, velikost, funkci, výraz tváře).Žák podle připraveného modelu vět a systému popisu odpovídá na otázky jako: „Jak vypadá?“, „Co dělá?“, „Kde se nachází?“. Systém popisu určuje učitel a může být například: od nejdůležitějšího k méně podstatnému, zleva doprava, shora dolů, podle velikosti nebo podle pořadí částí těla či předmětů.Žák se učí sledovat popis podle zadaného pořadí a podle toho tvořit ucelený popis (např. „Nejprve popíšu hlavu, potom tělo, pak ruce a nohy.“). Učitel může používat jednoduché vizuální pomůcky nebo osnovy pro strukturování popisu.</t>
+          <t>Očekávaný výsledek učení prohlubuje dovednost popisovat reálně vnímané okolí. Žák si rozšiřuje slovní zásobu, učí se rozlišovat podstatné od nepodstatného. Upevňuje si zkušenost s popisem skutečné věci nebo osoby. Pomocí osnovy a návodných otázek sdílí to, co vidí kolem sebe.Příklady aktivit:Žák rozlišuje podstatné od nepodstatného, odděluje celek a detail. Vychází ze svých zkušeností, učí se správné struktuře popisu. Zároveň se učí zobecňovat (co mají společné) a respektovat individualitu (co mají odlišné).Žák dostane obrázek nebo předmět (např. květinu, zvíře nebo hračku). Nejprve popíše celek (např. „To je květina.“), potom si společně s učitelem nebo spolužáky všímá detailů (barva, počet lístků, velikost). Pak hledá, co mají podobné ostatní obrázky nebo předměty (např. všechny květiny mají lístky), a naopak co je odlišuje (různé barvy, tvary). Nakonec se snaží vytvořit jednoduchý popis podle naučené osnovy.</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q25" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2720,66 +2720,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-004</t>
+          <t>JJA-REV-001-110-004</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t>Popsat zhlédnutý filmový nebo divadelní příběh podle návodných otázek.</t>
+          <t>Popsat pomocí obrázků nebo návodných otázek vyslechnutý, přiměřeně náročný příběh, divadelní nebo filmové představení.</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení navazuje na zkušenosti žáka. Prostřednictvím zhlédnutého filmového nebo divadelního příběhu se žák učí rozumět vlastním emocím. Zaujímá k příběhu kladné nebo záporné stanovisko. S dopomocí učitele či podle návodných otázek chápe základní linii děje.Příklady aktivit:Žák se snaží vyjádřit, co se mu na příběhu líbilo nebo nelíbilo, a hodnotí chování hlavních postav.Žák odpovídá podle předem připravené osnovy na otázky typu: „Co se stalo na začátku příběhu?“, „Kdo byl hlavní postavou?“, „Jaký byl konec příběhu?“.Žák s podporou učitele nebo pomocí návodných otázek rozlišuje kladné a záporné reakce na jednotlivé situace v příběhu.</t>
+          <t>Očekávaný výsledek učení navazuje na předchozí zkušenosti žáka. Žák se učí soustředit na děj příběhu a porozumět mu. Zároveň se učí orientovat v dějové linii a pomocí obrázků či návodných otázek příběh zprostředkovat ostatním.Příklady aktivit:Žák poslouchá krátký příběh nebo sleduje krátké obrázkové vyprávění. Žák dostane několik ilustrací z příběhu, které nejsou správně seřazené. Jeho úkolem je obrázky podle děje seřadit. Poté pomocí jednoduchých vět nebo návodných otázek popíše, co se na jednotlivých obrázcích děje. Učitel může pomoci otázkami typu: „Co se stalo nejdříve?“, „Co dělá hlavní postava?“ nebo „Jak příběh končí?“.</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q26" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2812,66 +2812,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-004</t>
+          <t>JJA-REV-001-106-004</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
-          <t>Popsat pomocí obrázků nebo návodných otázek vyslechnutý, přiměřeně náročný příběh, divadelní nebo filmové představení.</t>
+          <t>Popsat zhlédnutý filmový nebo divadelní příběh podle návodných otázek.</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení navazuje na předchozí zkušenosti žáka. Žák se učí soustředit na děj příběhu a porozumět mu. Zároveň se učí orientovat v dějové linii a pomocí obrázků či návodných otázek příběh zprostředkovat ostatním.Příklady aktivit:Žák poslouchá krátký příběh nebo sleduje krátké obrázkové vyprávění. Žák dostane několik ilustrací z příběhu, které nejsou správně seřazené. Jeho úkolem je obrázky podle děje seřadit. Poté pomocí jednoduchých vět nebo návodných otázek popíše, co se na jednotlivých obrázcích děje. Učitel může pomoci otázkami typu: „Co se stalo nejdříve?“, „Co dělá hlavní postava?“ nebo „Jak příběh končí?“.</t>
+          <t>Očekávaný výsledek učení navazuje na zkušenosti žáka. Prostřednictvím zhlédnutého filmového nebo divadelního příběhu se žák učí rozumět vlastním emocím. Zaujímá k příběhu kladné nebo záporné stanovisko. S dopomocí učitele či podle návodných otázek chápe základní linii děje.Příklady aktivit:Žák se snaží vyjádřit, co se mu na příběhu líbilo nebo nelíbilo, a hodnotí chování hlavních postav.Žák odpovídá podle předem připravené osnovy na otázky typu: „Co se stalo na začátku příběhu?“, „Kdo byl hlavní postavou?“, „Jaký byl konec příběhu?“.Žák s podporou učitele nebo pomocí návodných otázek rozlišuje kladné a záporné reakce na jednotlivé situace v příběhu.</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q27" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2904,66 +2904,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-005</t>
+          <t>JJA-REV-001-110-005</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
-          <t>Zprostředkovat jednoduchý příběh podle obrázku.</t>
+          <t>Zprostředkovat vlastní zážitky a popsat své pocity.</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení významně přispívá k rozšiřování slovní zásoby žáka a k chápání časového sledu děje. Žák se nejdříve učí popisovat jednoduché obrázky. Následně je veden k tomu, aby byl pomocí obrázků schopen zprostředkovat jednoduchý příběh a rozpoznat pořadí obrázků.Příklady aktivit:Žák seřadí obrázky ve správném časovém pořadí, aby vznikl logický příběh.Žák jednoduchou větou popisuje, co je na jednotlivých obrázcích, přičemž se snaží používat podstatná jména a slovesa (např. „Pes běží“, „Holčička jí jablko“).Žák podle osnovy odpovídá na otázky typu: „Kdo je na obrázku?“, „Co dělá postava?“ nebo „Kde se příběh odehrává?“.Žák se učí zapojovat fantazii a předvídat další vývoj příběhu pomocí otázek jako: „Co by se stalo, kdyby…?“ nebo „Jak myslíš, že příběh pokračuje?“.Žák společně s učitelem nebo spolužáky vytváří vlastní krátké příběhy na základě obrázků, čímž rozvíjí své vyjadřovací schopnosti.</t>
+          <t>Očekávaný výsledek učení výrazně napomáhá tomu, aby si žák uvědomil své pocity a dojmy a následně je dokázal zprostředkovat ostatním. Pomocí předem připravené struktury (osnovy) dokáže odpovídat na jednoduché otázky týkající se jeho vlastního prožitku.Příklady aktivit:Žák poslouchá krátký jednoduchý příběh nebo sleduje obrázek, který vyvolává určité emoce. Žák pomocí připravené osnovy odpovídá na otázky, například:„Co tě v příběhu potěšilo?“„Můžeš to popsat?“Žák může odpovídat slovně, ukazovat obrázky smajlíků s emocemi nebo ukazovat gesty, jak se cítil.</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q28" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2996,66 +2996,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-005</t>
+          <t>JJA-REV-001-106-005</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>Zprostředkovat vlastní zážitky a popsat své pocity.</t>
+          <t>Zprostředkovat jednoduchý příběh podle obrázku.</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení výrazně napomáhá tomu, aby si žák uvědomil své pocity a dojmy a následně je dokázal zprostředkovat ostatním. Pomocí předem připravené struktury (osnovy) dokáže odpovídat na jednoduché otázky týkající se jeho vlastního prožitku.Příklady aktivit:Žák poslouchá krátký jednoduchý příběh nebo sleduje obrázek, který vyvolává určité emoce. Žák pomocí připravené osnovy odpovídá na otázky, například:„Co tě v příběhu potěšilo?“„Můžeš to popsat?“Žák může odpovídat slovně, ukazovat obrázky smajlíků s emocemi nebo ukazovat gesty, jak se cítil.</t>
+          <t>Očekávaný výsledek učení významně přispívá k rozšiřování slovní zásoby žáka a k chápání časového sledu děje. Žák se nejdříve učí popisovat jednoduché obrázky. Následně je veden k tomu, aby byl pomocí obrázků schopen zprostředkovat jednoduchý příběh a rozpoznat pořadí obrázků.Příklady aktivit:Žák seřadí obrázky ve správném časovém pořadí, aby vznikl logický příběh.Žák jednoduchou větou popisuje, co je na jednotlivých obrázcích, přičemž se snaží používat podstatná jména a slovesa (např. „Pes běží“, „Holčička jí jablko“).Žák podle osnovy odpovídá na otázky typu: „Kdo je na obrázku?“, „Co dělá postava?“ nebo „Kde se příběh odehrává?“.Žák se učí zapojovat fantazii a předvídat další vývoj příběhu pomocí otázek jako: „Co by se stalo, kdyby…?“ nebo „Jak myslíš, že příběh pokračuje?“.Žák společně s učitelem nebo spolužáky vytváří vlastní krátké příběhy na základě obrázků, čímž rozvíjí své vyjadřovací schopnosti.</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3088,66 +3088,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-006</t>
+          <t>JJA-REV-001-106-006</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>Dramatizovat jednoduchý příběh nebo pohádku.</t>
+          <t>Dramatizovat jednoduchý krátký příběh z oblasti, která je žákům blízká.</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vychází ze zkušeností žáka a přispívá k vytváření, popisu a sdílení emočního prožitku. Žák pochopí děj příběhu, pokusí se popsat emoce jednotlivých postav a podle svých dosavadních zkušeností příběh hodnotí a komentuje.Příklady aktivit:Žák poslouchá krátký příběh s výraznými emocemi postav (např. radost, smutek, strach) a poté ukazuje na kartičky se smajlíky odpovídajícími emocím, které podle něj postavy prožívaly. Nakonec žák podle svých možností krátce popisuje, co ho na příběhu zaujalo nebo jaký pocit v něm vyvolal. Přemýšlí a odpovídá na otázky, které mu pomáhají pojmenovat své emoce a hodnotit příběh.</t>
+          <t>Očekávaný výsledek přispívá k vytváření emočního prožitku z krátkého příběhu. Žák se učí vcítit do děje, hodnotit a komentovat ho podle vlastních zkušeností a vyjadřovat své emoce pomocí tónu hlasu či výrazu obličeje.Příklady aktivit:Žák hádá, co učitel cítí, podle předvedených emocí (úsměv, zamračení, smutek). Pro podporu může žák používat obrázky smajlíků a přiřazovat je ke konkrétním výrazům.Žák má před sebou sadu obrázků obličejů s různými výrazy a musí je spojit s odpovídajícími smajlíky nebo slovními označeními emocí.Žák si vybírá emoce z obrázků nebo fotografií a snaží se je pomocí mimiky a tónu hlasu předvést spolužákům, kteří hádají, o jakou emoci se jedná.</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3180,66 +3180,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-006</t>
+          <t>JJA-REV-001-110-006</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>Dramatizovat jednoduchý krátký příběh z oblasti, která je žákům blízká.</t>
+          <t>Dramatizovat jednoduchý příběh nebo pohádku.</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek přispívá k vytváření emočního prožitku z krátkého příběhu. Žák se učí vcítit do děje, hodnotit a komentovat ho podle vlastních zkušeností a vyjadřovat své emoce pomocí tónu hlasu či výrazu obličeje.Příklady aktivit:Žák hádá, co učitel cítí, podle předvedených emocí (úsměv, zamračení, smutek). Pro podporu může žák používat obrázky smajlíků a přiřazovat je ke konkrétním výrazům.Žák má před sebou sadu obrázků obličejů s různými výrazy a musí je spojit s odpovídajícími smajlíky nebo slovními označeními emocí.Žák si vybírá emoce z obrázků nebo fotografií a snaží se je pomocí mimiky a tónu hlasu předvést spolužákům, kteří hádají, o jakou emoci se jedná.</t>
+          <t>Očekávaný výsledek učení vychází ze zkušeností žáka a přispívá k vytváření, popisu a sdílení emočního prožitku. Žák pochopí děj příběhu, pokusí se popsat emoce jednotlivých postav a podle svých dosavadních zkušeností příběh hodnotí a komentuje.Příklady aktivit:Žák poslouchá krátký příběh s výraznými emocemi postav (např. radost, smutek, strach) a poté ukazuje na kartičky se smajlíky odpovídajícími emocím, které podle něj postavy prožívaly. Nakonec žák podle svých možností krátce popisuje, co ho na příběhu zaujalo nebo jaký pocit v něm vyvolal. Přemýšlí a odpovídá na otázky, které mu pomáhají pojmenovat své emoce a hodnotit příběh.</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3272,66 +3272,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-007</t>
+          <t>JJA-REV-001-110-007</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
-          <t>Účastnit se činností zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce, důvěry.</t>
+          <t>Vyjádřit své dojmy (libost či nelibost) ze zhlédnutí divadelního a audiovizuálního díla.</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení významně přispívá k zapojení žáka do sociální skupiny. Žák se učí naslouchat, vnímat sdělení ostatních a respektovat různorodost názorů. Zároveň se učí komunikovat s ostatními v rámci pravidel slušnosti a vzájemného respektu. Objevuje nové výrazy a obohacuje svou slovní zásobu, přičemž pomocí modelových schémat řeší různé komunikační situace.Příklady aktivit: Žák se snaží vyjádřit, co slyšel po přečtení příběhu učitelem, například ukázáním obrázku, gestem nebo jednoduchou větou.Žák používá jednoduché obrázkové modely (např. „já říkám“, „ty posloucháš“, „děkuji“) k procvičování správného pořadí ve společenské komunikaci.Žák se zapojuje do her, které vyžadují spolupráci a komunikaci (např. jednoduché hádanky, skládání příběhu po částech) a kde se trénuje vzájemný respekt a naslouchání.</t>
+          <t>Očekávaný výsledek učení podporuje schopnost žáka vyjádřit své dojmy z divadelního nebo audiovizuálního díla. Žák se učí rozpoznávat a pojmenovávat emoce prostřednictvím slov, mimiky a pohybové dramatizace. Rozvíjí schopnost hodnotit chování postav a porovnávat je se svým vlastním názorem. Upevňuje dovednosti naslouchání ostatním a respektování různých názorů v bezpečném a podporujícím prostředí.Příklady aktivit:Žák se nachází v bezpečném a příjemném prostředí, poslouchá příběh nebo sleduje scénku. Poté odpovídá na jednoduché otázky, například: „Jak by se postava měla teď chovat?“, „Co bys na jejím místě udělal ty?“. Žák vyjadřuje svůj názor, učí se mluvit nahlas a zároveň poslouchá ostatní a respektuje jejich názory.</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3364,66 +3364,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-007</t>
+          <t>JJA-REV-001-106-007</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>Vyjádřit své dojmy (libost či nelibost) ze zhlédnutí divadelního a audiovizuálního díla.</t>
+          <t>Účastnit se činností zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce, důvěry.</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení podporuje schopnost žáka vyjádřit své dojmy z divadelního nebo audiovizuálního díla. Žák se učí rozpoznávat a pojmenovávat emoce prostřednictvím slov, mimiky a pohybové dramatizace. Rozvíjí schopnost hodnotit chování postav a porovnávat je se svým vlastním názorem. Upevňuje dovednosti naslouchání ostatním a respektování různých názorů v bezpečném a podporujícím prostředí.Příklady aktivit:Žák se nachází v bezpečném a příjemném prostředí, poslouchá příběh nebo sleduje scénku. Poté odpovídá na jednoduché otázky, například: „Jak by se postava měla teď chovat?“, „Co bys na jejím místě udělal ty?“. Žák vyjadřuje svůj názor, učí se mluvit nahlas a zároveň poslouchá ostatní a respektuje jejich názory.</t>
+          <t>Očekávaný výsledek učení významně přispívá k zapojení žáka do sociální skupiny. Žák se učí naslouchat, vnímat sdělení ostatních a respektovat různorodost názorů. Zároveň se učí komunikovat s ostatními v rámci pravidel slušnosti a vzájemného respektu. Objevuje nové výrazy a obohacuje svou slovní zásobu, přičemž pomocí modelových schémat řeší různé komunikační situace.Příklady aktivit: Žák se snaží vyjádřit, co slyšel po přečtení příběhu učitelem, například ukázáním obrázku, gestem nebo jednoduchou větou.Žák používá jednoduché obrázkové modely (např. „já říkám“, „ty posloucháš“, „děkuji“) k procvičování správného pořadí ve společenské komunikaci.Žák se zapojuje do her, které vyžadují spolupráci a komunikaci (např. jednoduché hádanky, skládání příběhu po částech) a kde se trénuje vzájemný respekt a naslouchání.</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q33" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3456,66 +3456,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-110-008</t>
+          <t>JJA-REV-001-106-008</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>Rozšiřovat slovní zásobu, snažit se o zřetelnou a srozumitelnou výslovnost.</t>
+          <t>Rozšiřovat pasivní i aktivní slovní zásobu pomocí účelné práce s obrázkovým materiálem a knihou.</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede k funkční komunikaci. Žák si postupně rozšiřuje slovní zásobu a rozvíjí fonematický sluch. Snaží se o srozumitelnost vlastního projevu – dbá na správné dýchání, výslovnost, intonaci a melodii mluveného projevu.Příklady aktivit:Žák navazuje na svou dovednost používat komunikaci v běžných situacích. Rozšiřuje si aktivní i pasivní slovní zásobu. K nácviku slouží různé didaktické hry.Příklad: Hádanka na slova – „Je to zelené a skáče to. Co to je?“ (žába)Žák má na výběr obrázky či slova (pokud je umí přečíst). Dále může obrázky pojmenovávat, ukazovat (forma neverbální komunikace) nebo hledat slova určitého tematického okruhu.Příklad: „Kdo žije v lese? Co jezdí po silnici? Co roste na poli?“</t>
+          <t>Očekávaný výsledek učení vede žáka k rozvoji pasivní i aktivní slovní zásoby, podporuje zájem žáka o obrazový materiál a knihu. Žák se postupně učí dovednostem, které jsou potřebné k aktivnímu čtení či prohlížení obrázků. Obrázky dokáže systematicky třídit, řadit podle posloupnosti děje či vyhledávat podle návodných otázek. Příklady aktivit:Žák si vybírá svou oblíbenou knihu nebo obrázkový materiál.Žák třídí obrázky podle různých kritérií (např. postava, prostředí, roční období, emoce).Žák odpovídá na jednoduché otázky učitele, například:„Patří tento obrázek k příběhu?“„Je na obrázku hlavní postava?“„Děje se to v létě, nebo v zimě?“Žák vyhledává obrázky podle pokynů učitele, například:„Který obrázek ukazuje, co se stalo Janičce?“Žák řadí obrázky podle posloupnosti děje (začátek – prostředek – konec).</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q34" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3548,66 +3548,66 @@
           <t>Vzdělávací obor Komunikační výchova se zaměřuje na osvojení a užívání mateřského jazyka v jeho mluvené podobě, na správné a srozumitelné vyjadřování a na rozvoj komunikačních dovedností žáka. Využívá také augmentativní a alternativní komunikační systémy, které napomáhají osvojení dovednosti dorozumět se s okolím a přispívají k vytváření pocitu jistoty a bezpečí. To je základním předpokladem pro funkční komunikaci, úspěšnou sociální integraci i další vzdělávání. Komunikace je nedílnou součástí všech vyučovacích předmětů. S ohledem na individuální schopnosti žáka je nezbytné rozvíjet a budovat jeho řeč s důrazem na věk a vývojové odlišnosti.Cílem vzdělávacího oboru Komunikační výchova je dosáhnout srozumitelného mluveného projevu žáka, rozvíjet a rozšiřovat jeho slovní zásobu a dbát na kulturu mluveného projevu. Žák by měl sdílet své vlastní zážitky a popisovat pocity. Komunikační výchova motivuje žáka ke komunikaci v běžných situacích a ke zvládání jednoduchých forem společenského styku, a to verbálně i neverbálně. Vede ho k dovednosti pozdravit, poprosit a poděkovat. Zprostředkovává účast na činnostech zaměřených na rozvoj vzájemného naslouchání, poznávání, spolupráce a důvěry. Přispívá k rozšiřování slovní zásoby a k rozvoji srozumitelné a zřetelné výslovnosti.Vzdělávací obor Komunikační výchova zahrnuje tematický okruh: Rozvíjení komunikačních dovedností.</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Rozvíjení komunikačních dovedností</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Rozvíjení komunikačních dovedností je jediným tematickým okruhem ve vzdělávacím oboru Komunikační výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>JJA-REV-001-106-008</t>
+          <t>JJA-REV-001-110-008</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>Rozšiřovat pasivní i aktivní slovní zásobu pomocí účelné práce s obrázkovým materiálem a knihou.</t>
+          <t>Rozšiřovat slovní zásobu, snažit se o zřetelnou a srozumitelnou výslovnost.</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k rozvoji pasivní i aktivní slovní zásoby, podporuje zájem žáka o obrazový materiál a knihu. Žák se postupně učí dovednostem, které jsou potřebné k aktivnímu čtení či prohlížení obrázků. Obrázky dokáže systematicky třídit, řadit podle posloupnosti děje či vyhledávat podle návodných otázek. Příklady aktivit:Žák si vybírá svou oblíbenou knihu nebo obrázkový materiál.Žák třídí obrázky podle různých kritérií (např. postava, prostředí, roční období, emoce).Žák odpovídá na jednoduché otázky učitele, například:„Patří tento obrázek k příběhu?“„Je na obrázku hlavní postava?“„Děje se to v létě, nebo v zimě?“Žák vyhledává obrázky podle pokynů učitele, například:„Který obrázek ukazuje, co se stalo Janičce?“Žák řadí obrázky podle posloupnosti děje (začátek – prostředek – konec).</t>
+          <t>Očekávaný výsledek učení vede k funkční komunikaci. Žák si postupně rozšiřuje slovní zásobu a rozvíjí fonematický sluch. Snaží se o srozumitelnost vlastního projevu – dbá na správné dýchání, výslovnost, intonaci a melodii mluveného projevu.Příklady aktivit:Žák navazuje na svou dovednost používat komunikaci v běžných situacích. Rozšiřuje si aktivní i pasivní slovní zásobu. K nácviku slouží různé didaktické hry.Příklad: Hádanka na slova – „Je to zelené a skáče to. Co to je?“ (žába)Žák má na výběr obrázky či slova (pokud je umí přečíst). Dále může obrázky pojmenovávat, ukazovat (forma neverbální komunikace) nebo hledat slova určitého tematického okruhu.Příklad: „Kdo žije v lese? Co jezdí po silnici? Co roste na poli?“</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q35" s="0" t="inlineStr">
         <is>
           <t/>
@@ -9175,51 +9175,51 @@
           <t>Žák využívá informační systémy k vyhledávání informací, které následně jednoduchým způsobem zaznamenává. Současně rozvíjí dovednosti bezpečné komunikace a orientace na internetu a v digitálním prostředí. Učí se rozpoznávat základní rizika spojená s online komunikací a osvojovat si pravidla bezpečného chování ve virtuálním prostředí.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
           <t>INA-INF-002-110-002</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t>Rozpoznávat rizika při pohybu a komunikaci na internetu a při používání sociálních sítí, dodržovat zásady bezpečného pohybu ve virtuálním světě.</t>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Očekávaný výsledek učení seznamuje žáka s možnými riziky při pohybu a komunikaci na internetu a při používání sociálních sítí. Vede žáka k dodržování zásad bezpečného pohybu ve virtuálním světě. Žák získává povědomí o tom, že všechny informace z internetu nemusí být pravdivé. Je seznamován s rozdílem mezi skutečným světem a virtuální realitou. Učí se být opatrný při sdílení důležitých informací o své osobě a znát možnosti jejich zneužití.Příklady aktivit:Žák prostřednictvím čtení nebo poslechu příběhů rozpoznává bezpečné a nebezpečné situace na internetu. Následně popisuje, jak by se v těchto situacích zachoval, a zdůvodňuje své rozhodnutí. Lze využít interaktivní příběhy, například ze stránky Bezpečně online nebo E-bezpečí, které nabízí materiály a příklady pro bezpečný pohyb na internetu.Žák pracuje s učitelem při prohlížení nových odkazů a webových stránek. Před otevřením každého nového odkazu vždy konzultuje, zda je obsah bezpečný a vhodný k prohlížení. Tím si osvojuje návyk opatrnosti a schopnost správného rozhodování při pohybu na internetu.Žák se prostřednictvím příběhů nebo jednoduchých scénářů seznamuje se situacemi, kdy může dojít ke zneužití osobních informací na internetu. Popisuje, která data by neměl sdílet (např. adresu, telefonní číslo, hesla) a proč je důležité chránit své soukromí.</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q96" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21580,66 +21580,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-003</t>
+          <t>CZA-TEV-001-110-003</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
-          <t>Provádět jednoduché pohybové úkony na základě pokynů, povelů a signálů.</t>
+          <t>Vykonávat individuální a kolektivní činnost na základě pokynů, povelů a signálů.</t>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na zvládnutí porozumění základním tělovýchovným pokynům a povelům a na schopnost žáka následně vykonat jednoduché cviky na základě těchto pokynů. Mimo verbální pokyny by měl žák chápat také gesta, zvukové nebo vizuální signály. Žák se učí ovládat a vnímat vlastní tělo.Příklady aktivit:Žák reaguje na jednoduché pokyny jako „Stůj.“, „Utíkej.“, „Skákej.“, „Sedni si.“, „Lehni si.“, „Klekni si.“ a umí je adekvátně splnit. Při skupinových hrách reaguje na pokyny typu „vedle sebe“, „za sebe“, „na čáru“.Žák reaguje na zvukové signály, například píšťalku, bubínek nebo tlesknutí, a podle nich mění pohyb – běhá, chodí, zastavuje se. Při vizuálních podnětech, jako je mávnutí rukou, zdvižený palec, zkřížené ruce na prsou (znamenající stop), žák správně reaguje pohybem. Hravé úkoly pomáhají upevňovat tyto dovednosti – například hra, kdy učitel bubnuje a žák pochoduje nebo běhá v rytmu bubínku, zrychluje, zpomaluje nebo se zastaví na zvukový povel.Žák se zapojí do rozcvičky s říkankou, kdy učitel předcvičuje pohyby a doprovází je jednoduchými verbálními pokyny, které žák napodobuje.</t>
+          <t>Očekávaný výsledek učení upevňuje porozumění základním tělovýchovným pokynům a povelům a schopnost následně vykonat cviky a pohyby na jejich základě. Žák správně reaguje na slovní pokyny, gesta, zvukové nebo vizuální signály. Žák chápe a dodržuje jednoduchá pravidla skupinových her a pohybových činností. Žák chápe pojmy základní odborné terminologie a dokáže na ně adekvátně reagovat, popřípadě se řídí nápodobou doplněnou verbálním pokynem.Příklady aktivit:Žák si prostřednictvím jednoduchých pohybových her upevňuje porozumění základní odborné terminologii a učí se na ni adekvátně reagovat. Reaguje například na pokyny typu „Start“, „Stop“, „Otoč se“, „Běž na místo“ nebo na jednoduchá gesta a neverbální signály, jako je mávnutí rukou, zdvižený palec či zkřížené ruce na prsou, signalizující zastavení. Stejně tak se učí reagovat na zvukové podněty, například na zapískání, bubínek nebo tlesknutí.Žák využívá hravé aktivity, při nichž si osvojí schopnost sledovat pokyny a spolupracovat ve skupině. Mezi oblíbené činnosti patří například hra Na jelena, při níž jeden žák stojí uprostřed kruhu a ostatní si přehazují míč. Cílem je vybít jelena: kdo se trefí, vymění si s ním místo. Další aktivitou může být pohybová hra Čáp ztratil čepičku, v níž žák reaguje na dané signály, rozvíjí si postřeh a učí se respektovat pravidla.</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P231" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q231" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21672,66 +21672,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-003</t>
+          <t>CZA-TEV-001-106-003</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
-          <t>Vykonávat individuální a kolektivní činnost na základě pokynů, povelů a signálů.</t>
+          <t>Provádět jednoduché pohybové úkony na základě pokynů, povelů a signálů.</t>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení upevňuje porozumění základním tělovýchovným pokynům a povelům a schopnost následně vykonat cviky a pohyby na jejich základě. Žák správně reaguje na slovní pokyny, gesta, zvukové nebo vizuální signály. Žák chápe a dodržuje jednoduchá pravidla skupinových her a pohybových činností. Žák chápe pojmy základní odborné terminologie a dokáže na ně adekvátně reagovat, popřípadě se řídí nápodobou doplněnou verbálním pokynem.Příklady aktivit:Žák si prostřednictvím jednoduchých pohybových her upevňuje porozumění základní odborné terminologii a učí se na ni adekvátně reagovat. Reaguje například na pokyny typu „Start“, „Stop“, „Otoč se“, „Běž na místo“ nebo na jednoduchá gesta a neverbální signály, jako je mávnutí rukou, zdvižený palec či zkřížené ruce na prsou, signalizující zastavení. Stejně tak se učí reagovat na zvukové podněty, například na zapískání, bubínek nebo tlesknutí.Žák využívá hravé aktivity, při nichž si osvojí schopnost sledovat pokyny a spolupracovat ve skupině. Mezi oblíbené činnosti patří například hra Na jelena, při níž jeden žák stojí uprostřed kruhu a ostatní si přehazují míč. Cílem je vybít jelena: kdo se trefí, vymění si s ním místo. Další aktivitou může být pohybová hra Čáp ztratil čepičku, v níž žák reaguje na dané signály, rozvíjí si postřeh a učí se respektovat pravidla.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na zvládnutí porozumění základním tělovýchovným pokynům a povelům a na schopnost žáka následně vykonat jednoduché cviky na základě těchto pokynů. Mimo verbální pokyny by měl žák chápat také gesta, zvukové nebo vizuální signály. Žák se učí ovládat a vnímat vlastní tělo.Příklady aktivit:Žák reaguje na jednoduché pokyny jako „Stůj.“, „Utíkej.“, „Skákej.“, „Sedni si.“, „Lehni si.“, „Klekni si.“ a umí je adekvátně splnit. Při skupinových hrách reaguje na pokyny typu „vedle sebe“, „za sebe“, „na čáru“.Žák reaguje na zvukové signály, například píšťalku, bubínek nebo tlesknutí, a podle nich mění pohyb – běhá, chodí, zastavuje se. Při vizuálních podnětech, jako je mávnutí rukou, zdvižený palec, zkřížené ruce na prsou (znamenající stop), žák správně reaguje pohybem. Hravé úkoly pomáhají upevňovat tyto dovednosti – například hra, kdy učitel bubnuje a žák pochoduje nebo běhá v rytmu bubínku, zrychluje, zpomaluje nebo se zastaví na zvukový povel.Žák se zapojí do rozcvičky s říkankou, kdy učitel předcvičuje pohyby a doprovází je jednoduchými verbálními pokyny, které žák napodobuje.</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P232" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q232" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21764,66 +21764,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-004</t>
+          <t>CZA-TEV-001-106-004</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
-          <t>Projevit svou fantazii při provedení jednoduché pohybové aktivity s hudebním doprovodem.</t>
+          <t>Provádět jednoduché pohybové úkony za hudebního či rytmického doprovodu.</t>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na pohybové aktivity, které využívají hudební a rytmický doprovod. Žák dále rozvíjí a zlepšuje již získané dovednosti. Vyjadřuje se prostřednictvím pohybu v souladu s hudebním rytmem nebo melodií. Tato aktivita pomáhá rozvíjet nejen motorické dovednosti, ale také kreativitu a schopnost vyjadřovat se pohybem, což je důležitá součást tělesné výchovy. Cílem je to, aby se žák cítil pohodlně při experimentování s pohyby a dokázal přizpůsobit své pohyby hudebnímu doprovodu.Příklady aktivit:Žák používá míč (ideálně lehký a měkký) a pohybuje s ním v rytmu – například si míč předává nebo ho vyhazuje podle daného rytmu.Žák se zapojuje do skupinových aktivit spojených s míči a hudbou. Stojí v kruhu se spolužáky, přičemž každý má svůj míč. Když se pustí hudba s jasně vyznačeným rytmem, například jednoduchý popový rytmus nebo dětská melodie, žák začíná pracovat s míčem v rytmu hudby. Míč si předává se spolužáky podle rytmu, například na každý druhý takt, a v určitých chvílích ho může lehce odrazit od země, když slyší určitý hudební motiv. V dalších pasážích hudby žák tleská nebo drží míč a krouží s ním nad hlavou. Postupně se tempo hudby mění, a žák tak reaguje na rychlejší či pomalejší rytmy. V pokročilejší variantě žák přidává jednoduché taneční kroky nebo pohyby, které ladí s hudbou, například krok vpřed a vzad, otočení dokola či lehké poskoky.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na pohybové úkony za hudebního a rytmického doprovodu. Navazuje na dovednosti získané v předchozím výsledku učení. Žák zdokonaluje své pohybové dovednosti v rámci rytmu a hudby. Cílem je rozvíjet schopnost pohybovat se v souladu s hudebním nebo rytmickým doprovodem. Žák se například pohybuje pomalu či rychle nebo reaguje na hudbu a provádí daný pohyb v určeném rytmu.Příklady aktivit:Žák chodí ve 4/4 rytmu, například: krok, krok, krok, krok nebo krok, pauza, krok, pauza, případně jiná rytmická variace podle pokynů.Žák běhá na místě, otáčí se nebo skáče podle rytmu hudby – může měnit směr, tempo nebo výšku skoků podle změn hudebního doprovodu.Žák si vezme šátek a pohybuje se s ním v rytmu hudby – mává šátkem, krouží s ním nebo zapojuje celé tělo do volného pohybu.Žák improvizovaně tančí nebo se pohybuje podle hudby – například reaguje na změnu tempa, rytmu nebo nálady skladby.Žák se v kruhu střídá v jednoduchých rytmických pohybech – například tleskání, podupávání, dupání, lusknutí do rytmu hudby nebo metronomu.Žák se účastní pohybové hry Zastav se na hudbu – při zastavení hudby ztuhne v pohybu (statue), poté pokračuje v rytmu.Žák opakuje pohybové vzory podle učitele nebo spolužáka – například tleskání do rytmu, pohyby rukama či nohama v určitém sledu.Žák vytváří vlastní krátkou pohybovou sekvenci v rytmu hudby – například sérii kroků, otoček nebo skoků.</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P233" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q233" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21856,66 +21856,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I234" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J234" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-004</t>
+          <t>CZA-TEV-001-110-004</t>
         </is>
       </c>
       <c r="K234" s="0" t="inlineStr">
         <is>
-          <t>Provádět jednoduché pohybové úkony za hudebního či rytmického doprovodu.</t>
+          <t>Projevit svou fantazii při provedení jednoduché pohybové aktivity s hudebním doprovodem.</t>
         </is>
       </c>
       <c r="L234" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na pohybové úkony za hudebního a rytmického doprovodu. Navazuje na dovednosti získané v předchozím výsledku učení. Žák zdokonaluje své pohybové dovednosti v rámci rytmu a hudby. Cílem je rozvíjet schopnost pohybovat se v souladu s hudebním nebo rytmickým doprovodem. Žák se například pohybuje pomalu či rychle nebo reaguje na hudbu a provádí daný pohyb v určeném rytmu.Příklady aktivit:Žák chodí ve 4/4 rytmu, například: krok, krok, krok, krok nebo krok, pauza, krok, pauza, případně jiná rytmická variace podle pokynů.Žák běhá na místě, otáčí se nebo skáče podle rytmu hudby – může měnit směr, tempo nebo výšku skoků podle změn hudebního doprovodu.Žák si vezme šátek a pohybuje se s ním v rytmu hudby – mává šátkem, krouží s ním nebo zapojuje celé tělo do volného pohybu.Žák improvizovaně tančí nebo se pohybuje podle hudby – například reaguje na změnu tempa, rytmu nebo nálady skladby.Žák se v kruhu střídá v jednoduchých rytmických pohybech – například tleskání, podupávání, dupání, lusknutí do rytmu hudby nebo metronomu.Žák se účastní pohybové hry Zastav se na hudbu – při zastavení hudby ztuhne v pohybu (statue), poté pokračuje v rytmu.Žák opakuje pohybové vzory podle učitele nebo spolužáka – například tleskání do rytmu, pohyby rukama či nohama v určitém sledu.Žák vytváří vlastní krátkou pohybovou sekvenci v rytmu hudby – například sérii kroků, otoček nebo skoků.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na pohybové aktivity, které využívají hudební a rytmický doprovod. Žák dále rozvíjí a zlepšuje již získané dovednosti. Vyjadřuje se prostřednictvím pohybu v souladu s hudebním rytmem nebo melodií. Tato aktivita pomáhá rozvíjet nejen motorické dovednosti, ale také kreativitu a schopnost vyjadřovat se pohybem, což je důležitá součást tělesné výchovy. Cílem je to, aby se žák cítil pohodlně při experimentování s pohyby a dokázal přizpůsobit své pohyby hudebnímu doprovodu.Příklady aktivit:Žák používá míč (ideálně lehký a měkký) a pohybuje s ním v rytmu – například si míč předává nebo ho vyhazuje podle daného rytmu.Žák se zapojuje do skupinových aktivit spojených s míči a hudbou. Stojí v kruhu se spolužáky, přičemž každý má svůj míč. Když se pustí hudba s jasně vyznačeným rytmem, například jednoduchý popový rytmus nebo dětská melodie, žák začíná pracovat s míčem v rytmu hudby. Míč si předává se spolužáky podle rytmu, například na každý druhý takt, a v určitých chvílích ho může lehce odrazit od země, když slyší určitý hudební motiv. V dalších pasážích hudby žák tleská nebo drží míč a krouží s ním nad hlavou. Postupně se tempo hudby mění, a žák tak reaguje na rychlejší či pomalejší rytmy. V pokročilejší variantě žák přidává jednoduché taneční kroky nebo pohyby, které ladí s hudbou, například krok vpřed a vzad, otočení dokola či lehké poskoky.</t>
         </is>
       </c>
       <c r="M234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P234" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q234" s="0" t="inlineStr">
         <is>
           <t/>
@@ -21948,66 +21948,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-005</t>
+          <t>CZA-TEV-001-110-005</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
-          <t>Realizovat se v pohybových činnostech za pomoci upravených didaktických a sportovních pomůcek.</t>
+          <t>Podílet se na pohybových činnostech s doporučenými a dostupnými sportovními pomůckami přizpůsobenými pro jeho optimální zapojení.</t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení pomáhá žákovi, s podporou speciálních pomůcek, zlepšovat pohybové návyky a správně využívat dýchací a pohybový aparát. Žák využívá za podpory pedagoga speciální pomůcky, například rehabilitační míče a ovály, balanční plochy, klíny, polohovací hady, pomůcky na rozvoj koordinace, speciálně upravené nářadí a náčiní, které vedou k rozvoji a vnímání vlastního těla a pohybového aparátu.Příklady aktivit:Žák překonává různé překážky v aktivitě Opičí dráha, například podlézá nebo přeskakuje klíny, přechází přes balanční podložky a chodí po akupresurním chodníku. Cílem je rozvíjet koordinaci, rovnováhu a sílu.Žák chodí po různých typech povrchu (např. masážních ortopedických podložkách nebo balančním padáku), které stimulují chodidla a podporují správné držení a vnímání těla.Žák se učí koordinovat pohyby a udržovat rovnováhu při jízdě na trojkolce nebo koloběžce, což zároveň posiluje svaly nohou a zlepšuje motoriku.Žák si pod vedením pedagoga procvičuje dýchací techniky. Lehne si na záda, položí si overball na břicho a nadechuje se do míčku, což podporuje správné dýchání a posilování hlubokého svalstva.Žák spolupracuje ve dvojici nebo v malých skupinách při udržování rovnováhy na balančních podložkách, povzbuzuje ostatní a rozvíjí sociální dovednosti.Žák používá masážní míčky k masáži rukou nebo nohou před nebo po cvičení, což podporuje uvolnění svalů a lepší vnímání těla.</t>
+          <t>Očekávaný výsledek učení směruje žáka k vnímání vlastního těla, koordinaci dechových a pohybových aktivit, vnímání hudby a propojení hudby, zvuku a pohybu. Žák se orientuje v prostoru a umí správně využívat speciální pomůcky, které rozvíjejí koordinaci, motoriku, posilují oslabené partie a zkvalitňují svalový tonus.Příklady aktivit:Žák sedí nebo stojí na overballu a snaží se udržet rovnováhu, případně provádí jemné pohyby, které posilují hluboké stabilizační svaly.Žák cvičí s balanční podložkou tak, že střídá stání na jedné nebo obou nohách, přenáší váhu těla, provádí dřepy a přechází z jedné nohy na druhou.Žák využívá masážní míčky k masírování chodidel nebo jiných částí těla a také při protahování svalů.Žák se zapojuje do skupinové aktivity s balančním padákem, při níž spolu s ostatními drží jeho okraje, vytváří vlny, zvedá a spouští padák nebo pod něj schovává různé předměty.Žák chodí naboso po různých typech masážních ortopedických podložek a akupresurním chodníku, střídá chůzi po zemi a po vyvýšené ploše (např. lavičce), čímž stimuluje reflexní body na chodidlech.Žák absolvuje překážkovou dráhu, při níž prolézá, podlézá a přeskakuje překážky, chodí po kladině či nerovném povrchu.Žák se houpá vsedě nebo vleže na rehabilitační káče, přičemž zapojuje břišní a zádové svaly a trénuje stabilitu i sílu těla.</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P235" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q235" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22040,66 +22040,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J236" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-005</t>
+          <t>CZA-TEV-001-106-005</t>
         </is>
       </c>
       <c r="K236" s="0" t="inlineStr">
         <is>
-          <t>Podílet se na pohybových činnostech s doporučenými a dostupnými sportovními pomůckami přizpůsobenými pro jeho optimální zapojení.</t>
+          <t>Realizovat se v pohybových činnostech za pomoci upravených didaktických a sportovních pomůcek.</t>
         </is>
       </c>
       <c r="L236" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení směruje žáka k vnímání vlastního těla, koordinaci dechových a pohybových aktivit, vnímání hudby a propojení hudby, zvuku a pohybu. Žák se orientuje v prostoru a umí správně využívat speciální pomůcky, které rozvíjejí koordinaci, motoriku, posilují oslabené partie a zkvalitňují svalový tonus.Příklady aktivit:Žák sedí nebo stojí na overballu a snaží se udržet rovnováhu, případně provádí jemné pohyby, které posilují hluboké stabilizační svaly.Žák cvičí s balanční podložkou tak, že střídá stání na jedné nebo obou nohách, přenáší váhu těla, provádí dřepy a přechází z jedné nohy na druhou.Žák využívá masážní míčky k masírování chodidel nebo jiných částí těla a také při protahování svalů.Žák se zapojuje do skupinové aktivity s balančním padákem, při níž spolu s ostatními drží jeho okraje, vytváří vlny, zvedá a spouští padák nebo pod něj schovává různé předměty.Žák chodí naboso po různých typech masážních ortopedických podložek a akupresurním chodníku, střídá chůzi po zemi a po vyvýšené ploše (např. lavičce), čímž stimuluje reflexní body na chodidlech.Žák absolvuje překážkovou dráhu, při níž prolézá, podlézá a přeskakuje překážky, chodí po kladině či nerovném povrchu.Žák se houpá vsedě nebo vleže na rehabilitační káče, přičemž zapojuje břišní a zádové svaly a trénuje stabilitu i sílu těla.</t>
+          <t>Očekávaný výsledek učení pomáhá žákovi, s podporou speciálních pomůcek, zlepšovat pohybové návyky a správně využívat dýchací a pohybový aparát. Žák využívá za podpory pedagoga speciální pomůcky, například rehabilitační míče a ovály, balanční plochy, klíny, polohovací hady, pomůcky na rozvoj koordinace, speciálně upravené nářadí a náčiní, které vedou k rozvoji a vnímání vlastního těla a pohybového aparátu.Příklady aktivit:Žák překonává různé překážky v aktivitě Opičí dráha, například podlézá nebo přeskakuje klíny, přechází přes balanční podložky a chodí po akupresurním chodníku. Cílem je rozvíjet koordinaci, rovnováhu a sílu.Žák chodí po různých typech povrchu (např. masážních ortopedických podložkách nebo balančním padáku), které stimulují chodidla a podporují správné držení a vnímání těla.Žák se učí koordinovat pohyby a udržovat rovnováhu při jízdě na trojkolce nebo koloběžce, což zároveň posiluje svaly nohou a zlepšuje motoriku.Žák si pod vedením pedagoga procvičuje dýchací techniky. Lehne si na záda, položí si overball na břicho a nadechuje se do míčku, což podporuje správné dýchání a posilování hlubokého svalstva.Žák spolupracuje ve dvojici nebo v malých skupinách při udržování rovnováhy na balančních podložkách, povzbuzuje ostatní a rozvíjí sociální dovednosti.Žák používá masážní míčky k masáži rukou nebo nohou před nebo po cvičení, což podporuje uvolnění svalů a lepší vnímání těla.</t>
         </is>
       </c>
       <c r="M236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P236" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q236" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22132,66 +22132,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I237" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J237" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-006</t>
+          <t>CZA-TEV-001-110-006</t>
         </is>
       </c>
       <c r="K237" s="0" t="inlineStr">
         <is>
-          <t>Zdokonalovat základní pohybové činnosti spolu s ostatními žáky.</t>
+          <t>Podílet se na pohybových aktivitách spolu s ostatními žáky a vnímat význam pohybových aktivit pro zdraví.</t>
         </is>
       </c>
       <c r="L237" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení motivuje žáka ke zlepšování jeho pohybových dovedností. Žák je veden k vnímání vlastního těla, k posilování oslabených částí těla pomocí jednoduchých zdravotních, pohybových a posilovacích aktivit a ke zkvalitňování mobility a koordinace. Učí se také využívat relaxační a uvolňovací techniky.Příklady aktivit:Žák volí sportovní oblečení a připravuje se na pohybovou aktivitu. Prakticky vyzkouší, jaké oblečení a obuv jsou vhodné pro různé druhy pohybu (např. běhání, hry, cvičení v tělocvičně). Učitel může připravit módní přehlídku sportovního oblečení, kde děti diskutují o vhodnosti a nevhodnosti jednotlivých částí výstroje.Žák ve skupině před začátkem hry nebo cvičení provede jednoduchou rozcvičku, zahrnující základní protahovací cviky — natahování paží, nohou, krku a trupu. Učitel vede žáky krok po kroku, vysvětluje správné držení těla a dýchání.Žák se zapojuje do aerobních her na honěnou v různých variantách s různými pravidly (např. honěná se zastavením, honěná s předáváním žetonku). Učí se zapojit do hry s ohledem na své schopnosti a respektovat prostor i ostatní.Žák provádí jednoduché pozice jógy přizpůsobené věku a typu postižení, například pozice kočky, psa hlavou dolů nebo stromu. Cviky vedou k protažení a uvolnění svalů, zároveň rozvíjejí koncentraci a vnímání těla.Žák provádí cvičení na posílení svalů s pomůckami i bez pomůcek. Používá lehké míčky, míče na sezení nebo thera-bandy pro jednoduché posilování rukou, nohou a trupu. Žák je motivován k pohybu v běžném životě (např. chození pěšky na krátké procházky, jednoduché cviky doma).Žák hraje pohybové hry vyžadující spolupráci ve skupině, například Rybičky, rybičky, rybáři jedou, štafetové hry, honičky s předáváním předmětu nebo kolektivní skládání obrazců z těl. Zároveň rozvíjí koncentraci a postřeh pomocí her, jako jsou Cukr, káva, limonáda, Kuba řekl, Socha, Pozor, změna!, nebo dalších her s pravidly vyžadujícími reakci na signál. Po pohybové aktivitě provádí krátké dechové cvičení (např. pomalé nádechy a výdechy), vedenou relaxaci nebo vizualizaci pro zklidnění těla i mysli.</t>
+          <t>Očekávaný výsledek učení rozvíjí pohybové dovednosti žáka v kooperaci s ostatními žáky. Žák vnímá pohybové aktivity jako důležitou součást zdravého životního stylu. Učitel vede žáky k vytváření kladného vztahu k pohybovým aktivitám a jejich využití ve volném čase (procházky, výlety a další). Učitel zařazuje pohybové aktivity i mimo hodiny tělesné výchovy.Příklady aktivit:Žák se účastní hry Honzo, vstávej!, při níž sedí v kruhu a reaguje na zavolání svého jména (nebo jiného signálu, např. barvy, čísla či zvířecího zvuku) tak, že rychle vstane, oběhne kruh a znovu si sedne.Žák se zapojuje do her s padákem, při nichž společně s ostatními vytváří vlny, třese padákem, střídá pohyb ze dřepu do stoje, schovává se pod něj nebo na něj pokládá předměty.Žák se účastní skupinové rozcvičky, při níž spolupracuje s ostatními na provádění různých cviků, například protahovacích a posilovacích.Žák se zapojuje do pohybových her, jako je Na honěnou, Škatulata, hejbejte se, Honzo, vstávej nebo přetahovaná.Žák se účastní týmových sportů přizpůsobených jeho možnostem, například fotbalu nebo boccii.</t>
         </is>
       </c>
       <c r="M237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P237" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q237" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22224,66 +22224,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I238" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J238" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-006</t>
+          <t>CZA-TEV-001-106-006</t>
         </is>
       </c>
       <c r="K238" s="0" t="inlineStr">
         <is>
-          <t>Podílet se na pohybových aktivitách spolu s ostatními žáky a vnímat význam pohybových aktivit pro zdraví.</t>
+          <t>Zdokonalovat základní pohybové činnosti spolu s ostatními žáky.</t>
         </is>
       </c>
       <c r="L238" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení rozvíjí pohybové dovednosti žáka v kooperaci s ostatními žáky. Žák vnímá pohybové aktivity jako důležitou součást zdravého životního stylu. Učitel vede žáky k vytváření kladného vztahu k pohybovým aktivitám a jejich využití ve volném čase (procházky, výlety a další). Učitel zařazuje pohybové aktivity i mimo hodiny tělesné výchovy.Příklady aktivit:Žák se účastní hry Honzo, vstávej!, při níž sedí v kruhu a reaguje na zavolání svého jména (nebo jiného signálu, např. barvy, čísla či zvířecího zvuku) tak, že rychle vstane, oběhne kruh a znovu si sedne.Žák se zapojuje do her s padákem, při nichž společně s ostatními vytváří vlny, třese padákem, střídá pohyb ze dřepu do stoje, schovává se pod něj nebo na něj pokládá předměty.Žák se účastní skupinové rozcvičky, při níž spolupracuje s ostatními na provádění různých cviků, například protahovacích a posilovacích.Žák se zapojuje do pohybových her, jako je Na honěnou, Škatulata, hejbejte se, Honzo, vstávej nebo přetahovaná.Žák se účastní týmových sportů přizpůsobených jeho možnostem, například fotbalu nebo boccii.</t>
+          <t>Očekávaný výsledek učení motivuje žáka ke zlepšování jeho pohybových dovedností. Žák je veden k vnímání vlastního těla, k posilování oslabených částí těla pomocí jednoduchých zdravotních, pohybových a posilovacích aktivit a ke zkvalitňování mobility a koordinace. Učí se také využívat relaxační a uvolňovací techniky.Příklady aktivit:Žák volí sportovní oblečení a připravuje se na pohybovou aktivitu. Prakticky vyzkouší, jaké oblečení a obuv jsou vhodné pro různé druhy pohybu (např. běhání, hry, cvičení v tělocvičně). Učitel může připravit módní přehlídku sportovního oblečení, kde děti diskutují o vhodnosti a nevhodnosti jednotlivých částí výstroje.Žák ve skupině před začátkem hry nebo cvičení provede jednoduchou rozcvičku, zahrnující základní protahovací cviky — natahování paží, nohou, krku a trupu. Učitel vede žáky krok po kroku, vysvětluje správné držení těla a dýchání.Žák se zapojuje do aerobních her na honěnou v různých variantách s různými pravidly (např. honěná se zastavením, honěná s předáváním žetonku). Učí se zapojit do hry s ohledem na své schopnosti a respektovat prostor i ostatní.Žák provádí jednoduché pozice jógy přizpůsobené věku a typu postižení, například pozice kočky, psa hlavou dolů nebo stromu. Cviky vedou k protažení a uvolnění svalů, zároveň rozvíjejí koncentraci a vnímání těla.Žák provádí cvičení na posílení svalů s pomůckami i bez pomůcek. Používá lehké míčky, míče na sezení nebo thera-bandy pro jednoduché posilování rukou, nohou a trupu. Žák je motivován k pohybu v běžném životě (např. chození pěšky na krátké procházky, jednoduché cviky doma).Žák hraje pohybové hry vyžadující spolupráci ve skupině, například Rybičky, rybičky, rybáři jedou, štafetové hry, honičky s předáváním předmětu nebo kolektivní skládání obrazců z těl. Zároveň rozvíjí koncentraci a postřeh pomocí her, jako jsou Cukr, káva, limonáda, Kuba řekl, Socha, Pozor, změna!, nebo dalších her s pravidly vyžadujícími reakci na signál. Po pohybové aktivitě provádí krátké dechové cvičení (např. pomalé nádechy a výdechy), vedenou relaxaci nebo vizualizaci pro zklidnění těla i mysli.</t>
         </is>
       </c>
       <c r="M238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P238" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q238" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22316,66 +22316,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I239" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J239" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-110-007</t>
+          <t>CZA-TEV-001-106-007</t>
         </is>
       </c>
       <c r="K239" s="0" t="inlineStr">
         <is>
-          <t>Respektovat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
+          <t>Vnímat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
         </is>
       </c>
       <c r="L239" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k vnímání odlišností a k přijetí skutečnosti, že každý má jiné schopnosti, které nejsme schopni plně ovlivnit. Žák dokáže podporovat a pomáhat slabším spolužákům, umí se radovat z úspěchu ostatních. Má radost a potěšení z pohybu bez potřeby porovnávání se s ostatními. Snaží se u sebe nacházet motivaci k překonávání překážek, i za cenu částečného nepohodlí.Příklady aktivit:Žák se účastní pohybových aktivit v přírodě, například vycházek nebo túr, při nichž přizpůsobuje tempo chůze pomalejším spolužákům, nabízí pomoc s batohem či zavazadlem a hledá alternativní trasy, aby se mohli zapojit i spolužáci s pohybovým omezením.Žák se zapojuje do zimních radovánek, například sáňkování nebo her na sněhu, při nichž spolupracuje v týmu, zapojuje i spolužáky, kteří se obtížněji pohybují (např. pomoc při přesunu na svah nebo navržení hry, které se může zúčastnit i spolužák na vozíku).Žák spolupracuje během společného plavání, při němž je učitelem veden k vytváření podpůrných dvojic nebo malých skupin, které pomáhají méně jistým plavcům, povzbuzuje je, podporuje verbálně i neverbálně a učí se reagovat na potřeby druhých.Žák se zapojuje do pohybových her a soutěží, při nichž cíleně povzbuzuje spoluhráče, kteří si méně věří, učí se oceňovat úspěchy ostatních a soustředí se na radost z účasti, nikoli jen na výhru.Žák se aktivně podílí na realizaci fáborkové stezky, při níž starší žáci připraví pro mladší spolužáky jednoduché úkoly (např. hod šiškou na cíl, zpívání písničky nebo poznávání přírody) a společně je procházejí, čímž se rozvíjí odpovědnost starších a přirozená pomoc mladším nebo méně schopným spolužákům.</t>
+          <t>Očekávaný výsledek učení vede žáka k uvědomění, že každý má jiné možnosti, dovednosti a schopnosti a je potřeba se vzájemně povzbuzovat a podporovat, aby byl pohyb pro všechny radostí a potěšením. Žák dokáže respektovat individualitu, chápe, že je důležité, aby všichni spolužáci byli součástí týmu, nehledě na výkon, který podávají. Žák je veden k rozvoji empatie a ohleduplnosti.Příklady aktivit:Žák se zapojuje do přetahované v týmech. Každý tým se snaží přetáhnout lano na svou stranu. Učitel může žáky předem motivovat, aby při hře vzájemně povzbuzovali spoluhráče.Žák přelézá překážkovou dráhu s různými prvky (např. přelézání přes lavičku, prolézání pod švihadlem, běh kolem kuželek, přeskakování překážek). Žák absolvuje překážkovou dráhu ve dvojicích nebo malých týmech, kde si účastníci vzájemně pomáhají.Žák se účastní štafetových závodů zaměřených na rozvoj různých dovedností. Učitel žáky rozdělí do týmů, každý člen týmu plní jiný úkol (např. běh s míčem, skákání v pytli, házení kroužků na cíl). Tým spolupracuje, aby co nejrychleji dokončil závod.Žák se vydává na vycházky do přírody s herními úkoly (např. sbírání listů podle barvy, hledání přírodních pokladů nebo chůze po kládě). Žák se zapojuje do pohybových aktivit na dětském hřišti – na prolézačkách, houpačkách, klouzačkách (např. závody v lezení nebo společné stavění hnízda z větví a listí).Žák se účastní sezonních aktivit – na jaře absolvuje fáborkové hry s pokladem, v létě skupinové plavecké hry, na podzim se podílí na pouštění draků a v zimě soutěží v bobování na sněhu, hraje hry na sněhu, staví sněhuláky a sněhové pevnosti a účastní se koulování.</t>
         </is>
       </c>
       <c r="M239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P239" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q239" s="0" t="inlineStr">
         <is>
           <t/>
@@ -22408,66 +22408,66 @@
           <t>Vzdělávací obor Tělesná výchova podporuje celkový rozvoj žáka a rozvíjí jeho celoživotní potřebu pohybové aktivity. Je realizován s ohledem na věk, pohybové schopnosti a psychomotorickou úroveň žáka. Výuka zahrnuje řízené činnosti i spontánní aktivity, které vedou k aktivizaci žáka, budování pozitivních pohybových návyků a případné korekci zdravotních oslabení.S ohledem na věk, pohybové možnosti a případná omezení vyplývající ze specifických vzdělávacích potřeb žáka usiluje vzdělávací obor o maximální rozvoj spontaneity v pohybových aktivitách. Tyto aktivity přispívají k eliminaci sedavého způsobu života a celkové tělesné pasivity. Nedílnou součástí výuky je také relaxace a odpočinkové činnosti, a to nejen v hodinách tělesné výchovy, ale i v rámci ostatních vyučovacích předmětů.Vzdělávací obor Tělesná výchova zahrnuje jeden tematický okruh: Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví. </t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
           <t>Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh Aplikovaná tělesná výchova – činnosti ovlivňující a podporující pohybové učení a zdraví je jediným tematickým okruhem ve vzdělávacím oboru Tělesná výchova, proto má shodnou charakteristiku.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="H240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I240" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J240" s="0" t="inlineStr">
         <is>
-          <t>CZA-TEV-001-106-007</t>
+          <t>CZA-TEV-001-110-007</t>
         </is>
       </c>
       <c r="K240" s="0" t="inlineStr">
         <is>
-          <t>Vnímat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
+          <t>Respektovat jiné žáky a uvědomovat si odlišné schopnosti v pohybových dovednostech.</t>
         </is>
       </c>
       <c r="L240" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení vede žáka k uvědomění, že každý má jiné možnosti, dovednosti a schopnosti a je potřeba se vzájemně povzbuzovat a podporovat, aby byl pohyb pro všechny radostí a potěšením. Žák dokáže respektovat individualitu, chápe, že je důležité, aby všichni spolužáci byli součástí týmu, nehledě na výkon, který podávají. Žák je veden k rozvoji empatie a ohleduplnosti.Příklady aktivit:Žák se zapojuje do přetahované v týmech. Každý tým se snaží přetáhnout lano na svou stranu. Učitel může žáky předem motivovat, aby při hře vzájemně povzbuzovali spoluhráče.Žák přelézá překážkovou dráhu s různými prvky (např. přelézání přes lavičku, prolézání pod švihadlem, běh kolem kuželek, přeskakování překážek). Žák absolvuje překážkovou dráhu ve dvojicích nebo malých týmech, kde si účastníci vzájemně pomáhají.Žák se účastní štafetových závodů zaměřených na rozvoj různých dovedností. Učitel žáky rozdělí do týmů, každý člen týmu plní jiný úkol (např. běh s míčem, skákání v pytli, házení kroužků na cíl). Tým spolupracuje, aby co nejrychleji dokončil závod.Žák se vydává na vycházky do přírody s herními úkoly (např. sbírání listů podle barvy, hledání přírodních pokladů nebo chůze po kládě). Žák se zapojuje do pohybových aktivit na dětském hřišti – na prolézačkách, houpačkách, klouzačkách (např. závody v lezení nebo společné stavění hnízda z větví a listí).Žák se účastní sezonních aktivit – na jaře absolvuje fáborkové hry s pokladem, v létě skupinové plavecké hry, na podzim se podílí na pouštění draků a v zimě soutěží v bobování na sněhu, hraje hry na sněhu, staví sněhuláky a sněhové pevnosti a účastní se koulování.</t>
+          <t>Očekávaný výsledek učení vede žáka k vnímání odlišností a k přijetí skutečnosti, že každý má jiné schopnosti, které nejsme schopni plně ovlivnit. Žák dokáže podporovat a pomáhat slabším spolužákům, umí se radovat z úspěchu ostatních. Má radost a potěšení z pohybu bez potřeby porovnávání se s ostatními. Snaží se u sebe nacházet motivaci k překonávání překážek, i za cenu částečného nepohodlí.Příklady aktivit:Žák se účastní pohybových aktivit v přírodě, například vycházek nebo túr, při nichž přizpůsobuje tempo chůze pomalejším spolužákům, nabízí pomoc s batohem či zavazadlem a hledá alternativní trasy, aby se mohli zapojit i spolužáci s pohybovým omezením.Žák se zapojuje do zimních radovánek, například sáňkování nebo her na sněhu, při nichž spolupracuje v týmu, zapojuje i spolužáky, kteří se obtížněji pohybují (např. pomoc při přesunu na svah nebo navržení hry, které se může zúčastnit i spolužák na vozíku).Žák spolupracuje během společného plavání, při němž je učitelem veden k vytváření podpůrných dvojic nebo malých skupin, které pomáhají méně jistým plavcům, povzbuzuje je, podporuje verbálně i neverbálně a učí se reagovat na potřeby druhých.Žák se zapojuje do pohybových her a soutěží, při nichž cíleně povzbuzuje spoluhráče, kteří si méně věří, učí se oceňovat úspěchy ostatních a soustředí se na radost z účasti, nikoli jen na výhru.Žák se aktivně podílí na realizaci fáborkové stezky, při níž starší žáci připraví pro mladší spolužáky jednoduché úkoly (např. hod šiškou na cíl, zpívání písničky nebo poznávání přírody) a společně je procházejí, čímž se rozvíjí odpovědnost starších a přirozená pomoc mladším nebo méně schopným spolužákům.</t>
         </is>
       </c>
       <c r="M240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P240" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q240" s="0" t="inlineStr">
         <is>
           <t/>
@@ -30676,66 +30676,66 @@
           <t>Žák je veden k tomu, aby věnoval plnou pozornost tomu, co druhá osoba sděluje. Učí se naslouchat lidem, vnímat jejich potřeby, což mu pomáhá zapojit se do okolního světa a navazovat vztahy. Získává dovednost vnímat signály verbální či neverbální komunikace a reagovat na sdělované informace. Komunikační kompetence umožňuje efektivní komunikaci a interakci s okolím. Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>KKA-POR-000-106-001</t>
+          <t>KKA-POR-000-110-001</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>Reagovat na jednoduché pokyny, vyjádřit souhlas či nesouhlas.</t>
+          <t>Reagovat verbálně nebo neverbálně na komunikační sdělení partnera.</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Učitel zadává krátké a jednoznačné pokyny, které doprovází gesty nebo vizuálními podněty (např. „Podej míč.“, „Pojď sem.“).Pokyny a informace opakuje, někdy za využití různých forem vyjádření, pokud to napomáhá porozumění žáka.Do komunikace se žáky zařazuje metody augmentativní a alternativní komunikace.Nacvičuje se žáky základní gesta pro vyjádření jednoduchých pojmů, např. „Ano.“, „Hotovo.“, „Další.“.Využívá opakující se fráze anebo říkanky, které žákům pomáhají osvojit si konkrétní postupy (např. jak se usadit do lavice, jak uchopit psací náčiní).NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák poslechne pokyn typu „Přines hračku.“, „Otevři knihu.“ a reaguje na něj provedením konkrétního úkonu. Může také reagovat neverbálně (např. palcem nahoru, kroutěním nebo kýváním hlavou), pomocí symbolů nebo jednoduchou slovní odpovědí.Sleduje učitele nebo spolužáka, pokud neví, jak pokyn splnit.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Učitel používá otázky, které podporují zapojení do konverzace (např. „Co děláš?“, „Co máš rád?“).Navazuje oční kontakt se žáky a vyžaduje totéž od nich při společném hovoru.Pobízí žáky k používání slovních odpovědí podle svých schopností (tj. jednoslovné reakce nebo celé věty).Učí žáky odpovídat na otázky typu „Kdo?“, „Co?“, „Jak?“, „Proč?“ pomocí jednoslovných či víceslovných vět.Trénuje se žáky užití augmentativní a alternativní komunikace v souladu se zadanými pokyny.Vede žáky k tomu, aby reagovali na dotazy a podněty podle svých aktuálních komunikačních schopností, a pobízí je k jednoduchému vyjádření reakce na promluvu druhého žáka.NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák odpovídá jednoduchými slovy („Ano.“, „Ne.“, „Dobře.“) i rozvitými větami v reakci na druhého.Zapojuje se do konverzace o svých činnostech, zájmech a zážitcích.Přikývne, usměje se nebo zamračí jako odpověď na otázku.Sleduje spolužáky a reaguje na ně při rozhovoru nebo hře.Reaguje na učitele či asistenta při pokynu nebo dotazu a komunikuje se spolužáky.Odpovídá na různé typy otázek podle svých možností.</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t/>
@@ -30768,66 +30768,66 @@
           <t>Žák je veden k tomu, aby věnoval plnou pozornost tomu, co druhá osoba sděluje. Učí se naslouchat lidem, vnímat jejich potřeby, což mu pomáhá zapojit se do okolního světa a navazovat vztahy. Získává dovednost vnímat signály verbální či neverbální komunikace a reagovat na sdělované informace. Komunikační kompetence umožňuje efektivní komunikaci a interakci s okolím. Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>KKA-POR-000-110-001</t>
+          <t>KKA-POR-000-106-001</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
-          <t>Reagovat verbálně nebo neverbálně na komunikační sdělení partnera.</t>
+          <t>Reagovat na jednoduché pokyny, vyjádřit souhlas či nesouhlas.</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Učitel používá otázky, které podporují zapojení do konverzace (např. „Co děláš?“, „Co máš rád?“).Navazuje oční kontakt se žáky a vyžaduje totéž od nich při společném hovoru.Pobízí žáky k používání slovních odpovědí podle svých schopností (tj. jednoslovné reakce nebo celé věty).Učí žáky odpovídat na otázky typu „Kdo?“, „Co?“, „Jak?“, „Proč?“ pomocí jednoslovných či víceslovných vět.Trénuje se žáky užití augmentativní a alternativní komunikace v souladu se zadanými pokyny.Vede žáky k tomu, aby reagovali na dotazy a podněty podle svých aktuálních komunikačních schopností, a pobízí je k jednoduchému vyjádření reakce na promluvu druhého žáka.NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák odpovídá jednoduchými slovy („Ano.“, „Ne.“, „Dobře.“) i rozvitými větami v reakci na druhého.Zapojuje se do konverzace o svých činnostech, zájmech a zážitcích.Přikývne, usměje se nebo zamračí jako odpověď na otázku.Sleduje spolužáky a reaguje na ně při rozhovoru nebo hře.Reaguje na učitele či asistenta při pokynu nebo dotazu a komunikuje se spolužáky.Odpovídá na různé typy otázek podle svých možností.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Učitel zadává krátké a jednoznačné pokyny, které doprovází gesty nebo vizuálními podněty (např. „Podej míč.“, „Pojď sem.“).Pokyny a informace opakuje, někdy za využití různých forem vyjádření, pokud to napomáhá porozumění žáka.Do komunikace se žáky zařazuje metody augmentativní a alternativní komunikace.Nacvičuje se žáky základní gesta pro vyjádření jednoduchých pojmů, např. „Ano.“, „Hotovo.“, „Další.“.Využívá opakující se fráze anebo říkanky, které žákům pomáhají osvojit si konkrétní postupy (např. jak se usadit do lavice, jak uchopit psací náčiní).NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák poslechne pokyn typu „Přines hračku.“, „Otevři knihu.“ a reaguje na něj provedením konkrétního úkonu. Může také reagovat neverbálně (např. palcem nahoru, kroutěním nebo kýváním hlavou), pomocí symbolů nebo jednoduchou slovní odpovědí.Sleduje učitele nebo spolužáka, pokud neví, jak pokyn splnit.</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t/>
@@ -32424,66 +32424,66 @@
           <t>Složka klíčové kompetence rozvíjí odpovědnost žáka za vlastní chování podle pokynů kompetentních osob. Žák využívá rituály a naučené postupy chování v souladu se zásadami zdravého životního stylu.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>KBA-KOC-000-106-001</t>
+          <t>KBA-KOC-000-110-001</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t>Přijímat odpovědnost za své školní povinnosti.</t>
+          <t>Sdílet odpovědnost za své chování ve školním prostředí.</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Učitel stanovuje jasná pravidla a strukturu školních povinností. Vytváří vizuální rozvrh dne, symboly s úkoly nebo jednoduché kontrolní seznamy, které pomáhají žákům lépe pochopit své povinnosti a porozumět jimPřiděluje žákům jednoduché úkoly, pravidelně střídá zodpovědnost všech žáků ve třídě (např. rozdávání pomůcek, mazání tabule, úklid určité části třídy). Zadává všem žákům za úkol připravit si pomůcky na hodinu nebo se postarat o úklid svého pracovního místa.Využívá příběhy, pohádky nebo situace z reálného života, v nichž musí hlavní postavy převzít určitou zodpovědnost za své chování. V souladu s porozuměním žáků s nimi ukazuje, jaké zodpovědné chování v příběhu si zaslouží ocenění.Když se žákům něco nepovede, společně hledají řešení. Pobízí žáky k dokončení či k nápravě nedokončených povinností.NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák plní jednoduché úkoly podle pokynů učitele (např. připravuje si pomůcky na výuku, uklízí své pracovní místo nebo rozdává pomůcky spolužákům).Dokončuje úkol, se kterým si nevěděl rady, pokud mu učitel nebo asistent nejprve pomůže a navede ho na další postup.Dodržuje stanovená pravidla a školní režim. Ví, kde ve třídě nalezne rozpis (např. ve formě obrázků, symbolů, hesel), který mu napoví, co ho čeká nebo jaké chování se od něj očekává. Rozumí tomu, k čemu rozpis slouží, a umí se jím řídit.Pokud zapomene na úkol nebo povinnost, akceptuje připomínku.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Učitel podporuje spolupráci a odpovědnost žáků. Zařazuje skupinové úkoly, při nichž má každý člen týmu svou roli, ale skupina pracuje na společném cíli (např. úklid třídy, příprava pomůcek na aktivitu).Společně se žáky vytváří jednoduchá pravidla, která se týkají vzájemného chování a péče o společný prostor (třídu). Tato pravidla jsou vyvěšená na viditelném místě ve třídě. Učitel žáky povzbuzuje, aby si navzájem pomáhali s dodržováním stanovených pravidel.Zařazuje modelové situace a rolové hry, v nichž si žáci trénují, jak převzít odpovědnost za své chování (např. omluvit se druhému za nevhodné chování, požádat o pomoc, pomoct druhému).NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák dodržuje třídní pravidla (např. pracuje přiměřeně potichu, udržuje pořádek, chová se ohleduplně k ostatním).Spolupracuje se spolužáky na skupinových úkolech a aktivitách a pomáhá ostatním.Pokud něco pokazí (např. rozlije vodu nebo poškodí nějakou věc), snaží se situaci bez zbytečného rozčilování napravit.Pomáhá při úklidu svého pracovního místa, ukládá věci na určená místa a přijímá úkoly přidělené všem žákům ve třídě.Když vidí, že spolužák potřebuje pomoc, buď mu pomůže přímo, nebo dá najevo učiteli či asistentovi, že pomoc je potřeba.</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q26" s="0" t="inlineStr">
         <is>
           <t/>
@@ -32516,66 +32516,66 @@
           <t>Složka klíčové kompetence rozvíjí odpovědnost žáka za vlastní chování podle pokynů kompetentních osob. Žák využívá rituály a naučené postupy chování v souladu se zásadami zdravého životního stylu.Očekávané výsledky učení jsou vzhledem k možnostem žáků formulované ve tvaru infinitivu, kterému předchází formulace: „Žák by měl“.</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>KBA-KOC-000-110-001</t>
+          <t>KBA-KOC-000-106-001</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
-          <t>Sdílet odpovědnost za své chování ve školním prostředí.</t>
+          <t>Přijímat odpovědnost za své školní povinnosti.</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Učitel podporuje spolupráci a odpovědnost žáků. Zařazuje skupinové úkoly, při nichž má každý člen týmu svou roli, ale skupina pracuje na společném cíli (např. úklid třídy, příprava pomůcek na aktivitu).Společně se žáky vytváří jednoduchá pravidla, která se týkají vzájemného chování a péče o společný prostor (třídu). Tato pravidla jsou vyvěšená na viditelném místě ve třídě. Učitel žáky povzbuzuje, aby si navzájem pomáhali s dodržováním stanovených pravidel.Zařazuje modelové situace a rolové hry, v nichž si žáci trénují, jak převzít odpovědnost za své chování (např. omluvit se druhému za nevhodné chování, požádat o pomoc, pomoct druhému).NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák dodržuje třídní pravidla (např. pracuje přiměřeně potichu, udržuje pořádek, chová se ohleduplně k ostatním).Spolupracuje se spolužáky na skupinových úkolech a aktivitách a pomáhá ostatním.Pokud něco pokazí (např. rozlije vodu nebo poškodí nějakou věc), snaží se situaci bez zbytečného rozčilování napravit.Pomáhá při úklidu svého pracovního místa, ukládá věci na určená místa a přijímá úkoly přidělené všem žákům ve třídě.Když vidí, že spolužák potřebuje pomoc, buď mu pomůže přímo, nebo dá najevo učiteli či asistentovi, že pomoc je potřeba.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Učitel stanovuje jasná pravidla a strukturu školních povinností. Vytváří vizuální rozvrh dne, symboly s úkoly nebo jednoduché kontrolní seznamy, které pomáhají žákům lépe pochopit své povinnosti a porozumět jimPřiděluje žákům jednoduché úkoly, pravidelně střídá zodpovědnost všech žáků ve třídě (např. rozdávání pomůcek, mazání tabule, úklid určité části třídy). Zadává všem žákům za úkol připravit si pomůcky na hodinu nebo se postarat o úklid svého pracovního místa.Využívá příběhy, pohádky nebo situace z reálného života, v nichž musí hlavní postavy převzít určitou zodpovědnost za své chování. V souladu s porozuměním žáků s nimi ukazuje, jaké zodpovědné chování v příběhu si zaslouží ocenění.Když se žákům něco nepovede, společně hledají řešení. Pobízí žáky k dokončení či k nápravě nedokončených povinností.NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Žák plní jednoduché úkoly podle pokynů učitele (např. připravuje si pomůcky na výuku, uklízí své pracovní místo nebo rozdává pomůcky spolužákům).Dokončuje úkol, se kterým si nevěděl rady, pokud mu učitel nebo asistent nejprve pomůže a navede ho na další postup.Dodržuje stanovená pravidla a školní režim. Ví, kde ve třídě nalezne rozpis (např. ve formě obrázků, symbolů, hesel), který mu napoví, co ho čeká nebo jaké chování se od něj očekává. Rozumí tomu, k čemu rozpis slouží, a umí se jím řídit.Pokud zapomene na úkol nebo povinnost, akceptuje připomínku.</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q27" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35147,51 +35147,51 @@
           <t/>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
           <t>PTP-000-000-110-001</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Vyjádřit vlastní potřeby při utváření vzdělávacího prostředí a současně vnímat i potřeby ostatních.</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk, jeho osobnost a svět práce, Jazyk a jazyková komunikace, Umění a kultura, Člověk, zdraví a bezpečí.Učitel vytváří prostředí, kde klíčovou roli hraje vizuální podpora, opakování a pozitivní motivace. Zaměřuje se na podporu žáka ve vyjádření jeho potřeb a vnímání potřeb ostatních, a to prostřednictvím vhodných metod komunikace, sociální interakce a augmentativní a alternativní komunikace.Žáci se aktivně nebo pasivně zapojují do aktivit. Mohou například vybrat místo k sezení, oblíbenou činnost nebo reagovat na potřeby ostatních.Příklady aktivit:Žák vyjadřuje své aktuální potřeby nebo emoce pomocí emočních karet a zároveň rozpoznává emoce druhých.Žák nacvičuje různé formy pomoci druhým prostřednictvím hraní rolí (např. podání hračky, přidržení dveří nebo podání pití). Následně učitel nabídne praktickou příležitost, aby danou pomoc skutečně vykonal (např. přidržel dveře nebo podal předmět).Žák procvičuje jednoduché rozhodování na základě nabídky dvou variant (např. „Chceš být tady, nebo tam?“ nebo „Chceš si hrát s autem, nebo s panenkou?“). Žák svou volbu ukáže gestem, ukázáním nebo ji vyjádří slovně.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Jazyk a jazyková komunikace, Člověk a společnost, Umění a kultura a Člověk, zdraví a bezpečí.Učitel vytváří prostředí, kde klíčovou roli hraje vizuální podpora, opakování a pozitivní motivace. Zaměřuje se na podporu žáka ve vyjádření jeho potřeb a vnímání potřeb ostatních, a to prostřednictvím vhodných metod komunikace, sociální interakce a augmentativní a alternativní komunikace.Žáci se aktivně nebo pasivně zapojují do aktivit. Mohou například vybrat místo k sezení, oblíbenou činnost nebo reagovat na potřeby ostatních.Příklady aktivit:Žák vyjadřuje své aktuální potřeby nebo emoce pomocí emočních karet a zároveň rozpoznává emoce druhých.Žák nacvičuje různé formy pomoci druhým prostřednictvím hraní rolí (např. podání hračky, přidržení dveří nebo podání pití). Následně učitel nabídne praktickou příležitost, aby danou pomoc skutečně vykonal (např. přidržel dveře nebo podal předmět).Žák procvičuje jednoduché rozhodování na základě nabídky dvou variant (např. „Chceš být tady, nebo tam?“ nebo „Chceš si hrát s autem, nebo s panenkou?“). Žák svou volbu ukáže gestem, ukázáním nebo ji vyjádří slovně.</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35239,51 +35239,51 @@
           <t/>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
           <t>PTP-000-000-106-001</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t>Zapojovat se do nabízených aktivit podporujících péči o své potřeby.</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Člověk, zdraví a bezpečí.Učitel pomocí vizuálních pomůcek, praktických ukázek a pravidelných rutinních činností vede žáky k tomu, aby se učili starat se o sebe a přebírat zodpovědnost za svou pohodu a zdraví. Žák napodobuje a opakuje slova, dotýká se předmětů a manipuluje s nimi podle pokynů.Příklady aktivit:Žák hraje hru Oblékání podle počasí: Co si vezmu dnes, jejímž cílem je umět zvolit vhodné oblečení podle počasí. Učitel připraví obrázky různých typů počasí (např. slunce, déšť, sníh nebo vítr). Žák k obrázkům počasí přiřazuje vhodné oblečení (např. kabát, tričko, holínky nebo čepici).Žák rozpoznává různé druhy materiálů. Pracuje se sáčky obsahujícími vzorky materiálů (např. bavlna, hedvábí, plast, papír, kov), zkoumá je hmatem a pokouší se určit, o jaký materiál se jedná.Žák aktivně pečuje o své tělo. Má osvojené kroky základní hygieny (mytí rukou, obličeje, čištění zubů). Využívá vizuální rozvrh pro organizaci školního dne a pro zvládání rutinních činností.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Jazyk a jazyková komunikace, Člověk a jeho svět, Člověk, zdraví a bezpečí a Člověk, jeho osobnost a svět práce.Učitel pomocí vizuálních pomůcek, praktických ukázek a pravidelných rutinních činností vede žáky k tomu, aby se učili starat se o sebe a přebírat zodpovědnost za svou pohodu a zdraví. Žák napodobuje a opakuje slova, dotýká se předmětů a manipuluje s nimi podle pokynů.Příklady aktivit:Žák hraje hru Oblékání podle počasí: Co si vezmu dnes, jejímž cílem je umět zvolit vhodné oblečení podle počasí. Učitel připraví obrázky různých typů počasí (např. slunce, déšť, sníh nebo vítr). Žák k obrázkům počasí přiřazuje vhodné oblečení (např. kabát, tričko, holínky nebo čepici).Žák rozpoznává různé druhy materiálů. Pracuje se sáčky obsahujícími vzorky materiálů (např. bavlna, hedvábí, plast, papír, kov), zkoumá je hmatem a pokouší se určit, o jaký materiál se jedná.Žák aktivně pečuje o své tělo. Má osvojené kroky základní hygieny (mytí rukou, obličeje, čištění zubů). Využívá vizuální rozvrh pro organizaci školního dne a pro zvládání rutinních činností.</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q3" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35316,66 +35316,66 @@
           <t/>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 6. ročník</t>
+          <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>PTP-000-000-106-002</t>
+          <t>PTP-000-000-110-002</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>Účastnit se nabízených aktivit podporujících wellbeing s ohledem na členy nejbližší sociální skupiny.</t>
+          <t>Volit nabízené aktivity péče o sebe na základě vlastních zkušeností.</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk, jeho osobnost a svět práce, Jazyk a jazyková komunikace, Člověk, zdraví a bezpečí.Učitel vytváří příležitosti pro žáky, aby se účastnili aktivit, které zohledňují nejen jejich vlastní potřeby, ale i potřeby ostatních (rodiny, kamarádů, členů školního kolektivu). Učitel pomáhá posilovat komunitu a rozvíjet důležité sociální dovednosti. Žáci se zapojují do skupinových činností.Příklady aktivit:Žák rozvíjí prostřednictvím dramatizace a hraní rolí (např. hra na obchod nebo pomoc kamarádovi v nouzi) sociální dovednosti, empatii a komunikační schopnosti. Žák využívá skupinovou relaxaci a mindfulness k uvolnění, podpoře vnímání vlastního těla i druhých a rozvoji vnitřního klidu. Využívá například dechová cvičení s bublinami, masáže nebo poslouchá relaxační hudbu.Žák se zúčastní společných akcí zaměřených na týmovou práci (např. společná výzdoba třídy nebo příprava svačiny či občerstvení pro spolužáky).</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a příroda, Umění a kultura, Člověk, zdraví a bezpečí a Člověk, jeho osobnost a svět práce.Učitel vytváří prostředí, ve kterém dává žákům možnost volit mezi aktivitami péče o sebe na základě jejich zkušeností a schopností. Využívá strukturovaný přístup, vizuální a hmatovou podporu, přičemž respektuje individuální potřeby jednotlivých žáků.Žáci si postupně rozvíjejí nejen schopnost volby, ale také samostatnost a sebevědomí v oblasti péče o sebe. Jsou vedeni k aktivnímu rozhodování.Příklady aktivit:Žák si na základě nabídky samostatně volí, jakou odpočinkovou aktivitu chce v daném čase vykonávat, a tím rozvíjí schopnost rozhodování (např. „Budeš si hrát s auty, nebo skládat puzzle?“).Žák usiluje o dosažení maximální možné míry samostatnosti v oblasti sebeobsluhy a manipuluje s reálnými předměty (např. při výběru a použití hygienických potřeb). Žák využívá strukturovaný nácvik s postupovými kartami (např. obrázky jednotlivých kroků při mytí rukou).</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35408,66 +35408,66 @@
           <t/>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>Díl I – 10. ročník</t>
+          <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>PTP-000-000-110-002</t>
+          <t>PTP-000-000-106-002</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t>Volit nabízené aktivity péče o sebe na základě vlastních zkušeností.</t>
+          <t>Účastnit se nabízených aktivit podporujících wellbeing s ohledem na členy nejbližší sociální skupiny.</t>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk, jeho osobnost a svět práce, Jazyk a jazyková komunikace, Umění a kultura, Člověk, zdraví a bezpečí.Učitel vytváří prostředí, ve kterém dává žákům možnost volit mezi aktivitami péče o sebe na základě jejich zkušeností a schopností. Využívá strukturovaný přístup, vizuální a hmatovou podporu, přičemž respektuje individuální potřeby jednotlivých žáků.Žáci si postupně rozvíjejí nejen schopnost volby, ale také samostatnost a sebevědomí v oblasti péče o sebe. Jsou vedeni k aktivnímu rozhodování.Příklady aktivit:Žák si na základě nabídky samostatně volí, jakou odpočinkovou aktivitu chce v daném čase vykonávat, a tím rozvíjí schopnost rozhodování (např. „Budeš si hrát s auty, nebo skládat puzzle?“).Žák usiluje o dosažení maximální možné míry samostatnosti v oblasti sebeobsluhy a manipuluje s reálnými předměty (např. při výběru a použití hygienických potřeb). Žák využívá strukturovaný nácvik s postupovými kartami (např. obrázky jednotlivých kroků při mytí rukou).</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Jazyk a jazyková komunikace, Člověk a jeho svět, Umění a kultura, Člověk, zdraví a bezpečí a Člověk, jeho osobnost a svět práce.Učitel vytváří příležitosti pro žáky, aby se účastnili aktivit, které zohledňují nejen jejich vlastní potřeby, ale i potřeby ostatních (rodiny, kamarádů, členů školního kolektivu). Učitel pomáhá posilovat komunitu a rozvíjet důležité sociální dovednosti. Žáci se zapojují do skupinových činností.Příklady aktivit:Žák rozvíjí prostřednictvím dramatizace a hraní rolí (např. hra na obchod nebo pomoc kamarádovi v nouzi) sociální dovednosti, empatii a komunikační schopnosti. Žák využívá skupinovou relaxaci a mindfulness k uvolnění, podpoře vnímání vlastního těla i druhých a rozvoji vnitřního klidu. Využívá například dechová cvičení s bublinami, masáže nebo poslouchá relaxační hudbu.Žák se zúčastní společných akcí zaměřených na týmovou práci (např. společná výzdoba třídy nebo příprava svačiny či občerstvení pro spolužáky).</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q5" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35515,51 +35515,51 @@
           <t/>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
           <t>PTP-000-000-110-003</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t>Podílet se společně s ostatními členy školní skupiny na aktivitách, které podporují wellbeing.</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Jazyk a jazyková komunikace, Umění a kultura, Člověk, zdraví a bezpečí.Učitel vytváří bezpečné a podporující prostředí za aktivní účasti žáků. Žáci naplňují tento výstup aktivním zapojením do skupinových aktivit zaměřených na podporu pozitivní sociální interakce.Příklady aktivit: Žák se aktivně zapojuje do společných relaxačních aktivit a pohybových činností (např. poslech relaxační hudby, dechová cvičení, masáže, jóga).Žák se účastní kooperativních aktivit (např. společné skládání puzzle se spolužákem, vytváření plakátu, týmové míčové hry).Žák se podílí na společné péči o školní prostředí (např. úklid hraček, zalévání květin).</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Umění a kultura a Člověk, jeho osobnost a svět práce.Učitel vytváří bezpečné a podporující prostředí za aktivní účasti žáků. Žáci naplňují tento výstup aktivním zapojením do skupinových aktivit zaměřených na podporu pozitivní sociální interakce.Příklady aktivit: Žák se aktivně zapojuje do společných relaxačních aktivit a pohybových činností (např. poslech relaxační hudby, dechová cvičení, masáže, jóga).Žák se účastní kooperativních aktivit (např. společné skládání puzzle se spolužákem, vytváření plakátu, týmové míčové hry).Žák se podílí na společné péči o školní prostředí (např. úklid hraček, zalévání květin).</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q6" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35607,51 +35607,51 @@
           <t/>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
           <t>PTS-000-000-106-001</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t>Poskytnout pomoct spolužákovi v případě potřeby.</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Jazyk a jazyková komunikace, Člověk, zdraví a bezpečí.Učitel vytváří bezpečné a podporující prostředí, ve kterém se žáci učí, jak pomáhat ostatním. Na základě modelování chování ukazuje příklady pomoci v reálných situacích a vede žáky k nácviku sociálních dovedností prostřednictvím her a scének.Žáci se zapojují do kooperativních aktivit v rámci výuky, přičemž učitel oceňuje situace, ve kterých si žáci navzájem pomáhají, a motivuje je k dalším prosociálním projevům.Příklady aktivit:Žák se aktivně zapojuje do aktivity Kruh důvěry. Každý má možnost sdílet, co ho potěšilo, co ho trápí, komu pomohl nebo kdo pomohl jemu. Učitel využívá jednoduché otázky: „Pomohl mi dnes někdo?“, „Komu jsem pomohl já?“ nebo „Jak jsme se cítili?“.Žák prostřednictvím dramatizace nacvičuje sociální situace zaměřené na pomoc druhým. Příběhy představují konkrétní situace ve třídě, například: „Pavlíkovi spadl penál. Anička mu ho podala.“ Po dramatizaci následuje společná diskuse s pomocí otázek: „Co udělala Anička?“, „Jak se asi cítil Pavlík?“.Žákovi slouží tzv. třídní strom pomoci k zaznamenávání projevů vzájemné pomoci. Kdykoli někdo někomu pomůže, nalepí na strom lístek s obrázkem situace.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět a Umění a kultura.Učitel vytváří bezpečné a podporující prostředí, ve kterém se žáci učí, jak pomáhat ostatním. Na základě modelování chování ukazuje příklady pomoci v reálných situacích a vede žáky k nácviku sociálních dovedností prostřednictvím her a scének.Žáci se zapojují do kooperativních aktivit v rámci výuky, přičemž učitel oceňuje situace, ve kterých si žáci navzájem pomáhají, a motivuje je k dalším prosociálním projevům.Příklady aktivit:Žák se aktivně zapojuje do aktivity Kruh důvěry. Každý má možnost sdílet, co ho potěšilo, co ho trápí, komu pomohl nebo kdo pomohl jemu. Učitel využívá jednoduché otázky: „Pomohl mi dnes někdo?“, „Komu jsem pomohl já?“ nebo „Jak jsme se cítili?“.Žák prostřednictvím dramatizace nacvičuje sociální situace zaměřené na pomoc druhým. Příběhy představují konkrétní situace ve třídě, například: „Pavlíkovi spadl penál. Anička mu ho podala.“ Po dramatizaci následuje společná diskuse s pomocí otázek: „Co udělala Anička?“, „Jak se asi cítil Pavlík?“.Žákovi slouží tzv. třídní strom pomoci k zaznamenávání projevů vzájemné pomoci. Kdykoli někdo někomu pomůže, nalepí na strom lístek s obrázkem situace.</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35699,51 +35699,51 @@
           <t/>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
           <t>PTS-000-000-110-001</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t>Vybrat příklady obtížných životních situací a možností vzájemné pomoci.</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Člověk a společnost, Člověk, zdraví a bezpečí.Učitel volí interaktivní a věkově přiměřený přístup, tak, aby žáci pochopili, že každý může někdy potřebovat pomoc a že vzájemná podpora je klíčem ke zdravým mezilidským vztahům a rozvoji empatie.Žáci se učí rozpoznávat situace, kdy někdo potřebuje pomoc, a osvojovat si základní způsoby, jak mohou sami pomoct. Zároveň se učí, jak o pomoc požádat.Příklady aktivit:Žák prostřednictvím obrázkových karet popisuje obtížné situace (např. nemoc, šikana, osamělost) a jsou mu představeny možnosti pomoci. Žák ukazuje, co se na obrázku děje, vyjadřuje, co postava pravděpodobně cítí a navrhuje, jak bychom jí mohli pomoci. Například u obrázku nemocného kamaráda, někoho, kdo pláče, nebo někoho, kdo je sám na lavičce.Žák ve dvojici zahraje modelovou situaci (např. kamarád spadne, někdo se směje jinému, někdo je smutný). Učitel navádí žáka pomocí jednoduchých vět: „Co řekneš?“, „Co uděláš?“. K podpoře aktivity lze využít rekvizity (např. plyšová hračka, berle, batoh).Žák zhlédne krátký film nebo pohádku, ve které postava zažije těžkou situaci (např. Příběhy včelky Máji nebo Pat a Mat). Následuje diskuse: „Co se stalo?“, „Kdo pomohl?“, „Co bychom udělali my?“.Žák nakreslí obrázek, kde někomu pomáhá (např. kamarádovi, zvířeti nebo rodičům doma). Učitel pomůže doplnit krátkou větu, např.: „Pomáhám mamince s nákupem“ nebo „Utěšuji kamarádku“. Cílem je vytvoření tzv. zdi dobrých skutků, na kterou jsou umisťovány výtvarné práce žáků. Žák se prostřednictvím obrázků nebo krátkých videí seznamuje s činností vybraných charitativních organizací (např. Červeného kříže nebo útulku pro zvířata). Učí se jednoduché pojmy jako „pomoc nemocným“, „pomoc zvířatům“ nebo „pomoc starým lidem“. Následně žáci navštěvují charitativní zařízení (např. místní útulek, domov pro seniory nebo charitní obchod) a mohou přinést drobný dárek nebo obrázek, který sami předem vytvořili.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a příroda, Člověk a společnost, Člověk, zdraví a bezpečí a Člověk, jeho osobnost a svět práce.Učitel volí interaktivní a věkově přiměřený přístup, tak, aby žáci pochopili, že každý může někdy potřebovat pomoc a že vzájemná podpora je klíčem ke zdravým mezilidským vztahům a rozvoji empatie.Žáci se učí rozpoznávat situace, kdy někdo potřebuje pomoc, a osvojovat si základní způsoby, jak mohou sami pomoct. Zároveň se učí, jak o pomoc požádat.Příklady aktivit:Žák prostřednictvím obrázkových karet popisuje obtížné situace (např. nemoc, šikana, osamělost) a jsou mu představeny možnosti pomoci. Žák ukazuje, co se na obrázku děje, vyjadřuje, co postava pravděpodobně cítí a navrhuje, jak bychom jí mohli pomoci. Například u obrázku nemocného kamaráda, někoho, kdo pláče, nebo někoho, kdo je sám na lavičce.Žák ve dvojici zahraje modelovou situaci (např. kamarád spadne, někdo se směje jinému, někdo je smutný). Učitel navádí žáka pomocí jednoduchých vět: „Co řekneš?“, „Co uděláš?“. K podpoře aktivity lze využít rekvizity (např. plyšová hračka, berle, batoh).Žák zhlédne krátký film nebo pohádku, ve které postava zažije těžkou situaci (např. Příběhy včelky Máji nebo Pat a Mat). Následuje diskuse: „Co se stalo?“, „Kdo pomohl?“, „Co bychom udělali my?“.Žák nakreslí obrázek, kde někomu pomáhá (např. kamarádovi, zvířeti nebo rodičům doma). Učitel pomůže doplnit krátkou větu, např.: „Pomáhám mamince s nákupem“ nebo „Utěšuji kamarádku“. Cílem je vytvoření tzv. zdi dobrých skutků, na kterou jsou umisťovány výtvarné práce žáků. Žák se prostřednictvím obrázků nebo krátkých videí seznamuje s činností vybraných charitativních organizací (např. Červeného kříže nebo útulku pro zvířata). Učí se jednoduché pojmy jako „pomoc nemocným“, „pomoc zvířatům“ nebo „pomoc starým lidem“. Následně žáci navštěvují charitativní zařízení (např. místní útulek, domov pro seniory nebo charitní obchod) a mohou přinést drobný dárek nebo obrázek, který sami předem vytvořili.</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35791,51 +35791,51 @@
           <t/>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
           <t>PTS-000-000-110-002</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t>Přispívat k demokratické kultuře ve třídě.</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk, jeho osobnost a svět práce, Člověk a společnost, Umění a kultura.Učitel naplňuje výstupy pomocí praktických činností, vizuálních pomůcek, modelováním situací a postupným vedením k samostatnosti. Klade důraz na jednoduchost, strukturovanost a pozitivní posilování.Učitel vede žáky ke vzájemné pomoci, ohleduplnosti, zdravení a vyjádření pocitu v dané chvíli a situaci. Vytváří bezpečné a přátelské prostředí, ve kterém se žáci cítí být součástí kolektivu a učí se demokratickým principům v praxi.Příklady aktivit:Žák si prostřednictvím modelových situací osvojuje základní sociální dovednosti (pozdrav, poděkování, pomoc, omluva, nabídka). Například: přijdu do třídy a pozdravím. Někdo upustí pastelku – podám mu ji. Kamarád je smutný – zeptám se, co se stalo.Žák aktivně naslouchá nebo sleduje pohádky s poučením (např. O pasáčkovi a vlkovi – téma pravdomluvnosti nebo O Červené karkulce – téma pomoci druhému). Následuje diskuse: „Kdo se choval hezky?“, „Proč?“, „Co bych udělal já?“.Žák projevuje žádoucí chování a za své úsilí získává pochvalu nebo symbolické odměny – smajlíky, razítka nebo samolepky.Žák při ranním kruhu rozvíjí schopnost budování komunity, vzájemného respektu a naslouchání druhým.Žák se spolužáky ve třídě komentuje práce s důrazem na pozitivní zpětnou vazbu při organizované galerii.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a společnost, Umění a kultura, Člověk, zdraví a bezpečí a Člověk, jeho osobnost a svět práce.Učitel naplňuje výstupy pomocí praktických činností, vizuálních pomůcek, modelováním situací a postupným vedením k samostatnosti. Klade důraz na jednoduchost, strukturovanost a pozitivní posilování.Učitel vede žáky ke vzájemné pomoci, ohleduplnosti, zdravení a vyjádření pocitu v dané chvíli a situaci. Vytváří bezpečné a přátelské prostředí, ve kterém se žáci cítí být součástí kolektivu a učí se demokratickým principům v praxi.Příklady aktivit:Žák si prostřednictvím modelových situací osvojuje základní sociální dovednosti (pozdrav, poděkování, pomoc, omluva, nabídka). Například: přijdu do třídy a pozdravím. Někdo upustí pastelku – podám mu ji. Kamarád je smutný – zeptám se, co se stalo.Žák aktivně naslouchá nebo sleduje pohádky s poučením (např. O pasáčkovi a vlkovi – téma pravdomluvnosti nebo O Červené karkulce – téma pomoci druhému). Následuje diskuse: „Kdo se choval hezky?“, „Proč?“, „Co bych udělal já?“.Žák projevuje žádoucí chování a za své úsilí získává pochvalu nebo symbolické odměny – smajlíky, razítka nebo samolepky.Žák při ranním kruhu rozvíjí schopnost budování komunity, vzájemného respektu a naslouchání druhým.Žák se spolužáky ve třídě komentuje práce s důrazem na pozitivní zpětnou vazbu při organizované galerii.</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q9" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35883,51 +35883,51 @@
           <t/>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>Díl I – 10. ročník</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
           <t>PTU-000-000-110-002</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t>Vybrat z nabídky školních aktivit tu, která vede k posílení udržitelnosti.</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk a příroda, Jazyk a jazyková komunikace, Člověk, jeho osobnost a svět práce. Učitel volí učební činnosti, které vedou k pochopení a podpoře udržitelného chování u žáků. Jedná se například o třídění odpadu hravou formou nebo recyklační dílny. Učitel vytváří bezpečné a motivující prostředí, využívá projektové vyučování.Žáci se učí vybrat si a zapojit se do nabídnuté aktivity, přičemž využívají slovo, obrázek, gesto a dotyk.Příklady aktivit:Žák se zapojuje do environmentálních projektů školy (např. třídění odpadu a recyklace, účast v projektu Ukliďme Česko nebo Adoptuj si strom).Žák s pomocí učitele vyrábí jednoduché ekologické produkty (např. voskové ubrousky na svačinu nebo přírodní čisticí prostředky).Žák sleduje edukativní videa (např. krátké pohádky o přírodě nebo animované příběhy o ochraně životního prostředí).Žák využívá IT technologie k rozvoji enviromentálních dovedností (např. tablet s jednoduchými výukovými aplikacemi zaměřenými na posílení udržitelnosti).</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a příroda a Člověk, jeho osobnost a svět práce. Učitel volí učební činnosti, které vedou k pochopení a podpoře udržitelného chování u žáků. Jedná se například o třídění odpadu hravou formou nebo recyklační dílny. Učitel vytváří bezpečné a motivující prostředí, využívá projektové vyučování.Žáci se učí vybrat si a zapojit se do nabídnuté aktivity, přičemž využívají slovo, obrázek, gesto a dotyk.Příklady aktivit:Žák se zapojuje do environmentálních projektů školy (např. třídění odpadu a recyklace, účast v projektu Ukliďme Česko nebo Adoptuj si strom).Žák s pomocí učitele vyrábí jednoduché ekologické produkty (např. voskové ubrousky na svačinu nebo přírodní čisticí prostředky).Žák sleduje edukativní videa (např. krátké pohádky o přírodě nebo animované příběhy o ochraně životního prostředí).Žák využívá IT technologie k rozvoji enviromentálních dovedností (např. tablet s jednoduchými výukovými aplikacemi zaměřenými na posílení udržitelnosti).</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q10" s="0" t="inlineStr">
         <is>
           <t/>
@@ -35975,51 +35975,51 @@
           <t/>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
           <t>PTU-000-000-106-001</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t>Podílet se na aktivitách, které přispívají k posílení udržitelnosti ve škole.</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Člověk a příroda, Člověk, jeho osobnost a svět práce. Učitel efektivně rozvíjí environmentální vnímání žáků a zapojuje je do udržitelných aktivit ve škole. Žáci se zapojují do jednoduchých činností, které podporují udržitelnost školy a péči o školní prostředí. Učí se základním principům ekologického chování a získávají praktické dovednosti. Příklady aktivit: Žákovi jsou předkládány různé předměty (např. PET láhev, papírový sáček, sklenička) a žák rozhoduje, do kterého typu odpadu jednotlivé předměty patří. Při třídění odpadu využívá odpadkové koše označené příslušnými symboly a pracuje s názornými obrázky odpovídajícími jednotlivým druhům odpadu (plast, papír, bioodpad).Žák je veden k šetrnému zacházení s vodou a energiemi. Může se řídit procesním schématem, který napomáhá správnému a ekologickému chování.Žák se aktivně podílí na péči o přírodu a školní prostředí. Zapojuje se do úklidu třídy (např. vynáší tříděný odpad do určených kontejnerů) a pomáhá při údržbě školní zahrady (např. hrabe listí a ukládá ho na kompost).Žák sleduje jednoduchá edukativní videa (např. pohádky o přírodě z portálů ČT EDU nebo Déčko), která podporují ekologické myšlení a kladný vztah k přírodě.Žák během vycházek do přírody nebo do okolí školy věnuje pozornost čistotě prostředí, vyhledává květiny a pozoruje ptactvo v jeho přirozeném prostředí.Žák se v rámci akce Den Země aktivně zapojuje do úklidu okolí školy a sbírá odpadky v jejím blízkém okolí.</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Umění a kultura a Člověk, jeho osobnost a svět práce. Učitel efektivně rozvíjí environmentální vnímání žáků a zapojuje je do udržitelných aktivit ve škole. Žáci se zapojují do jednoduchých činností, které podporují udržitelnost školy a péči o školní prostředí. Učí se základním principům ekologického chování a získávají praktické dovednosti. Příklady aktivit: Žákovi jsou předkládány různé předměty (např. PET láhev, papírový sáček, sklenička) a žák rozhoduje, do kterého typu odpadu jednotlivé předměty patří. Při třídění odpadu využívá odpadkové koše označené příslušnými symboly a pracuje s názornými obrázky odpovídajícími jednotlivým druhům odpadu (plast, papír, bioodpad).Žák je veden k šetrnému zacházení s vodou a energiemi. Může se řídit procesním schématem, který napomáhá správnému a ekologickému chování.Žák se aktivně podílí na péči o přírodu a školní prostředí. Zapojuje se do úklidu třídy (např. vynáší tříděný odpad do určených kontejnerů) a pomáhá při údržbě školní zahrady (např. hrabe listí a ukládá ho na kompost).Žák sleduje jednoduchá edukativní videa (např. pohádky o přírodě z portálů ČT EDU nebo Déčko), která podporují ekologické myšlení a kladný vztah k přírodě.Žák během vycházek do přírody nebo do okolí školy věnuje pozornost čistotě prostředí, vyhledává květiny a pozoruje ptactvo v jeho přirozeném prostředí.Žák se v rámci akce Den Země aktivně zapojuje do úklidu okolí školy a sbírá odpadky v jejím blízkém okolí.</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q11" s="0" t="inlineStr">
         <is>
           <t/>
@@ -36067,51 +36067,51 @@
           <t/>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>Díl I – 6. ročník</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
           <t>PTU-000-000-106-002</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t>Rozpoznat na modelových příkladech jednání, které je žádoucí pro udržitelný život.</t>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět, Informatika, Jazyk a jazyková komunikace, Umění a kultura.Učitel seznamuje žáky s principy udržitelného chování prostřednictvím názorných ukázek, modelových situací a praktických činností. Využívá formu skupinové i frontální výuky a projektového vyučování.Žáci si osvojují jednoduché způsoby, jak se chovat ohleduplně k životnímu prostředí. Příklady aktivit:Žák zhlédne jednoduchou pohádku nebo příběh s ekologickým poselstvím (např. O dětech, které třídily odpad). Učitel poté připraví obrázkový kvíz, ve kterém žáci určují, co postava z příběhu dělá správně nebo špatně (např. třídí odpad, šetří vodu). Žák s pomocí učitele zahraje jednoduché scénky (např. Honza zahazuje papír na zem × Honza hází papír do koše). Ke každé situaci sehraje dvě verze – nežádoucí a správné chování. Třída následně určí (např. pomocí smajlíků nebo piktogramů), která verze je vhodná pro přírodu.Žák se účastní jednoduchých pohybových her s jasnými pravidly (např. najdi 3 věci, které patří do modrého koše).</t>
+          <t>Znalostního základu výsledku učení žáci dosahují v oboru Člověk a jeho svět.Učitel seznamuje žáky s principy udržitelného chování prostřednictvím názorných ukázek, modelových situací a praktických činností. Využívá formu skupinové i frontální výuky a projektového vyučování.Žáci si osvojují jednoduché způsoby, jak se chovat ohleduplně k životnímu prostředí. Příklady aktivit:Žák zhlédne jednoduchou pohádku nebo příběh s ekologickým poselstvím (např. O dětech, které třídily odpad). Učitel poté připraví obrázkový kvíz, ve kterém žáci určují, co postava z příběhu dělá správně nebo špatně (např. třídí odpad, šetří vodu). Žák s pomocí učitele zahraje jednoduché scénky (např. Honza zahazuje papír na zem × Honza hází papír do koše). Ke každé situaci sehraje dvě verze – nežádoucí a správné chování. Třída následně určí (např. pomocí smajlíků nebo piktogramů), která verze je vhodná pro přírodu.Žák se účastní jednoduchých pohybových her s jasnými pravidly (např. najdi 3 věci, které patří do modrého koše).</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Q12" s="0" t="inlineStr">
         <is>
           <t/>