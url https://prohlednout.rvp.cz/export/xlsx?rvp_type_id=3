--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -1,174 +1,417 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId6"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId7"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId8"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
-    <sheet sheetId="1" name="Vzdělávací oblasti" r:id="rId4"/>
-[...1 lines deleted...]
-    <sheet sheetId="3" name="Klíčové kompetence" r:id="rId6"/>
+    <sheet sheetId="1" name="Vzdělávací oblasti" r:id="rId1"/>
+    <sheet sheetId="2" name="Základní gramotnosti" r:id="rId2"/>
+    <sheet sheetId="3" name="Klíčové kompetence" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
-    <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
-    <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
+    <numFmt formatCode="yyyy/mm/dd" numFmtId="100"/>
+    <numFmt formatCode="yyyy/mm/dd hh:mm:ss" numFmtId="101"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="2">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
+      <name val="Arial"/>
       <sz val="11"/>
+      <family val="1"/>
       <b val="1"/>
-      <name val="Arial"/>
-[...12 lines deleted...]
-      <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
-[...9 lines deleted...]
-    <xf fillId="0" fontId="3" numFmtId="0" borderId="0" applyFill="0" applyFont="1" applyNumberFormat="0" applyBorder="0" applyAlignment="1" applyProtection="0">
+  <cellXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId5"/><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId6"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId7"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId2"/><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId3"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId4"/><Relationship Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Id="rId5"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="false"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:P98"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="46.199999999999996"/>
-[...14 lines deleted...]
-    <col min="16" max="16" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="46.199999999999996" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="64.9" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="42.9" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="42.9" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="59.4" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="38.5" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="178.20000000000002" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="255" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="61.05" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="94.05" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="16" max="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací oblast - Název</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací oblast - Charakteristika</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Okruh - Název</t>
         </is>
       </c>
       <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Okruh - Charakteristika</t>
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
@@ -8165,163 +8408,163 @@
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:J3"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="49.5"/>
-[...14 lines deleted...]
-    <col min="16" max="16" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="49.5" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="79.19999999999999" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="67.64999999999999" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="84.14999999999999" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="21.45" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="57.75" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="61.05" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="94.05" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="16" max="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Základní gramotnost - Název</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Základní gramotnost - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka základní gramotnosti - Název</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka základní gramotnosti - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Podsložka základní gramotnosti - Název</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka základní gramotnosti - Charakteristika</t>
         </is>
       </c>
-      <c r="G1" s="4" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="H1" s="4" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="I1" s="4" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="J1" s="4" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="K1" s="4" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="L1" s="4" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="M1" s="4" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="N1" s="4" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="O1" s="4" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="P1" s="4" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Čtenářská gramotnost</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Čtenářská gramotnost představuje soubor znalostí, dovedností a postojů při práci s texty v nejširším slova smyslu. Schopnost porozumět textům a efektivně zpracovávat informace je základním předpokladem procesu učení. Vstřícný vztah ke čtení chápeme jako základní předpoklad pro další rozvoj čtenářství a čtenářské gramotnosti.Vzdělávací obsah uspořádaný do vzdělávacích oblastí nabízí potenciál k rozvoji čtenářské gramotnosti. V některých případech je rozvoj čtenářské gramotnosti nedílnou součástí očekávaných výsledků učení. Jindy je gramotnost rozvíjena prostřednictvím vhodně zvolené vzdělávací strategie.</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -8389,163 +8632,163 @@
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:P47"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="53.900000000000006"/>
-[...14 lines deleted...]
-    <col min="16" max="16" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="195.8" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="59.4" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="75.89999999999999" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="80.85" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="38.5" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="94.60000000000001" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="255" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="61.05" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="94.05" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="16" max="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="5" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Klíčová kompetence - Název</t>
         </is>
       </c>
-      <c r="B1" s="5" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Klíčová kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="5" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka klíčové kompetence - Název</t>
         </is>
       </c>
-      <c r="D1" s="5" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka klíčové kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="5" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Podsložka klíčové kompetence - Název</t>
         </is>
       </c>
-      <c r="F1" s="5" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka klíčové kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="G1" s="5" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="H1" s="5" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="I1" s="5" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="J1" s="5" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="K1" s="5" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="L1" s="5" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="M1" s="5" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="N1" s="5" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="O1" s="5" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="P1" s="5" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence k učení</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Dítě je otevřené k objevování a poznávání světa kolem sebe. Vyhodnocuje svoje pokroky v učení, rozvíjí své kritické myšlení.</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -12281,43 +12524,43 @@
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>