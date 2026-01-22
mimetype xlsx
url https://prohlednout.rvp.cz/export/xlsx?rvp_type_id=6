--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -1,188 +1,422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId7"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId8"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId9"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
-    <sheet sheetId="1" name="Vzdělávací oblasti" r:id="rId4"/>
-[...2 lines deleted...]
-    <sheet sheetId="4" name="Průřezová témata" r:id="rId7"/>
+    <sheet sheetId="1" name="Vzdělávací oblasti" r:id="rId1"/>
+    <sheet sheetId="2" name="Základní gramotnosti" r:id="rId2"/>
+    <sheet sheetId="3" name="Klíčové kompetence" r:id="rId3"/>
+    <sheet sheetId="4" name="Průřezová témata" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
-    <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
-    <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
+    <numFmt formatCode="yyyy/mm/dd" numFmtId="100"/>
+    <numFmt formatCode="yyyy/mm/dd hh:mm:ss" numFmtId="101"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="2">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
+      <name val="Arial"/>
       <sz val="11"/>
+      <family val="1"/>
       <b val="1"/>
-      <name val="Arial"/>
-[...18 lines deleted...]
-      <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf borderId="0" numFmtId="0" fontId="0" fillId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
-[...12 lines deleted...]
-    <xf fillId="0" fontId="4" numFmtId="0" borderId="0" applyFill="0" applyFont="1" applyNumberFormat="0" applyBorder="0" applyAlignment="1" applyProtection="0">
+  <cellXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId5"/><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId6"/><Relationship Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId7"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId8"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId2"/><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId3"/><Relationship Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Id="rId6"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="false"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="false">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:P363"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="46.199999999999996"/>
-[...14 lines deleted...]
-    <col min="16" max="16" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="46.199999999999996" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="49.50000000000001" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="255" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="92.4" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="255" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="25.3" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="255" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="255" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="255" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="255" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="255" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="237.60000000000002" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="16" max="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací oblast - Název</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací oblast - Charakteristika</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací obor - Název</t>
         </is>
       </c>
       <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Vzdělávací obor - Charakteristika</t>
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
@@ -256,168 +490,168 @@
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-001</t>
+          <t>JJK-CJL-001-ZV9-001</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
+          <t>Dorozumívá se kultivovaně, výstižně, s jasným komunikačním záměrem a jazykovými prostředky vhodnými pro danou komunikační situaci.</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>Žák získává základní znalosti o jazyce a jazykovém systému a užívá je v praktické komunikaci. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, volí vhodné verbální i nonverbální prostředky řeči v běžných situacích, využívá pestrost slovní zásoby.</t>
+          <t>Vyjadřovat se kultivovaně a srozumitelně patří k základním požadavkům moderní komunikace. Žák využívá znalosti o jazyce a jazykovém systému, vědomě uplatňuje znalosti o jazykových prostředcích a mluvnických kategoriích a díky tomu se může vyjadřovat věcně, srozumitelně a výstižně. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, využívá pestrost slovní zásoby.Uvědomuje si odlišnosti konkrétních komunikačních situací a je schopný využívat takové jazykové prostředky, které jsou pro něj adekvátní. Rozvíjí své jazykové znalosti a komunikační dovednosti v mluveném i v písemném projevu a dokáže je využívat jak ve vyučování, tak v každodenním životě.</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>Mluví v přiměřeném tempu, se správnou intonací.</t>
+          <t>vyjadřuje věcně a srozumitelně svoje myšlenky, pocity, postřehy, názory, úsudky ad. (forma vyjádření nemusí být vždy výstižná)pozorně naslouchá partnerovi, navazuje kontakt (oslovení, tykání, vykání ad.)vyjadřuje se věcně a srozumitelně užívá vědomě verbální i neverbální prostředky (např. v improvizovaných výstupech, ve scénkách, s využitím prvků dramatické výchovy apod.)prezentuje své komunikační dovednosti (např. mluvní cvičení, výstupy ve dvojicích i ve skupině, jednoduchá prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů apod.) </t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>Vhodně užívá slovní tvary v komunikační situaci.Tvoří souvislé větné celky.Vhodným způsobem vyjádří prosbu, oznámení, přání, rozkaz, otázku, omluvu.Rozliší základní prvky komunikace formální/veřejné oproti základním prvkům komunikace neformální/soukromé.Dodržuje společně stanovená pravidla pro vedení diskuse nebo dialogu.</t>
+          <t> rozlišuje a funkčně užívá spisovné a nespisovné jazykové prostředkyv komunikaci používá osvojené jazykové prostředky vzhledem s ohledem na komunikační situaci, záměr a adresátauplatňuje zásady dialogu v mluvené, psané i elektronické komunikacidodržuje pravidla slušné komunikace a také pravidla netikety v elektronické komunikaciprezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, mluvní cvičení, výstupy ve dvojicích i ve skupině, nácvik praktických komunikačních situací ad.)</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Mluví v přiměřeném tempu, se správnou intonací, větným přízvukem, dynamikou a melodií.Vhodně užívá slovní tvary.Tvoří souvislé větné celky.Vhodně použije slova citově zabarvená a neutrální.Používá spisovnou nebo nespisovnou podobu jazyka podle komunikačního partnera.Dodržuje pravidla pro vedení dialogu – vhodně zahájí a ukončí rozhovor.</t>
+          <t>rozlišuje spisovné a nespisovné prostředky fonetické, morfologické a lexikální roviny jazyka a využívá je v komunikacirozlišuje a charakterizuje jazykové prostředky obecné češtiny a jednotlivých nářečí rozpozná komunikační situace a volí vhodné jazykové prostředky, které v nich může uplatnitzahájí a moderuje diskusizapojuje se do diskusí na sociálních sítích a uvědomuje si role účastníků v těchto typech dialogické komunikacevyužívá digitální prostředí jako možnost rozšířit svoje komunikační dovednosti, strategie a techniky (např. vyhledávání podle klíčových slov, rozvíjení audiovizuální gramotnosti, role v různých typech internetové komunikace, např. facebook, twitter, tik-tok, instagram ad.)prezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, nácvik praktických komunikačních situací, soutěžní debaty s využitím argumentace, prezentace projektů ad.)</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
+          <t>Dorozumí se kultivovaně, výstižně, reaguje na sdělení druhého mluvčího v komunikační situaci.</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-001</t>
+          <t>JJK-CJL-001-ZV5-001</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t>Dorozumívá se kultivovaně, výstižně, s jasným komunikačním záměrem a jazykovými prostředky vhodnými pro danou komunikační situaci.</t>
+          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>Vyjadřovat se kultivovaně a srozumitelně patří k základním požadavkům moderní komunikace. Žák využívá znalosti o jazyce a jazykovém systému, vědomě uplatňuje znalosti o jazykových prostředcích a mluvnických kategoriích a díky tomu se může vyjadřovat věcně, srozumitelně a výstižně. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, využívá pestrost slovní zásoby.Uvědomuje si odlišnosti konkrétních komunikačních situací a je schopný využívat takové jazykové prostředky, které jsou pro něj adekvátní. Rozvíjí své jazykové znalosti a komunikační dovednosti v mluveném i v písemném projevu a dokáže je využívat jak ve vyučování, tak v každodenním životě.</t>
+          <t>Žák získává základní znalosti o jazyce a jazykovém systému a užívá je v praktické komunikaci. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, volí vhodné verbální i nonverbální prostředky řeči v běžných situacích, využívá pestrost slovní zásoby.</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
-          <t>vyjadřuje věcně a srozumitelně svoje myšlenky, pocity, postřehy, názory, úsudky ad. (forma vyjádření nemusí být vždy výstižná)pozorně naslouchá partnerovi, navazuje kontakt (oslovení, tykání, vykání ad.)vyjadřuje se věcně a srozumitelně užívá vědomě verbální i neverbální prostředky (např. v improvizovaných výstupech, ve scénkách, s využitím prvků dramatické výchovy apod.)prezentuje své komunikační dovednosti (např. mluvní cvičení, výstupy ve dvojicích i ve skupině, jednoduchá prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů apod.) </t>
+          <t>Mluví v přiměřeném tempu, se správnou intonací.</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t> rozlišuje a funkčně užívá spisovné a nespisovné jazykové prostředkyv komunikaci používá osvojené jazykové prostředky vzhledem s ohledem na komunikační situaci, záměr a adresátauplatňuje zásady dialogu v mluvené, psané i elektronické komunikacidodržuje pravidla slušné komunikace a také pravidla netikety v elektronické komunikaciprezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, mluvní cvičení, výstupy ve dvojicích i ve skupině, nácvik praktických komunikačních situací ad.)</t>
+          <t>Vhodně užívá slovní tvary v komunikační situaci.Tvoří souvislé větné celky.Vhodným způsobem vyjádří prosbu, oznámení, přání, rozkaz, otázku, omluvu.Rozliší základní prvky komunikace formální/veřejné oproti základním prvkům komunikace neformální/soukromé.Dodržuje společně stanovená pravidla pro vedení diskuse nebo dialogu.</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje spisovné a nespisovné prostředky fonetické, morfologické a lexikální roviny jazyka a využívá je v komunikacirozlišuje a charakterizuje jazykové prostředky obecné češtiny a jednotlivých nářečí rozpozná komunikační situace a volí vhodné jazykové prostředky, které v nich může uplatnitzahájí a moderuje diskusizapojuje se do diskusí na sociálních sítích a uvědomuje si role účastníků v těchto typech dialogické komunikacevyužívá digitální prostředí jako možnost rozšířit svoje komunikační dovednosti, strategie a techniky (např. vyhledávání podle klíčových slov, rozvíjení audiovizuální gramotnosti, role v různých typech internetové komunikace, např. facebook, twitter, tik-tok, instagram ad.)prezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, nácvik praktických komunikačních situací, soutěžní debaty s využitím argumentace, prezentace projektů ad.)</t>
+          <t>Mluví v přiměřeném tempu, se správnou intonací, větným přízvukem, dynamikou a melodií.Vhodně užívá slovní tvary.Tvoří souvislé větné celky.Vhodně použije slova citově zabarvená a neutrální.Používá spisovnou nebo nespisovnou podobu jazyka podle komunikačního partnera.Dodržuje pravidla pro vedení dialogu – vhodně zahájí a ukončí rozhovor.</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
-          <t>Dorozumí se kultivovaně, výstižně, reaguje na sdělení druhého mluvčího v komunikační situaci.</t>
+          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
@@ -584,168 +818,168 @@
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-003</t>
+          <t>JJK-CJL-001-ZV5-003</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
-          <t>Rozvíjí své znalosti o tvarosloví a funkčně je využívá.</t>
+          <t>Vytváří vlastní písemná sdělení s využitím osvojených mluvnických a pravopisných pravidel a znalosti vybraných slohových útvarů.</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>Žák vytváří takové slovní tvary, které odpovídají komunikační situaci, tj. užívá spisovné, hovorové, slangové i obecně české tvary slov v souladu se svým komunikačním záměrem a s ohledem na příjemce textu. Dokáže zdůvodnit užití zvoleného tvaru slova, v textu vyhledá nevhodně užitý tvar slova a nahradí ho vhodnějším vzhledem ke komunikační situaci.V každodenní komunikaci dochází běžně ke střídání jazykových kódů, a proto žák potřebuje rozlišovat spisovný a nespisovný projev z hlediska tvorby slovních tvarů (ohýbání slov). Na základě vlastní zkušenosti následně posuzuje kvalitu svého vlastního i cizího písemného či mluveného projevu z výše uvedeného hlediska, v případě nekvalitního projevu by měl navrhnout zlepšení či zhodnotit funkci daného slovního tvaru v textu (např. užití nespisovného tvaru v jinak spisovném textu plnícího estetickou funkci v umělecké literatuře).</t>
+          <t>Žák je veden k pochopení stavby jednoduchých psaných textů a k vědomému užívání základních poznatků o skladbě věty a souvětí. Propojuje formální a obsahovou stránku textů a směřuje k funkčnímu využití těchto poznatků v komunikaci.</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje v mluveném i psaném projevu spisovné a nespisovné tvary slovzaznamená stavbu slova, označí předponu, kořen, příponu a koncovkurozpozná podstatná jména, slovesa, spojky a předložkyurčí pád, číslo, vzor a rod podstatných jmen </t>
+          <t>Píše správné tvary písmen a číslic, píše slova a větné celky.Rozlišuje zvukovou a grafickou podobu slova.</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>spisovné tvary slov tvoří v souladu s jazykovou normouurčí mluvnické kategorie slovesa – osobu, číslo, způsob, časrozlišuje jednoduché a složené tvary slovesaurčuje slovesný rod a vidurčuje slovní druhy v souvislém textutvoří tvary méně obtížných zájmen a číslovek určí druh a vzor přídavných jmen; rozpoznává a charakterizuje neohebné slovní druhy (s výjimkou částic);</t>
+          <t>Při psaní vlastního textu využívá znalost pravopisných pravidel: y/ý po tvrdých souhláskách; i/í po měkkých souhláskách;  y/ý a i/í po pravopisně obojetných souhláskách ve vyjmenovaných slovech a běžně používaných slovech příbuzných.Píše velká písmena na začátku věty a v typických případech vlastních jmen.Využívá osnovu při tvorbě vlastního textu.Rozpozná podstatná jména, slovesa, spojky a předložky.</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Utvoří tvary slov podle zadaných tvaroslovných kategorií. Správně užívá slova přejatá a jejich tvary. Správně užívá všechna neohebná slova včetně částic.Pro danou komunikační situaci navrhne vhodný způsob vyjádření (formální × neformální situace vyžadující spisovný/hovorový × nespisovný projev).Vyhledá v textu tvary slov užité nevhodně a nahradí je vhodnými (např. v komunikační situaci zahrnující písemný styk s úřady nahradí nespisovné tvary slov spisovnými, obdobně v neformálním rozhovoru vyhledá spisovné tvary slov v jinak nespisovném projevu).Při vlastní komunikaci vhodně užívá slovní tvary v souladu se svým komunikačním záměrem.</t>
+          <t>Při psaní vlastního textu využívá osvojená pravopisná pravidla.Dokáže ověřit pravopis v pravidlech českého pravopisu nebo v internetové jazykové příručce.Rozpozná větu jednoduchou a souvětí a zdůvodní základní případy užití interpunkčních znamének.Spojí věty jednoduché do souvětí a vhodně obmění strukturu textu s ohledem na svůj komunikační záměr.Napíše vypravování, pozvánku, popis, dopis, oznámení, zprávu, blahopřání, vyplní dotazník i v digitální podobě.</t>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
-          <t>Užívá vhodné slovní tvary vzhledem ke komunikační situaci.</t>
+          <t>Vede dialog srozumitelný pro okolí, s využitím osvojených mluvnických a pravopisných pravidel; píše jednoduché texty.</t>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-003</t>
+          <t>JJK-CJL-001-ZV9-003</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Vytváří vlastní písemná sdělení s využitím osvojených mluvnických a pravopisných pravidel a znalosti vybraných slohových útvarů.</t>
+          <t>Rozvíjí své znalosti o tvarosloví a funkčně je využívá.</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>Žák je veden k pochopení stavby jednoduchých psaných textů a k vědomému užívání základních poznatků o skladbě věty a souvětí. Propojuje formální a obsahovou stránku textů a směřuje k funkčnímu využití těchto poznatků v komunikaci.</t>
+          <t>Žák vytváří takové slovní tvary, které odpovídají komunikační situaci, tj. užívá spisovné, hovorové, slangové i obecně české tvary slov v souladu se svým komunikačním záměrem a s ohledem na příjemce textu. Dokáže zdůvodnit užití zvoleného tvaru slova, v textu vyhledá nevhodně užitý tvar slova a nahradí ho vhodnějším vzhledem ke komunikační situaci.V každodenní komunikaci dochází běžně ke střídání jazykových kódů, a proto žák potřebuje rozlišovat spisovný a nespisovný projev z hlediska tvorby slovních tvarů (ohýbání slov). Na základě vlastní zkušenosti následně posuzuje kvalitu svého vlastního i cizího písemného či mluveného projevu z výše uvedeného hlediska, v případě nekvalitního projevu by měl navrhnout zlepšení či zhodnotit funkci daného slovního tvaru v textu (např. užití nespisovného tvaru v jinak spisovném textu plnícího estetickou funkci v umělecké literatuře).</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>Píše správné tvary písmen a číslic, píše slova a větné celky.Rozlišuje zvukovou a grafickou podobu slova.</t>
+          <t>rozlišuje v mluveném i psaném projevu spisovné a nespisovné tvary slovzaznamená stavbu slova, označí předponu, kořen, příponu a koncovkurozpozná podstatná jména, slovesa, spojky a předložkyurčí pád, číslo, vzor a rod podstatných jmen </t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>Při psaní vlastního textu využívá znalost pravopisných pravidel: y/ý po tvrdých souhláskách; i/í po měkkých souhláskách;  y/ý a i/í po pravopisně obojetných souhláskách ve vyjmenovaných slovech a běžně používaných slovech příbuzných.Píše velká písmena na začátku věty a v typických případech vlastních jmen.Využívá osnovu při tvorbě vlastního textu.Rozpozná podstatná jména, slovesa, spojky a předložky.</t>
+          <t>spisovné tvary slov tvoří v souladu s jazykovou normouurčí mluvnické kategorie slovesa – osobu, číslo, způsob, časrozlišuje jednoduché a složené tvary slovesaurčuje slovesný rod a vidurčuje slovní druhy v souvislém textutvoří tvary méně obtížných zájmen a číslovek určí druh a vzor přídavných jmen; rozpoznává a charakterizuje neohebné slovní druhy (s výjimkou částic);</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Při psaní vlastního textu využívá osvojená pravopisná pravidla.Dokáže ověřit pravopis v pravidlech českého pravopisu nebo v internetové jazykové příručce.Rozpozná větu jednoduchou a souvětí a zdůvodní základní případy užití interpunkčních znamének.Spojí věty jednoduché do souvětí a vhodně obmění strukturu textu s ohledem na svůj komunikační záměr.Napíše vypravování, pozvánku, popis, dopis, oznámení, zprávu, blahopřání, vyplní dotazník i v digitální podobě.</t>
+          <t>Utvoří tvary slov podle zadaných tvaroslovných kategorií. Správně užívá slova přejatá a jejich tvary. Správně užívá všechna neohebná slova včetně částic.Pro danou komunikační situaci navrhne vhodný způsob vyjádření (formální × neformální situace vyžadující spisovný/hovorový × nespisovný projev).Vyhledá v textu tvary slov užité nevhodně a nahradí je vhodnými (např. v komunikační situaci zahrnující písemný styk s úřady nahradí nespisovné tvary slov spisovnými, obdobně v neformálním rozhovoru vyhledá spisovné tvary slov v jinak nespisovném projevu).Při vlastní komunikaci vhodně užívá slovní tvary v souladu se svým komunikačním záměrem.</t>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
-          <t>Vede dialog srozumitelný pro okolí, s využitím osvojených mluvnických a pravopisných pravidel; píše jednoduché texty.</t>
+          <t>Užívá vhodné slovní tvary vzhledem ke komunikační situaci.</t>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
@@ -912,168 +1146,168 @@
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-005</t>
+          <t>JJK-CJL-001-ZV9-005</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
-          <t>Čte s porozuměním přiměřeně náročné texty včetně textů elektronických.</t>
+          <t>Rozvíjí své znalosti o skladbě a funkčně je využívá.</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>Čtení jako základní dovednost si žák postupně osvojuje od 1. do 5. ročníku. Prostřednictvím smysluplných textů již od počátku nácviku techniky čtení směřuje k porozumění čtenému, učí se využívat rozmanité čtenářské strategie. Vyhledá informaci v textu odpovídající jeho čtenářské úrovni a jednoduše se orientuje v internetovém vyhledávači.</t>
+          <t>Žák porozumí stavbě psaných i mluvených textů a vědomě užívá poznatky o skladbě české věty, souvětí a textu ke tvorbě vlastních komunikátů. Tento očekávaný výsledek učení svým obsahem propojuje formální a obsahovou stránku tvorby mluvených i psaných projevů a směřuje k funkčnímu využití těchto poznatků v komunikaci.K přesnému, jednoznačnému a smysluplnému vyjadřování je nutné, aby žák porozuměl významovým vztahům mezi slovy i větnými celky, aby ve svém projevu uplatňoval textovou návaznost a vhodně užíval odkazovací jazykové prostředky.</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>Zná písmena, čte slova a větné celky.Rozumí významu slov a větných celků.</t>
+          <t>určuje základní větné členyrozliší rozvíjející větné členy rozpozná vztahy mezi větnými členyrozpozná větu jednoduchou a souvětívyužívá znalosti skladby v pravopise (psaní i/y ve shodě přísudku s podmětem)využívá základní pravidla skladby v mluvených i psaných projevech</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>Ověřuje si porozumění čtenému.Čte i texty elektronické.Osvojuje si postupy, které mu pomáhají pochopit obsah sdělení, např. kladení otázek, usuzování, propojování informací ze dvou částí textu.Zadá vhodné klíčové slovo do vyhledávače.</t>
+          <t>vytváří komunikačně sdělné a syntakticky jednoznačné větyrozlišuje vztahy mezi větnými členy ve větě jednoduché (s výjimkou doplňku) rozlišuje vztahy v souvětí podřadnémzvolí vyjádření myšlenky pomocí souvětí s vedlejší větou, nebo pomocí větného členu v souladu s komunikační situacírozlišuje významové vztahy v souvětí souřadnémsprávně aplikuje pravidla syntaktického pravopisu (shoda přísudku s podmětem a interpunkce)využívá poznatky o větných členech a syntaktických vztazích v mluvených i psaných projevech</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Přečte přiměřeně rozsáhlý text i v elektronické podobě.Vyhledá přímo vyjádřenou informaci v tištěných i elektronických zdrojích.Vyhledá část textu, která obsahuje požadovanou informaci.Položí otázku, která mu pomůže pochopit obsah sdělení.Propojí informace ze dvou textů (ze dvou částí jednoho textu) a vyvodí závěr.Ověřuje si informace ve více zdrojích.</t>
+          <t>aplikuje znalosti o větných členech (s výjimkou doplňku) při výstavbě textu vhodně spojuje věty do souvětí a rozděluje složitá souvětí do jednodušších větných celků, obměňuje slovosled v souladu s vlastním komunikačním záměrempři tvorbě textu správně aplikuje pravidla syntaktického pravopisu ve vztahu k větným členům, větám jednoduchým, souvětím i celému textu zhodnotí psaný nebo mluvený projev z hlediska skladbyrozpozná odchylku a zvláštnost ve větné stavbě (nikoli terminologicky, ale rozpozná problematické místo) a navrhne vhodnější formulacivyužívá poznatky z učiva o skladbě v mluvených písemných i projevech</t>
         </is>
       </c>
       <c r="N10" s="0" t="inlineStr">
         <is>
-          <t>Čte s porozuměním přiměřeně náročné texty, včetně textů elektronických.</t>
+          <t>Tvoří a zapisuje vlastní sdělení s využitím znalosti větné sklady.  </t>
         </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-005</t>
+          <t>JJK-CJL-001-ZV5-005</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>Rozvíjí své znalosti o skladbě a funkčně je využívá.</t>
+          <t>Čte s porozuměním přiměřeně náročné texty včetně textů elektronických.</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>Žák porozumí stavbě psaných i mluvených textů a vědomě užívá poznatky o skladbě české věty, souvětí a textu ke tvorbě vlastních komunikátů. Tento očekávaný výsledek učení svým obsahem propojuje formální a obsahovou stránku tvorby mluvených i psaných projevů a směřuje k funkčnímu využití těchto poznatků v komunikaci.K přesnému, jednoznačnému a smysluplnému vyjadřování je nutné, aby žák porozuměl významovým vztahům mezi slovy i větnými celky, aby ve svém projevu uplatňoval textovou návaznost a vhodně užíval odkazovací jazykové prostředky.</t>
+          <t>Čtení jako základní dovednost si žák postupně osvojuje od 1. do 5. ročníku. Prostřednictvím smysluplných textů již od počátku nácviku techniky čtení směřuje k porozumění čtenému, učí se využívat rozmanité čtenářské strategie. Vyhledá informaci v textu odpovídající jeho čtenářské úrovni a jednoduše se orientuje v internetovém vyhledávači.</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>určuje základní větné členyrozliší rozvíjející větné členy rozpozná vztahy mezi větnými členyrozpozná větu jednoduchou a souvětívyužívá znalosti skladby v pravopise (psaní i/y ve shodě přísudku s podmětem)využívá základní pravidla skladby v mluvených i psaných projevech</t>
+          <t>Zná písmena, čte slova a větné celky.Rozumí významu slov a větných celků.</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>vytváří komunikačně sdělné a syntakticky jednoznačné větyrozlišuje vztahy mezi větnými členy ve větě jednoduché (s výjimkou doplňku) rozlišuje vztahy v souvětí podřadnémzvolí vyjádření myšlenky pomocí souvětí s vedlejší větou, nebo pomocí větného členu v souladu s komunikační situacírozlišuje významové vztahy v souvětí souřadnémsprávně aplikuje pravidla syntaktického pravopisu (shoda přísudku s podmětem a interpunkce)využívá poznatky o větných členech a syntaktických vztazích v mluvených i psaných projevech</t>
+          <t>Ověřuje si porozumění čtenému.Čte i texty elektronické.Osvojuje si postupy, které mu pomáhají pochopit obsah sdělení, např. kladení otázek, usuzování, propojování informací ze dvou částí textu.Zadá vhodné klíčové slovo do vyhledávače.</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>aplikuje znalosti o větných členech (s výjimkou doplňku) při výstavbě textu vhodně spojuje věty do souvětí a rozděluje složitá souvětí do jednodušších větných celků, obměňuje slovosled v souladu s vlastním komunikačním záměrempři tvorbě textu správně aplikuje pravidla syntaktického pravopisu ve vztahu k větným členům, větám jednoduchým, souvětím i celému textu zhodnotí psaný nebo mluvený projev z hlediska skladbyrozpozná odchylku a zvláštnost ve větné stavbě (nikoli terminologicky, ale rozpozná problematické místo) a navrhne vhodnější formulacivyužívá poznatky z učiva o skladbě v mluvených písemných i projevech</t>
+          <t>Přečte přiměřeně rozsáhlý text i v elektronické podobě.Vyhledá přímo vyjádřenou informaci v tištěných i elektronických zdrojích.Vyhledá část textu, která obsahuje požadovanou informaci.Položí otázku, která mu pomůže pochopit obsah sdělení.Propojí informace ze dvou textů (ze dvou částí jednoho textu) a vyvodí závěr.Ověřuje si informace ve více zdrojích.</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
-          <t>Tvoří a zapisuje vlastní sdělení s využitím znalosti větné sklady.  </t>
+          <t>Čte s porozuměním přiměřeně náročné texty, včetně textů elektronických.</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
@@ -3208,168 +3442,168 @@
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk</t>
         </is>
       </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk umožňuje porozumění skutečnostem, které nejsou zprostředkovány mateřským jazykem nebo jazyky, ve kterých jsou žáci vzděláváni. Anglický jazyk je klíčovým nástrojem pro komunikaci s lidmi z různých kultur, což je nezbytné pro porozumění a respektování rozmanitosti v dnešním globalizovaném světě. Osvojování anglického jazyka pomáhá snižovat jazykové bariéry, a přispívá tak ke zvýšení mobility jednotlivců jak v jejich osobním životě, tak v dalším studiu a v budoucím pracovním uplatnění.Požadavky na vzdělávání v anglickém jazyce vycházejí ze Společného evropského referenčního rámce pro jazyky (SERR) a z jeho aktualizované podoby (Dodatek k SERR). Kromě popisu jednotlivých úrovní ovládání cizího jazyka tento dokument popisuje komunikaci ve čtyřech jazykových činnostech: recepce, produkce, interakce a mediace. Tímto způsobem jsou popsány i očekávané výsledky učení oboru Anglický jazyk.Recepce zahrnuje přijímání a zpracování informací v mluvené nebo psané podobě, včetně audiovizuálního záznamu, a porozumění těmto informacím. Jedná se tedy o poslech a čtení s porozuměním. Produkce začleňuje vyjadřování se mluveným nebo psaným slovem. Interakce představuje bezprostřední komunikaci mezi dvěma či více stranami. Mediace spočívá zejména ve zprostředkování zjednodušených informací mezi různými jazyky nebo v rámci jednoho jazyka.Výuka na 1. stupni předpokládá dosažení úrovně A1 (podle SERR). Žák na této úrovni rozumí užívaným základním výrazům a frázím a používá je v mluvené i psané podobě. Představí sebe i ostatní, umí se zeptat na údaje týkající se jiných osob (kde žijí, co umějí, jaké mají zájmy, co vlastní apod.) a na podobné otázky odpovídá. Komunikuje v cizím jazyce o každodenních situacích a tématech typických pro jeho věk (např. koníčky, denní činnosti, oblečení, zvířata, jídlo, sporty).Výuka na 2. stupni předpokládá dosažení úrovně B1 (podle SERR). Na úrovni B1 jsou žáci při používání jazyka výrazně samostatnější a schopní efektivně komunikovat v každodenních situacích. Dokážou se bez většího zaváhání zapojit do konverzace o běžných tématech, jako jsou jejich zážitky, plány, zájmy apod. Při komunikaci jsou schopní mluvit o svých přáních a touhách a dokážou jasně vysvětlit své názory a plány. Rozumějí hlavním informacím běžné komunikace o známých věcech, se kterými se pravidelně setkávají ve škole nebo ve volném čase. Žáci na úrovni B1 rozumějí textům, které obsahují slovní zásobu často užívanou v každodenním životě, a dokážou z nich vyvodit hlavní myšlenky a konkrétní informace. Jsou schopní samostatně vytvářet strukturované, jednoduché a souvislé texty na známá témata, jako je popis událostí, osobních zkušeností nebo záležitostí spojených s každodenním životem.</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>Produkce</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>Produkce se zaměřuje na rozvoj dovednosti žáků aktivně používat cizí jazyk. V mluveném projevu se žáci učí vyjadřovat v jednoduchých větách a frázích, komunikovat v běžných situacích a dbát na správnou výslovnost. V písemné komunikaci se zaměřují na psaní jednoduchých textů, vyjadřování základních myšlenek a pocitů a jejich písemný projev je pro čtenáře srozumitelný po jazykové i stylistické stránce.</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>JJK-AJA-002-ZV5-004</t>
+          <t>JJK-AJA-002-ZV9-009</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
-          <t>Napíše krátký text s použitím jednoduchých vět a slovních spojení z okruhu osvojených témat.</t>
+          <t>Vyjádří a zdůvodní své názory a jednání.</t>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>Žák vytvoří jednoduchý text na známé téma. Používá jednoduché věty a slovní spojení, které se naučil v rámci osvojených témat. Učí se vyjadřovat své myšlenky a názory písemně v cizím jazyce. </t>
+          <t>Žák ústně nebo písemně vyjádří a stručně zdůvodní názor na téma ze svého života (školní a domácí povinnosti, volný čas aj.) a popíše a stručně zdůvodní, co udělal, dělá nebo má v úmyslu udělat.</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>Opíše jednotlivá slova nebo jednoduché věty podle vzoru.</t>
+          <t>Stručně vyjádří svůj názor na jednoduché téma a uvede jeden základní důvod bez dalšího rozvedení. Sdělí, co dělal, dělá nebo plánuje dělat, a uvede jednoduchý důvod. Při vyjadřování využívá poskytnutou slovní zásobu a podpůrné otázky. </t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>Doplní chybějící slova či informace do textu.Napíše krátký text jako je nákupní seznam nebo jednoduchý popis.</t>
+          <t>Vyjádří svůj názor na jednoduché téma a podpoří ho jedním stručně rozvedeným argumentem. Popíše a stručně zdůvodní své minulé, současné nebo budoucí činy a propojuje myšlenky jednoduchými spojkami. Vychází z textové osnovy a dalších verbálních podnětů.</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>Jednoduše písemně popíše osobu nebo situaci.Napíše krátký text s použitím známých slov a frází.</t>
+          <t>Vyjádří a zdůvodní vlastní názor a popíše a zdůvodní své minulé, současné nebo budoucí činy; na podporu svého stanoviska uvede alespoň jeden argument.</t>
         </is>
       </c>
       <c r="N38" s="0" t="inlineStr">
         <is>
-          <t>Opíše text ke správnému obrázku.</t>
+          <t>Mluví o sobě, své rodině a dalších jemu blízkých tématech.</t>
         </is>
       </c>
       <c r="O38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk</t>
         </is>
       </c>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk umožňuje porozumění skutečnostem, které nejsou zprostředkovány mateřským jazykem nebo jazyky, ve kterých jsou žáci vzděláváni. Anglický jazyk je klíčovým nástrojem pro komunikaci s lidmi z různých kultur, což je nezbytné pro porozumění a respektování rozmanitosti v dnešním globalizovaném světě. Osvojování anglického jazyka pomáhá snižovat jazykové bariéry, a přispívá tak ke zvýšení mobility jednotlivců jak v jejich osobním životě, tak v dalším studiu a v budoucím pracovním uplatnění.Požadavky na vzdělávání v anglickém jazyce vycházejí ze Společného evropského referenčního rámce pro jazyky (SERR) a z jeho aktualizované podoby (Dodatek k SERR). Kromě popisu jednotlivých úrovní ovládání cizího jazyka tento dokument popisuje komunikaci ve čtyřech jazykových činnostech: recepce, produkce, interakce a mediace. Tímto způsobem jsou popsány i očekávané výsledky učení oboru Anglický jazyk.Recepce zahrnuje přijímání a zpracování informací v mluvené nebo psané podobě, včetně audiovizuálního záznamu, a porozumění těmto informacím. Jedná se tedy o poslech a čtení s porozuměním. Produkce začleňuje vyjadřování se mluveným nebo psaným slovem. Interakce představuje bezprostřední komunikaci mezi dvěma či více stranami. Mediace spočívá zejména ve zprostředkování zjednodušených informací mezi různými jazyky nebo v rámci jednoho jazyka.Výuka na 1. stupni předpokládá dosažení úrovně A1 (podle SERR). Žák na této úrovni rozumí užívaným základním výrazům a frázím a používá je v mluvené i psané podobě. Představí sebe i ostatní, umí se zeptat na údaje týkající se jiných osob (kde žijí, co umějí, jaké mají zájmy, co vlastní apod.) a na podobné otázky odpovídá. Komunikuje v cizím jazyce o každodenních situacích a tématech typických pro jeho věk (např. koníčky, denní činnosti, oblečení, zvířata, jídlo, sporty).Výuka na 2. stupni předpokládá dosažení úrovně B1 (podle SERR). Na úrovni B1 jsou žáci při používání jazyka výrazně samostatnější a schopní efektivně komunikovat v každodenních situacích. Dokážou se bez většího zaváhání zapojit do konverzace o běžných tématech, jako jsou jejich zážitky, plány, zájmy apod. Při komunikaci jsou schopní mluvit o svých přáních a touhách a dokážou jasně vysvětlit své názory a plány. Rozumějí hlavním informacím běžné komunikace o známých věcech, se kterými se pravidelně setkávají ve škole nebo ve volném čase. Žáci na úrovni B1 rozumějí textům, které obsahují slovní zásobu často užívanou v každodenním životě, a dokážou z nich vyvodit hlavní myšlenky a konkrétní informace. Jsou schopní samostatně vytvářet strukturované, jednoduché a souvislé texty na známá témata, jako je popis událostí, osobních zkušeností nebo záležitostí spojených s každodenním životem.</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
           <t>Produkce</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>Produkce se zaměřuje na rozvoj dovednosti žáků aktivně používat cizí jazyk. V mluveném projevu se žáci učí vyjadřovat v jednoduchých větách a frázích, komunikovat v běžných situacích a dbát na správnou výslovnost. V písemné komunikaci se zaměřují na psaní jednoduchých textů, vyjadřování základních myšlenek a pocitů a jejich písemný projev je pro čtenáře srozumitelný po jazykové i stylistické stránce.</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>JJK-AJA-002-ZV9-009</t>
+          <t>JJK-AJA-002-ZV5-004</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t>Vyjádří a zdůvodní své názory a jednání.</t>
+          <t>Napíše krátký text s použitím jednoduchých vět a slovních spojení z okruhu osvojených témat.</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>Žák ústně nebo písemně vyjádří a stručně zdůvodní názor na téma ze svého života (školní a domácí povinnosti, volný čas aj.) a popíše a stručně zdůvodní, co udělal, dělá nebo má v úmyslu udělat.</t>
+          <t>Žák vytvoří jednoduchý text na známé téma. Používá jednoduché věty a slovní spojení, které se naučil v rámci osvojených témat. Učí se vyjadřovat své myšlenky a názory písemně v cizím jazyce. </t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>Stručně vyjádří svůj názor na jednoduché téma a uvede jeden základní důvod bez dalšího rozvedení. Sdělí, co dělal, dělá nebo plánuje dělat, a uvede jednoduchý důvod. Při vyjadřování využívá poskytnutou slovní zásobu a podpůrné otázky. </t>
+          <t>Opíše jednotlivá slova nebo jednoduché věty podle vzoru.</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>Vyjádří svůj názor na jednoduché téma a podpoří ho jedním stručně rozvedeným argumentem. Popíše a stručně zdůvodní své minulé, současné nebo budoucí činy a propojuje myšlenky jednoduchými spojkami. Vychází z textové osnovy a dalších verbálních podnětů.</t>
+          <t>Doplní chybějící slova či informace do textu.Napíše krátký text jako je nákupní seznam nebo jednoduchý popis.</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>Vyjádří a zdůvodní vlastní názor a popíše a zdůvodní své minulé, současné nebo budoucí činy; na podporu svého stanoviska uvede alespoň jeden argument.</t>
+          <t>Jednoduše písemně popíše osobu nebo situaci.Napíše krátký text s použitím známých slov a frází.</t>
         </is>
       </c>
       <c r="N39" s="0" t="inlineStr">
         <is>
-          <t>Mluví o sobě, své rodině a dalších jemu blízkých tématech.</t>
+          <t>Opíše text ke správnému obrázku.</t>
         </is>
       </c>
       <c r="O39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
@@ -3700,168 +3934,168 @@
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk umožňuje porozumění skutečnostem, které nejsou zprostředkovány mateřským jazykem nebo jazyky, ve kterých jsou žáci vzděláváni. Anglický jazyk je klíčovým nástrojem pro komunikaci s lidmi z různých kultur, což je nezbytné pro porozumění a respektování rozmanitosti v dnešním globalizovaném světě. Osvojování anglického jazyka pomáhá snižovat jazykové bariéry, a přispívá tak ke zvýšení mobility jednotlivců jak v jejich osobním životě, tak v dalším studiu a v budoucím pracovním uplatnění.Požadavky na vzdělávání v anglickém jazyce vycházejí ze Společného evropského referenčního rámce pro jazyky (SERR) a z jeho aktualizované podoby (Dodatek k SERR). Kromě popisu jednotlivých úrovní ovládání cizího jazyka tento dokument popisuje komunikaci ve čtyřech jazykových činnostech: recepce, produkce, interakce a mediace. Tímto způsobem jsou popsány i očekávané výsledky učení oboru Anglický jazyk.Recepce zahrnuje přijímání a zpracování informací v mluvené nebo psané podobě, včetně audiovizuálního záznamu, a porozumění těmto informacím. Jedná se tedy o poslech a čtení s porozuměním. Produkce začleňuje vyjadřování se mluveným nebo psaným slovem. Interakce představuje bezprostřední komunikaci mezi dvěma či více stranami. Mediace spočívá zejména ve zprostředkování zjednodušených informací mezi různými jazyky nebo v rámci jednoho jazyka.Výuka na 1. stupni předpokládá dosažení úrovně A1 (podle SERR). Žák na této úrovni rozumí užívaným základním výrazům a frázím a používá je v mluvené i psané podobě. Představí sebe i ostatní, umí se zeptat na údaje týkající se jiných osob (kde žijí, co umějí, jaké mají zájmy, co vlastní apod.) a na podobné otázky odpovídá. Komunikuje v cizím jazyce o každodenních situacích a tématech typických pro jeho věk (např. koníčky, denní činnosti, oblečení, zvířata, jídlo, sporty).Výuka na 2. stupni předpokládá dosažení úrovně B1 (podle SERR). Na úrovni B1 jsou žáci při používání jazyka výrazně samostatnější a schopní efektivně komunikovat v každodenních situacích. Dokážou se bez většího zaváhání zapojit do konverzace o běžných tématech, jako jsou jejich zážitky, plány, zájmy apod. Při komunikaci jsou schopní mluvit o svých přáních a touhách a dokážou jasně vysvětlit své názory a plány. Rozumějí hlavním informacím běžné komunikace o známých věcech, se kterými se pravidelně setkávají ve škole nebo ve volném čase. Žáci na úrovni B1 rozumějí textům, které obsahují slovní zásobu často užívanou v každodenním životě, a dokážou z nich vyvodit hlavní myšlenky a konkrétní informace. Jsou schopní samostatně vytvářet strukturované, jednoduché a souvislé texty na známá témata, jako je popis událostí, osobních zkušeností nebo záležitostí spojených s každodenním životem.</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
           <t>Interakce</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>Interakce se zaměřuje na rozvoj dovednosti žáků efektivně se zapojovat do komunikace v cizím jazyce. Žáci se učí aktivně se účastnit rozhovorů, klást otázky a reagovat na ně, vyjadřovat své názory a pocity, a to vše v rámci běžných komunikačních situací. Důraz je kladen na rozvoj schopnosti vést konverzaci, včetně zahájení, udržení a ukončení rozhovoru, a na používání vhodných komunikačních strategií pro překonávání jazykových bariér. Žáci se také učí efektivně spolupracovat s ostatními, čímž se posilují jejich interaktivní dovednosti a schopnost pracovat v týmu.</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>JJK-AJA-003-ZV5-005</t>
+          <t>JJK-AJA-003-ZV9-014</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
-          <t>Zapojí se do jednoduchých rozhovorů týkajících se osvojených témat.</t>
+          <t>Účastní se přímého rozhovoru o tématech, která ho zajímají.</t>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>Žák odpovídá na jednoduché otázky týkající se osvojených témat, pokud jsou vysloveny pomalu a zřetelně, a podobné otázky pokládá. Aktivně se účastní jednoduchého rozhovoru o známých tématech.</t>
+          <t>Žák se spontánně zapojuje do rozhovorů i na známá témata a dokáže je zahájit i ukončit. Konverzaci aktivně rozvíjí.</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do velmi jednoduchých rozhovorů s učitelem nebo se spolužáky, v nichž používá osvojené fráze. </t>
+          <t>Zapojuje se do rozhovoru o známých tématech a dokáže klást otázky a reagovat na odpovědi, vyjádří velmi jednoduše svůj názor.</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do jednoduchých rozhovorů s učitelem nebo se spolužáky, které se týkají probíraných témat.</t>
+          <t>Do rozhovorů na známá témata se zapojuje většinou spontánně. Dokáže samostatně odpovídat a klást jednoduché otázky, čímž udržuje rozhovor. Jeho vyjadřování je celkově plynulejší, i když může váhat nebo chybovat v méně známých situacích, kdy potřebuje podporu.</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do rozhovorů o známých tématech a dokáže klást otázky a reagovat na odpovědi.Vyjádří velmi jednoduše svůj názor a přidá krátké vysvětlení.</t>
+          <t>Zapojuje do rozhovorů o známých tématech, dokáže rozhovor zahájit, udržet i ukončit. Zapojuje se aktivně a spontánně do rozhovoru, reaguje adekvátně na podněty druhých a přirozeně střídá role mluvčího a posluchače.</t>
         </is>
       </c>
       <c r="N44" s="0" t="inlineStr">
         <is>
-          <t>Zeptá se na osobní údaje a odpovídá na otázky vztahující se k osobním údajům.</t>
+          <t>Vyjádří ústně pozvání, návrh a omluvu a na tyto podněty reaguje.</t>
         </is>
       </c>
       <c r="O44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk</t>
         </is>
       </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t>Anglický jazyk umožňuje porozumění skutečnostem, které nejsou zprostředkovány mateřským jazykem nebo jazyky, ve kterých jsou žáci vzděláváni. Anglický jazyk je klíčovým nástrojem pro komunikaci s lidmi z různých kultur, což je nezbytné pro porozumění a respektování rozmanitosti v dnešním globalizovaném světě. Osvojování anglického jazyka pomáhá snižovat jazykové bariéry, a přispívá tak ke zvýšení mobility jednotlivců jak v jejich osobním životě, tak v dalším studiu a v budoucím pracovním uplatnění.Požadavky na vzdělávání v anglickém jazyce vycházejí ze Společného evropského referenčního rámce pro jazyky (SERR) a z jeho aktualizované podoby (Dodatek k SERR). Kromě popisu jednotlivých úrovní ovládání cizího jazyka tento dokument popisuje komunikaci ve čtyřech jazykových činnostech: recepce, produkce, interakce a mediace. Tímto způsobem jsou popsány i očekávané výsledky učení oboru Anglický jazyk.Recepce zahrnuje přijímání a zpracování informací v mluvené nebo psané podobě, včetně audiovizuálního záznamu, a porozumění těmto informacím. Jedná se tedy o poslech a čtení s porozuměním. Produkce začleňuje vyjadřování se mluveným nebo psaným slovem. Interakce představuje bezprostřední komunikaci mezi dvěma či více stranami. Mediace spočívá zejména ve zprostředkování zjednodušených informací mezi různými jazyky nebo v rámci jednoho jazyka.Výuka na 1. stupni předpokládá dosažení úrovně A1 (podle SERR). Žák na této úrovni rozumí užívaným základním výrazům a frázím a používá je v mluvené i psané podobě. Představí sebe i ostatní, umí se zeptat na údaje týkající se jiných osob (kde žijí, co umějí, jaké mají zájmy, co vlastní apod.) a na podobné otázky odpovídá. Komunikuje v cizím jazyce o každodenních situacích a tématech typických pro jeho věk (např. koníčky, denní činnosti, oblečení, zvířata, jídlo, sporty).Výuka na 2. stupni předpokládá dosažení úrovně B1 (podle SERR). Na úrovni B1 jsou žáci při používání jazyka výrazně samostatnější a schopní efektivně komunikovat v každodenních situacích. Dokážou se bez většího zaváhání zapojit do konverzace o běžných tématech, jako jsou jejich zážitky, plány, zájmy apod. Při komunikaci jsou schopní mluvit o svých přáních a touhách a dokážou jasně vysvětlit své názory a plány. Rozumějí hlavním informacím běžné komunikace o známých věcech, se kterými se pravidelně setkávají ve škole nebo ve volném čase. Žáci na úrovni B1 rozumějí textům, které obsahují slovní zásobu často užívanou v každodenním životě, a dokážou z nich vyvodit hlavní myšlenky a konkrétní informace. Jsou schopní samostatně vytvářet strukturované, jednoduché a souvislé texty na známá témata, jako je popis událostí, osobních zkušeností nebo záležitostí spojených s každodenním životem.</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
           <t>Interakce</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t>Interakce se zaměřuje na rozvoj dovednosti žáků efektivně se zapojovat do komunikace v cizím jazyce. Žáci se učí aktivně se účastnit rozhovorů, klást otázky a reagovat na ně, vyjadřovat své názory a pocity, a to vše v rámci běžných komunikačních situací. Důraz je kladen na rozvoj schopnosti vést konverzaci, včetně zahájení, udržení a ukončení rozhovoru, a na používání vhodných komunikačních strategií pro překonávání jazykových bariér. Žáci se také učí efektivně spolupracovat s ostatními, čímž se posilují jejich interaktivní dovednosti a schopnost pracovat v týmu.</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>JJK-AJA-003-ZV9-014</t>
+          <t>JJK-AJA-003-ZV5-005</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>Účastní se přímého rozhovoru o tématech, která ho zajímají.</t>
+          <t>Zapojí se do jednoduchých rozhovorů týkajících se osvojených témat.</t>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>Žák se spontánně zapojuje do rozhovorů i na známá témata a dokáže je zahájit i ukončit. Konverzaci aktivně rozvíjí.</t>
+          <t>Žák odpovídá na jednoduché otázky týkající se osvojených témat, pokud jsou vysloveny pomalu a zřetelně, a podobné otázky pokládá. Aktivně se účastní jednoduchého rozhovoru o známých tématech.</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do rozhovoru o známých tématech a dokáže klást otázky a reagovat na odpovědi, vyjádří velmi jednoduše svůj názor.</t>
+          <t>Zapojuje se do velmi jednoduchých rozhovorů s učitelem nebo se spolužáky, v nichž používá osvojené fráze. </t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>Do rozhovorů na známá témata se zapojuje většinou spontánně. Dokáže samostatně odpovídat a klást jednoduché otázky, čímž udržuje rozhovor. Jeho vyjadřování je celkově plynulejší, i když může váhat nebo chybovat v méně známých situacích, kdy potřebuje podporu.</t>
+          <t>Zapojuje se do jednoduchých rozhovorů s učitelem nebo se spolužáky, které se týkají probíraných témat.</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje do rozhovorů o známých tématech, dokáže rozhovor zahájit, udržet i ukončit. Zapojuje se aktivně a spontánně do rozhovoru, reaguje adekvátně na podněty druhých a přirozeně střídá role mluvčího a posluchače.</t>
+          <t>Zapojuje se do rozhovorů o známých tématech a dokáže klást otázky a reagovat na odpovědi.Vyjádří velmi jednoduše svůj názor a přidá krátké vysvětlení.</t>
         </is>
       </c>
       <c r="N45" s="0" t="inlineStr">
         <is>
-          <t>Vyjádří ústně pozvání, návrh a omluvu a na tyto podněty reaguje.</t>
+          <t>Zeptá se na osobní údaje a odpovídá na otázky vztahující se k osobním údajům.</t>
         </is>
       </c>
       <c r="O45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
@@ -5340,168 +5574,168 @@
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>Číslo a početní operace</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-001-ZV5-001</t>
+          <t>MAT-MAT-001-ZV9-001</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Řeší problémy s přirozenými čísly (včetně nuly) v kontextu reálných situací.</t>
+          <t>Řeší problémy se zlomky v kontextu reálných situací.</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“. </t>
+          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>vyjmenuje vzestupnou i sestupnou číselnou řadu (po jedné, po dvou…, po deseti…) určí počet objektů a reprezentuje ho různými (ekvivalentními) způsoby (objekty, obrázky, znaky, čísly) čte a zapisuje přirozená čísla v desítkové soustavě  </t>
+          <t>interpretuje význam zlomku v širším kontextu situace – část celku, racionální číslo, poměr atd.  určí ekvivalentní zlomky   vyjádří zlomek v základním tvaru     zobrazuje zlomky na číselnou osu, a to včetně záporných zlomků  porovnává zlomky  sčítá a odčítá zlomky pomocí modelů násobí a dělí zlomky pomocí modelů </t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje číslo jako počet a číslo jako veličinu (např. v oblasti peněz)  řeší slovní úlohy, kde čísla jsou v různých rolích - číslo jako stav (např. tři kuličky), operátor (např. o několik více/méně, několikrát více/méně), adresa/identifikátor (např. číslo pokoje v hotelu, na ciferníku hodin, číslo na číselné ose) a jméno (např. číslo tramvaje)  používá s porozuměním pozice číslic v zápisu čísla v desítkové soustavě  rozpozná reálné situace (i s antisignálem), ve kterých se sčítá, odčítá, násobí a dělí  sčítá, odčítá, násobí a dělí v oboru přirozených čísel do 10 000 pamětně i písemně  odhaduje počet objektů i výsledek početních operací  zaokrouhluje přirozená čísla  orientuje se ve struktuře čísel (např. na číselné ose, ve stovkové tabulce)  </t>
+          <t>zapíše zlomek jako desetinné číslo  zapíše nepravý zlomek pomocí smíšeného čísla a naopak     sčítá a odčítá zlomky pomocí číselného zápisu  násobí a dělí zlomky pomocí číselného zápisu  </t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Provádí výpočty s více operacemi, závorkami, respektuje přednost operací a využívá jejich vlastnosti (např. komutativita, asociativita).Řeší různé typy slovních úloh (např. s antisignálem, s nadbytečnými číselnými údaji) s přirozenými čísly v různých rolích (stav, operátor, adresa/identifikátor).</t>
+          <t>Zdůvodní postupy a výpočty pomocí modelů.Řeší úlohy z reálného světa, které obsahují sčítání a odčítání pravých a nepravých zlomků a smíšených čísel.Řeší úlohy z reálného světa, které obsahují násobení a dělení zlomků (pravých a nepravých zlomků a smíšených čísel).</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>Řeší jednoduché problémy s přirozenými čísly, sčítá a odčítá do tisíce, násobí a dělí v oboru malé násobilky.</t>
+          <t>Pracuje se zlomky.</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t>Číslo a početní operace</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-001-ZV9-001</t>
+          <t>MAT-MAT-001-ZV5-001</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Řeší problémy se zlomky v kontextu reálných situací.</t>
+          <t>Řeší problémy s přirozenými čísly (včetně nuly) v kontextu reálných situací.</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
+          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“. </t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>interpretuje význam zlomku v širším kontextu situace – část celku, racionální číslo, poměr atd.  určí ekvivalentní zlomky   vyjádří zlomek v základním tvaru     zobrazuje zlomky na číselnou osu, a to včetně záporných zlomků  porovnává zlomky  sčítá a odčítá zlomky pomocí modelů násobí a dělí zlomky pomocí modelů </t>
+          <t>Vyjmenuje vzestupnou i sestupnou číselnou řadu (po jedné, po dvou…, po deseti…).Určí počet objektů a reprezentuje ho různými (ekvivalentními) způsoby (objekty, obrázky, znaky, čísly). Čte a zapisuje přirozená čísla v desítkové soustavě. </t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>zapíše zlomek jako desetinné číslo  zapíše nepravý zlomek pomocí smíšeného čísla a naopak     sčítá a odčítá zlomky pomocí číselného zápisu  násobí a dělí zlomky pomocí číselného zápisu  </t>
+          <t>Rozlišuje číslo jako počet a číslo jako veličinu (např. v oblasti peněz).Řeší slovní úlohy, kde čísla jsou v různých rolích - číslo jako stav (např. tři kuličky), operátor (např. o několik více/méně, několikrát více/méně), adresa/identifikátor (např. číslo pokoje v hotelu, na ciferníku hodin, číslo na číselné ose) a jméno (např. číslo tramvaje).Používá s porozuměním pozice číslic v zápisu čísla v desítkové soustavě.  Rozpozná reálné situace (i s antisignálem), ve kterých se sčítá, odčítá, násobí a dělí.Sčítá, odčítá, násobí a dělí v oboru přirozených čísel do 10 000 pamětně i písemně.  Odhaduje počet objektů i výsledek početních operací.Zaokrouhluje přirozená čísla.  Orientuje se ve struktuře čísel (např. na číselné ose, ve stovkové tabulce).</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Zdůvodní postupy a výpočty pomocí modelů.Řeší úlohy z reálného světa, které obsahují sčítání a odčítání pravých a nepravých zlomků a smíšených čísel.Řeší úlohy z reálného světa, které obsahují násobení a dělení zlomků (pravých a nepravých zlomků a smíšených čísel).</t>
+          <t>Provádí výpočty s více operacemi, závorkami, respektuje přednost operací a využívá jejich vlastnosti (např. komutativita, asociativita).Řeší různé typy slovních úloh (např. s antisignálem, s nadbytečnými číselnými údaji) s přirozenými čísly v různých rolích (stav, operátor, adresa/identifikátor).</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>Pracuje se zlomky.</t>
+          <t>Řeší jednoduché problémy s přirozenými čísly, sčítá a odčítá do tisíce, násobí a dělí v oboru malé násobilky.</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
@@ -5524,56 +5758,56 @@
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-001-ZV5-002</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t>Modeluje a používá zlomky v praktických situacích.</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>rozděluje spravedlivě různé celky na stejné části (např. rozděluje koláč, tyč, čokoládu, lentilky, mince)   pojmenuje části spravedlivého dělení   modeluje slovně vyjádřený kmenový zlomek (polovina, třetina, čtvrtina…)   </t>
+          <t>Rozděluje spravedlivě různé celky na stejné části (např. rozděluje koláč, tyč, čokoládu, lentilky, mince).Pojmenuje části spravedlivého dělení. Modeluje slovně vyjádřený kmenový zlomek (polovina, třetina, čtvrtina…).  </t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>porovná kmenové zlomky vyjádřené slovně nebo modelem   řeší jednoduché slovní úlohy s kmenovými zlomky vyjádřenými slovně a využívá k tomu vhodné modely   zapíše kmenový zlomek pomocí čísel    modeluje a pojmenuje části celku nekmenovými zlomky    zapíše nekmenový zlomek pomocí čísel    porovná nekmenové zlomky vyjádřené modelem, slovně nebo číselně     </t>
+          <t>Porovná kmenové zlomky vyjádřené slovně nebo modelem.   Řeší jednoduché slovní úlohy s kmenovými zlomky vyjádřenými slovně a využívá k tomu vhodné modely.  Zapíše kmenový zlomek pomocí čísel.  Modeluje a pojmenuje části celku nekmenovými zlomky.   Zapíše nekmenový zlomek pomocí čísel.   Porovná nekmenové zlomky vyjádřené modelem, slovně nebo číselně.     </t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t>Porovnává nekmenové zlomky zapsané číselně a sčítá je pomocí modelů. Řeší jednoduché slovní úlohy se zlomky.  </t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
           <t>Modeluje zlomky, které lze snadno vyjádřit jako části celku, a používá je v běžných situacích.</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="inlineStr">
@@ -5693,51 +5927,51 @@
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-001-ZV5-003</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t>Modeluje kladná desetinná čísla pomocí reálných situací.</t>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t>Modeluje a čte desetinné číslo se dvěma desetinnými místy reálnou situací (účtenka v obchodě, délka, popř. výška…).Vyznačí desetinné číslo na číselné ose.</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>převádí některé jednoduché zlomky (polovina, čtvrtina, tři čtvrtiny, pětina, desetina, setina…) na desetinná čísla a obráceně a vyznačí je na číselné ose    porovná dvě desetinná čísla se dvěma desetinnými místy   zaokrouhlí desetinné číslo na přirozené číslo (případně nulu)   </t>
+          <t>Převádí některé jednoduché zlomky (polovina, čtvrtina, tři čtvrtiny, pětina, desetina, setina…) na desetinná čísla a obráceně a vyznačí je na číselné ose.   Porovná dvě desetinná čísla se dvěma desetinnými místy.   Zaokrouhlí desetinné číslo na přirozené číslo (případně nulu).</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t>Používá desetinná čísla při převádění jednotek míry.Sčítá a odčítá desetinná čísla.Řeší jednoduché slovní úlohy s desetinnými čísly.</t>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="inlineStr">
@@ -5852,56 +6086,56 @@
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-001-ZV5-004</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t>Modeluje celá záporná čísla pomocí reálných situací.</t>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t>popíše slovy situaci, která modeluje celá záporná čísla   </t>
+          <t>Popíše slovy situaci, která modeluje celá záporná čísla. </t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>vyznačí celé záporné číslo na číselné ose   zapíše matematicky modelovou situaci pomocí znaku „–“   </t>
+          <t>Vyznačí celé záporné číslo na číselné ose.   Zapíše matematicky modelovou situaci pomocí znaku „–“. </t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t>Řeší jednoduché úlohy s reprezentací celého záporného čísla (teploměr, dluh, pohyb na číselné ose).</t>
         </is>
       </c>
       <c r="N70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="inlineStr">
@@ -5934,56 +6168,56 @@
           <t>Tematický okruh se soustředí na pochopení metrických vlastností objektů, jednotek a procesů měření, včetně délky, plochy, objemu, úhlu, času a dalších veličin. Žáci se učí používat různé měřicí nástroje a metody pro přesné určení fyzikálních vlastností objektů. Schopnost měřit a odhadovat je nezbytná pro aplikaci matematiky v reálném světě. </t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-002-ZV5-005</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t>Využívá standardní jednotky délky k odhadu, měření a porovnávání, prostřednictvím manipulace zjišťuje obsah a objem.</t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>změří a porovná délky, obsahy, objemy pomocí nestandardních jednotek (kroky, palce, dřívka, provázek…, list papíru, čtverec v síti…, krychle...) </t>
+          <t>Změří a porovná délky, obsahy, objemy pomocí nestandardních jednotek (kroky, palce, dřívka, provázek…, list papíru, čtverec v síti…, krychle...).</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>odhadne délku, obsah a objem použitím nestandardní jednotky změří, porovná a odhadne délky použitím standardní jednotky určí obsah mřížového útvaru ve čtvercové síti  vyjádří objem krychlového tělesa pomocí jednotkových krychlí </t>
+          <t>Odhadne délku, obsah a objem použitím nestandardní jednotky. Změří, porovná a odhadne délky použitím standardní jednotky.Určí obsah mřížového útvaru ve čtvercové síti.  Vyjádří objem krychlového tělesa pomocí jednotkových krychlí.</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
           <t>Určí obsah mnohoúhelníku pomocí jeho rozdělení nebo doplnění na útvar tak, aby obsah snadno zjistil.Řeší úlohy s reálným kontextem týkající se míry mnohoúhelníku (obvodu, obsahu) i míry krychlového tělesa (povrchu a objemu).</t>
         </is>
       </c>
       <c r="N71" s="0" t="inlineStr">
         <is>
           <t>Využívá standardní jednotky délky k měření a porovnávání.</t>
         </is>
       </c>
       <c r="O71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="inlineStr">
@@ -6242,168 +6476,168 @@
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
           <t>Geometrie v rovině a v prostoru</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>Geometrie se zabývá studiem útvarů a těles, jejich vlastnostmi a prostorovými vztahy. Žáci se je učí rozpoznávat, popisovat a analyzovat. Důraz je kladen na schopnost vizualizace a prostorového uvažování, které jsou klíčové pro řešení geometrických problémů. </t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-003-ZV5-006</t>
+          <t>MAT-MAT-003-ZV9-007</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>Modeluje a rozpozná geometrické útvary.</t>
+          <t>Rozpozná geometrické útvary a využívá jejich vlastnosti k řešení problémů.</t>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
-          <t>rozpozná, modeluje a pojmenuje dvojrozměrné útvary (mnohoúhelníky, kruh) a tělesa (krychle, kvádr, jehlan, kužel, válec, koule)   rozpozná a popíše vlastnosti dvojrozměrných útvarů a těles  </t>
+          <t>rozpozná a pojmenuje typy n-úhelníků    využívá základní pojmy popisující vlastnosti kruhu a kružnice (poloměr, průměr, střed)   rozpozná tělesa (hranol, válec, jehlan, kužel a kouli)   </t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>rozpozná shodné dvojrozměrné útvary a tělesa (v otočení, v posunutí, v osové souměrnosti a v rovinové souměrnosti)   rozpozná osově souměrné dvojrozměrné útvary a určí jejich osu souměrnosti   rozpozná a popíše dvojrozměrné útvary   vytvoří nové dvojrozměrné útvary složením dvou či více útvarů nebo rozložením daného útvaru a popíše jejich vlastnosti </t>
+          <t>rozpozná dvojice shodných dvojrozměrných útvarů (v osové a středové souměrnosti, v posunutí, v otočení) a určí typ zobrazení rozpozná dvojice podobných dvojrozměrných útvarů  rozpozná a pojmenuje typy úhlů (nulový, ostrý, pravý, tupý, přímý, nekonvexní, plný) </t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná pravý, přímý a plný úhel a jejich vztah. Využívá vlastnosti útvarů ke konstrukcím.Využívá vlastností útvarů k řešení problémů.  Přiřadí těleso a jeho síť a vytvoří síť krychle a kvádru.</t>
+          <t>Používá definující vlastnosti dvourozměrných útvarů pro jejich klasifikaci.Používá k řešení úloh vztahy mezi úhly svíranými dvěma různoběžkami, případně úhly, které vzniknou, pokud příčka protne dvě rovnoběžky.Popíše a používá geometrická zobrazení dvourozměrných obrazců (tzn. osová souměrnost, středová souměrnost, otočení, posunutí, podobnost).Popíše a používá geometrická zobrazení složená ze dvou zobrazení (tzn. osová souměrnost, středová souměrnost, otočení, posunutí, podobnost). </t>
         </is>
       </c>
       <c r="N75" s="0" t="inlineStr">
         <is>
-          <t>Modeluje a rozliší geometrické útvary v rovině.</t>
+          <t>Rozpozná geometrické útvary a využívá jejich vlastností.</t>
         </is>
       </c>
       <c r="O75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>Geometrie v rovině a v prostoru</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>Geometrie se zabývá studiem útvarů a těles, jejich vlastnostmi a prostorovými vztahy. Žáci se je učí rozpoznávat, popisovat a analyzovat. Důraz je kladen na schopnost vizualizace a prostorového uvažování, které jsou klíčové pro řešení geometrických problémů. </t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-003-ZV9-007</t>
+          <t>MAT-MAT-003-ZV5-006</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná geometrické útvary a využívá jejich vlastnosti k řešení problémů.</t>
+          <t>Modeluje a rozpozná geometrické útvary.</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>rozpozná a pojmenuje typy n-úhelníků    využívá základní pojmy popisující vlastnosti kruhu a kružnice (poloměr, průměr, střed)   rozpozná tělesa (hranol, válec, jehlan, kužel a kouli)   </t>
+          <t>Rozpozná, modeluje a pojmenuje dvojrozměrné útvary (mnohoúhelníky, kruh) a tělesa (krychle, kvádr, jehlan, kužel, válec, koule).  Rozpozná a popíše vlastnosti dvojrozměrných útvarů a těles. </t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>rozpozná dvojice shodných dvojrozměrných útvarů (v osové a středové souměrnosti, v posunutí, v otočení) a určí typ zobrazení rozpozná dvojice podobných dvojrozměrných útvarů  rozpozná a pojmenuje typy úhlů (nulový, ostrý, pravý, tupý, přímý, nekonvexní, plný) </t>
+          <t>Rozpozná shodné dvojrozměrné útvary a tělesa (v otočení, v posunutí, v osové souměrnosti a v rovinové souměrnosti).   Rozpozná osově souměrné dvojrozměrné útvary a určí jejich osu souměrnosti.   Rozpozná a popíše dvojrozměrné útvary.   Vytvoří nové dvojrozměrné útvary složením dvou či více útvarů nebo rozložením daného útvaru a popíše jejich vlastnosti.</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>Používá definující vlastnosti dvourozměrných útvarů pro jejich klasifikaci.Používá k řešení úloh vztahy mezi úhly svíranými dvěma různoběžkami, případně úhly, které vzniknou, pokud příčka protne dvě rovnoběžky.Popíše a používá geometrická zobrazení dvourozměrných obrazců (tzn. osová souměrnost, středová souměrnost, otočení, posunutí, podobnost).Popíše a používá geometrická zobrazení složená ze dvou zobrazení (tzn. osová souměrnost, středová souměrnost, otočení, posunutí, podobnost). </t>
+          <t>Rozpozná pravý, přímý a plný úhel a jejich vztah. Využívá vlastnosti útvarů ke konstrukcím.Využívá vlastností útvarů k řešení problémů.  Přiřadí těleso a jeho síť a vytvoří síť krychle a kvádru.</t>
         </is>
       </c>
       <c r="N76" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná geometrické útvary a využívá jejich vlastností.</t>
+          <t>Modeluje a rozliší geometrické útvary v rovině.</t>
         </is>
       </c>
       <c r="O76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
@@ -6426,56 +6660,56 @@
           <t>Geometrie se zabývá studiem útvarů a těles, jejich vlastnostmi a prostorovými vztahy. Žáci se je učí rozpoznávat, popisovat a analyzovat. Důraz je kladen na schopnost vizualizace a prostorového uvažování, které jsou klíčové pro řešení geometrických problémů. </t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-003-ZV5-007</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t>Orientuje se v rovině a v prostoru.</t>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t>orientuje se v rovině, například s využitím čtvercové sítě (řádek, sloupec, vpravo, vlevo) orientuje se v prostoru (vpravo, vlevo, nahoře, dole, vpředu, vzadu), například při práci s modely krychlí a dalších těles   </t>
+          <t>Orientuje se v rovině, například s využitím čtvercové sítě (řádek, sloupec, vpravo, vlevo). Orientuje se v prostoru (vpravo, vlevo, nahoře, dole, vpředu, vzadu), například při práci s modely krychlí a dalších těles.   </t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>rozliší přímky a úsečky rovnoběžné, různoběžné, kolmé orientuje se ve čtvercové síti </t>
+          <t>Rozliší přímky a úsečky rovnoběžné, různoběžné, kolmé.Orientuje se ve čtvercové síti. </t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
           <t>Popíše vzájemnou polohu dvou či více objektů v rovině (bodů, úseček, přímek). S využitím čtvercové sítě popíše vzájemnou polohu dvou či více objektů v prostoru (vrcholů, hran, stěn mnohostěnu).</t>
         </is>
       </c>
       <c r="N77" s="0" t="inlineStr">
         <is>
           <t>Orientuje se v rovině a v prostoru.</t>
         </is>
       </c>
       <c r="O77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="inlineStr">
@@ -6570,168 +6804,168 @@
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
           <t>Geometrie v rovině a v prostoru</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>Geometrie se zabývá studiem útvarů a těles, jejich vlastnostmi a prostorovými vztahy. Žáci se je učí rozpoznávat, popisovat a analyzovat. Důraz je kladen na schopnost vizualizace a prostorového uvažování, které jsou klíčové pro řešení geometrických problémů. </t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-003-ZV9-009</t>
+          <t>MAT-MAT-003-ZV5-008</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>Konstruuje množiny bodů daných vlastností.</t>
+          <t>Konstruuje geometrické útvary podle zadaných parametrů.</t>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. </t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t>řeší úlohy pomocí manipulačních činností (např. ve čtvercové síti, překládáním papíru, modelováním těles, se sítěmi těles) </t>
+          <t>V manipulačních prostředích vyznačí základní geometrické útvary.   </t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>navrhne a zapíše postup konstrukce (slovně nebo symbolicky), diskutuje podmínky řešení a realizuje rýsováním  používá geometrický software ke konstrukcím geometrických útvarů, k zobrazení těles a modelování polohových vztahů v rovině a prostoru    provádí základní konstrukce (např. rovnoběžky, kolmice, osa úsečky, úhel 60°, osa úhlu, kružnice) pomocí pravítka a kružítka   sestrojí útvary (včetně úhlů) podle zadaných prvků a provádí diskusi řešení  </t>
+          <t>V manipulačních prostředích vymodeluje rovnoběžné, různoběžné a kolmé úsečky.   Narýsuje úsečku dané délky, rovnoběžné a kolmé úsečky/přímky, kružnice a označí je (ve čtvercové síti a na čistém papíře).   </t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>Aplikuje osvojené dovednosti při řešení konstrukčních úloh s reálným kontextem.  </t>
+          <t>Zkonstruuje rýsováním útvary podle předlohy nebo jednoduchých zadání.Popíše postup konstrukce jednoduchého útvaru s využitím rýsování úseček, rovnoběžek, kolmic nebo kružnic.</t>
         </is>
       </c>
       <c r="N79" s="0" t="inlineStr">
         <is>
-          <t>Provádí jednoduché konstrukce geometrických útvarů.</t>
+          <t>Provádí základní geometrické konstrukce.</t>
         </is>
       </c>
       <c r="O79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
           <t>Geometrie v rovině a v prostoru</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>Geometrie se zabývá studiem útvarů a těles, jejich vlastnostmi a prostorovými vztahy. Žáci se je učí rozpoznávat, popisovat a analyzovat. Důraz je kladen na schopnost vizualizace a prostorového uvažování, které jsou klíčové pro řešení geometrických problémů. </t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-003-ZV5-008</t>
+          <t>MAT-MAT-003-ZV9-009</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t>Konstruuje geometrické útvary podle zadaných parametrů.</t>
+          <t>Konstruuje množiny bodů daných vlastností.</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. </t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>v manipulačních prostředích vyznačí základní geometrické útvary (např. pomocí skládání a stříhání papíru, provázkem, dřívky)   </t>
+          <t>řeší úlohy pomocí manipulačních činností (např. ve čtvercové síti, překládáním papíru, modelováním těles, se sítěmi těles) </t>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>v manipulačních prostředích vymodeluje rovnoběžné, různoběžné a kolmé úsečky   narýsuje úsečku dané délky, rovnoběžné a kolmé úsečky/přímky, kružnice a označí je (ve čtvercové síti a na čistém papíře)   </t>
+          <t>navrhne a zapíše postup konstrukce (slovně nebo symbolicky), diskutuje podmínky řešení a realizuje rýsováním  používá geometrický software ke konstrukcím geometrických útvarů, k zobrazení těles a modelování polohových vztahů v rovině a prostoru    provádí základní konstrukce (např. rovnoběžky, kolmice, osa úsečky, úhel 60°, osa úhlu, kružnice) pomocí pravítka a kružítka   sestrojí útvary (včetně úhlů) podle zadaných prvků a provádí diskusi řešení  </t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>Zkonstruuje rýsováním útvary podle předlohy nebo jednoduchých zadání.Popíše postup konstrukce jednoduchého útvaru s využitím rýsování úseček, rovnoběžek, kolmic nebo kružnic.</t>
+          <t>Aplikuje osvojené dovednosti při řešení konstrukčních úloh s reálným kontextem.  </t>
         </is>
       </c>
       <c r="N80" s="0" t="inlineStr">
         <is>
-          <t>Provádí základní geometrické konstrukce.</t>
+          <t>Provádí jednoduché konstrukce geometrických útvarů.</t>
         </is>
       </c>
       <c r="O80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
@@ -6836,56 +7070,56 @@
           <t>Tematický okruh se zaměřuje na sběr, organizaci, zobrazování, analýzu a interpretaci dat. Zahrnuje základní pojmy pravděpodobnosti, které žákům pomáhají pochopit koncepty šance a nejistoty. Cílem je vybavit žáky dovednostmi potřebnými k analýze dat a tvorbě informovaných rozhodnutí na základě statistických informací.</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-004-ZV5-009</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t>Získává data, graficky je zaznamenává, grafický záznam dat čte a interpretuje.</t>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
-          <t>organizuje soubor dat podle různých organizačních principů (uspořádání, klasifikace, třídění, asociace, seskupování, schematizace)  </t>
+          <t>Organizuje soubor dat podle různých organizačních principů (uspořádání, klasifikace, třídění, asociace, seskupování, schematizace). </t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>sesbírá, vybere a eviduje odpovídající data z reálné situace </t>
+          <t>Sesbírá, vybere a eviduje odpovídající data z reálné situace. </t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
           <t>Čte a vytvoří grafický záznam souboru dat (tabulky, grafy, schémata, Vennovy diagramy pro dvě i tři množiny).Získá informace z organizovaného souboru dat pro řešení problémů.Určí aritmetický průměr malého souboru dat.</t>
         </is>
       </c>
       <c r="N82" s="0" t="inlineStr">
         <is>
           <t>Pojmenuje v konkrétních situacích, co jsou data, označí je nebo je zaznamená.</t>
         </is>
       </c>
       <c r="O82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="inlineStr">
@@ -6980,168 +7214,168 @@
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
           <t>Statistika a pravděpodobnost</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na sběr, organizaci, zobrazování, analýzu a interpretaci dat. Zahrnuje základní pojmy pravděpodobnosti, které žákům pomáhají pochopit koncepty šance a nejistoty. Cílem je vybavit žáky dovednostmi potřebnými k analýze dat a tvorbě informovaných rozhodnutí na základě statistických informací.</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-004-ZV5-010</t>
+          <t>MAT-MAT-004-ZV9-012</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>Experimentuje, eviduje a popisuje náhodné jevy.</t>
+          <t>Vypočítá a interpretuje základní charakteristiky souboru dat.</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
-          <t> rozpozná náhodné, jisté a nemožné jevy </t>
+          <t> určí aritmetický průměr souboru dat </t>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>experimentuje a náhodné jevy eviduje pro určení pravděpodobnosti daného jevu   </t>
+          <t>porovná klíčové charakteristiky dvou různých, ale souvisejících souborů dat řeší úlohy včetně úloh z reálného světa, ve kterých se počítá průměr, medián či modus souboru dat. popíše dopad přidání nebo odebrání určité hodnoty ze souboru dat na průměr, medián nebo modus </t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>Odhaduje pravděpodobnost jevu pro rozhodování v dané situaci.</t>
+          <t>Určí a popíše aritmetický průměr, medián a modus různých souborů dat a vybere, která charakteristika je v daném kontextu nejvhodnější.Rozpozná vliv odlehlých hodnot v souboru dat na průměr a medián. Určí vhodné metody výběru vzorku tak, aby se jeho charakteristika co nejvíce blížila charakteristice celého souboru.</t>
         </is>
       </c>
       <c r="N84" s="0" t="inlineStr">
         <is>
-          <t>Rozlišuje situace, které nastanou vždy, nastanou někdy, nebo nenastanou nikdy.</t>
+          <t/>
         </is>
       </c>
       <c r="O84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
           <t>Statistika a pravděpodobnost</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na sběr, organizaci, zobrazování, analýzu a interpretaci dat. Zahrnuje základní pojmy pravděpodobnosti, které žákům pomáhají pochopit koncepty šance a nejistoty. Cílem je vybavit žáky dovednostmi potřebnými k analýze dat a tvorbě informovaných rozhodnutí na základě statistických informací.</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-004-ZV9-012</t>
+          <t>MAT-MAT-004-ZV5-010</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>Vypočítá a interpretuje základní charakteristiky souboru dat.</t>
+          <t>Experimentuje, eviduje a popisuje náhodné jevy.</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
-          <t> určí aritmetický průměr souboru dat </t>
+          <t> Rozpozná náhodné, jisté a nemožné jevy. </t>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>porovná klíčové charakteristiky dvou různých, ale souvisejících souborů dat řeší úlohy včetně úloh z reálného světa, ve kterých se počítá průměr, medián či modus souboru dat. popíše dopad přidání nebo odebrání určité hodnoty ze souboru dat na průměr, medián nebo modus </t>
+          <t>Experimentuje a náhodné jevy eviduje pro určení pravděpodobnosti daného jevu.   </t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>Určí a popíše aritmetický průměr, medián a modus různých souborů dat a vybere, která charakteristika je v daném kontextu nejvhodnější.Rozpozná vliv odlehlých hodnot v souboru dat na průměr a medián. Určí vhodné metody výběru vzorku tak, aby se jeho charakteristika co nejvíce blížila charakteristice celého souboru.</t>
+          <t>Odhaduje pravděpodobnost jevu pro rozhodování v dané situaci.</t>
         </is>
       </c>
       <c r="N85" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Rozlišuje situace, které nastanou vždy, nastanou někdy, nebo nenastanou nikdy.</t>
         </is>
       </c>
       <c r="O85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
@@ -7246,56 +7480,56 @@
           <t>Tematický okruh se zaměřuje na sběr, organizaci, zobrazování, analýzu a interpretaci dat. Zahrnuje základní pojmy pravděpodobnosti, které žákům pomáhají pochopit koncepty šance a nejistoty. Cílem je vybavit žáky dovednostmi potřebnými k analýze dat a tvorbě informovaných rozhodnutí na základě statistických informací.</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-004-ZV5-011</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t>Vyhledá všechny prvky nebo skupiny prvků splňující dané podmínky.</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t> vyhledá prvky splňující jednu podmínku   </t>
+          <t> Vyhledá prvky splňující jednu podmínku.   </t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>zdůvodní, že všechny prvky jistého souboru splňují danou podmínku </t>
+          <t>Zdůvodní, že všechny prvky jistého souboru splňují danou podmínku. </t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
           <t>Určí a zdůvodní všechny možnosti splňující více podmínek.Pracuje s negací (nesplňuje danou podmínku).</t>
         </is>
       </c>
       <c r="N87" s="0" t="inlineStr">
         <is>
           <t>Vyhledá prvky nebo skupiny prvků splňující dané podmínky.</t>
         </is>
       </c>
       <c r="O87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="inlineStr">
@@ -7390,168 +7624,168 @@
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>Algebra</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>Algebra se zabývá rozpoznáváním pravidelností, vztahů a funkcí. Využívá symboly a výrazy k modelování a řešení problémů. Tato oblast pomáhá žákům rozvinout abstraktní myšlení, schopnost manipulovat s algebraickými výrazy a odhalovat závislosti v každodenních situacích. Algebra je klíčová pro pokročilejší matematické koncepty a vědecké aplikace.</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-005-ZV9-015</t>
+          <t>MAT-MAT-005-ZV5-012</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná, vyjádří, doplní a tvoří pravidelnosti a řady čísel.</t>
+          <t>Rozpozná, zdůvodní, doplní a tvoří pravidelnosti a řady čísel.</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
-          <t>vytvoří pravidelnost a řady čísel podle daného pravidla posoudí správnost pravidelnosti a řady čísel s daným pravidlem </t>
+          <t>Rozpozná pravidelnosti (vizuální tvarové nebo barevné, akustické, kinestetické…).   </t>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>rozpozná a doplní o další členy nelineární řady čísel , včetně mocninných, s podporou vizuálních reprezentací vzoru </t>
+          <t>Zdůvodní nalezené pravidelnosti a pokračuje v nich.   Tvoří pravidelnosti a řady čísel.</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná pravidelnosti a nelineární řady čísel včetně řady čísel s druhou mocninou a pokračuje v nich.</t>
+          <t>Rozpozná pravidlo pravidelnosti lineární i s opakováním a aplikuje ho na doplnění chybějícího prvku.Využívá pravidelnosti k řešení úloh.</t>
         </is>
       </c>
       <c r="N89" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná, vyjádří, doplní a tvoří pravidelnosti a číselné řady.</t>
+          <t>Zapíše nebo doplní pravidelnosti a číselné řady podle návodu.</t>
         </is>
       </c>
       <c r="O89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>Algebra</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>Algebra se zabývá rozpoznáváním pravidelností, vztahů a funkcí. Využívá symboly a výrazy k modelování a řešení problémů. Tato oblast pomáhá žákům rozvinout abstraktní myšlení, schopnost manipulovat s algebraickými výrazy a odhalovat závislosti v každodenních situacích. Algebra je klíčová pro pokročilejší matematické koncepty a vědecké aplikace.</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-005-ZV5-012</t>
+          <t>MAT-MAT-005-ZV9-015</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná, zdůvodní, doplní a tvoří pravidelnosti a řady čísel.</t>
+          <t>Rozpozná, vyjádří, doplní a tvoří pravidelnosti a řady čísel.</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
-          <t>rozpozná pravidelnosti (vizuální tvarové nebo barevné, akustické, kinestetické…)   </t>
+          <t>vytvoří pravidelnost a řady čísel podle daného pravidla posoudí správnost pravidelnosti a řady čísel s daným pravidlem </t>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>zdůvodní nalezené pravidelnosti a pokračuje v nich   tvoří pravidelnosti a řady čísel </t>
+          <t>rozpozná a doplní o další členy nelineární řady čísel , včetně mocninných, s podporou vizuálních reprezentací vzoru </t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná pravidlo pravidelnosti lineární i s opakováním a aplikuje ho na doplnění chybějícího prvku.Využívá pravidelnosti k řešení úloh.</t>
+          <t>Rozpozná pravidelnosti a nelineární řady čísel včetně řady čísel s druhou mocninou a pokračuje v nich.</t>
         </is>
       </c>
       <c r="N90" s="0" t="inlineStr">
         <is>
-          <t>Zapíše nebo doplní pravidelnosti a číselné řady podle návodu.</t>
+          <t>Rozpozná, vyjádří, doplní a tvoří pravidelnosti a číselné řady.</t>
         </is>
       </c>
       <c r="O90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
@@ -7574,56 +7808,56 @@
           <t>Algebra se zabývá rozpoznáváním pravidelností, vztahů a funkcí. Využívá symboly a výrazy k modelování a řešení problémů. Tato oblast pomáhá žákům rozvinout abstraktní myšlení, schopnost manipulovat s algebraickými výrazy a odhalovat závislosti v každodenních situacích. Algebra je klíčová pro pokročilejší matematické koncepty a vědecké aplikace.</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>MAT-MAT-005-ZV5-013</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t>Řeší jednoduché reálné problémy s využitím rovnosti a nerovnosti.</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
-          <t>rozpozná a zapíše rovnost, nerovnost dvou množství (kvantit) vyjádřeného počtem, veličinou  rozpozná a zapíše rovnost a nerovnost číselných výrazů   </t>
+          <t>Rozpozná a zapíše rovnost, nerovnost dvou množství (kvantit) vyjádřeného počtem, veličinou.  Rozpozná a zapíše rovnost a nerovnost číselných výrazů.   </t>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>doplní chybějící hodnotu v rovnosti i v nerovnosti   popíše číselné vztahy v reálné situaci pomocí rovnosti či nerovnosti, rovnicové situace   </t>
+          <t>Doplní chybějící hodnotu v rovnosti i v nerovnosti.  Popíše číselné vztahy v reálné situaci pomocí rovnosti či nerovnosti, rovnicové situace.   </t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
           <t>Vytvoří a popíše slovy situaci k danému číselnému výrazu, rovnosti a nerovnosti.Řeší rovnicové situace a jednoduché rovnice zapsané nematematickým zápisem (např. váhy).</t>
         </is>
       </c>
       <c r="N91" s="0" t="inlineStr">
         <is>
           <t>Řeší jednoduché problémy související s rovností či nerovností v běžných situacích.</t>
         </is>
       </c>
       <c r="O91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="inlineStr">
@@ -9030,332 +9264,332 @@
           <t>Vzdělávací oblast Informatika nabízí žákovi nástroje a dovednosti, které jsou zásadní pro moderní svět. Pomáhá mu lépe rozumět světu kolem sebe, rozvíjí kritické myšlení a poskytuje mu přenosné dovednosti, které může uplatnit v různých oborech a životních situacích. Navíc, s rychlým rozvojem technologií a digitální transformací společnosti je důležité, aby žák rozuměl principům, na kterých tyto technologie fungují, a byl schopný se bezpečně a eticky orientovat v digitálním prostředí.Informatika se zaměřuje především na rozvoj informatického myšlení a na porozumění základním principům digitálních technologií. Je založená na aktivních činnostech, při kterých žák využívá informatické postupy a pojmy. Její vzdělávací obsah je členěný do čtyř tematických okruhů: Data, informace a modelování, Algoritmizace a programování, Informační systémy a Digitální technologie. Informatika v nich poskytuje prostředky a metody ke zkoumání řešitelnosti problémů i hledání a nalézání jejich optimálních řešení, ke zpracování dat a jejich interpretaci a na základě řešení praktických úkolů i poznatky a zkušenost, kdy je lepší práci přenechat stroji, respektive počítači.Na prvním stupni základního vzdělávání si žák prostřednictvím her, experimentů, diskusí a dalších aktivit vytváří první představy o způsobech, jakými se dají data a informace zaznamenávat, a objevuje informatické aspekty světa kolem sebe. Postupně si žák rozvíjí schopnost popsat problém, analyzovat ho a hledat jeho řešení. Ve vhodném programovacím prostředí si ověřuje algoritmické postupy. Informatika také společně s ostatními obory pokládá základy uživatelských dovedností. Poznáváním toho, jak se s digitálními technologiemi pracuje, si žák vytváří základ pro pochopení informatických konceptů. Součástí uživatelských dovedností, ke kterým informatika přispívá, je i bezpečné zacházení s technologiemi a osvojování dovedností a návyků, které vedou k prevenci rizikového chování.I na druhém stupni základního vzdělávání žák tvoří, experimentuje, prověřuje své hypotézy, objevuje, aktivně hledá, navrhuje a ověřuje různá řešení, diskutuje s ostatními a tím si prohlubuje a rozvíjí porozumění základním informatickým konceptům a principům fungování digitálních technologií. Při analýze problému vybírá, které aspekty lze zanedbat a které jsou podstatné pro jeho řešení. Učí se vytvářet, formálně zapisovat a systematicky posuzovat postupy vhodné pro automatizaci, zpracovávat i velké a nesourodé soubory dat. Díky poznávání toho, jak a proč digitální technologie fungují, žák chápe základní principy kódování, modelování a s větším porozuměním chrání sebe, své soukromí, data i zařízení.V průběhu základního vzdělávání žák začíná vyvíjet funkční technická řešení problémů. Osvojuje si časté testování prototypů a jejich postupné vylepšování jako přirozenou součást designu a vývoje v informačních technologiích. Zvažuje a ověřuje dopady navrhovaných řešení na jedince, společnost, životní prostředí.Hodnocení v informatice je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení informatických problémů a na dovednost aplikovat osvojené vědomosti a dovednosti informatiky v různých kontextech při vývoji informatických řešení různých problémů. Významnou součástí hodnocení v informatice je sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, o portfolio zachycující průběh učení a o efektivní zpětnou vazbu učitele. Ta se odvíjí od aktuálních schopností a individuálních možností žáka a vrstevnické hodnocení.</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
           <t>Informační systémy</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>Řadu potřeb společnosti pomáhají plnit informační systémy. Lidé je nevyhnutelně využívají, vypořádávají se s jejich nedostatky, mají požadavky na jejich chování. Většina lidí také nějaké evidence sama tvoří, v osobním i pracovním životě (seznam k balení na výlet, evidence zakázek k vyřízení). Výhodu v tom mají ti, kteří mají na základě praktické zkušenosti představu o tom, jak takové systémy vnitřně fungují, jak se vyvíjejí, co mohou pomoci řešit a co už nikoli. Iterativní vývoj a testování řešení se zaměřením na potřeby klienta je znakem užitečných podniků. Uživatelské rozhraní informačních systémů je komunikačním kanálem. Důsledky fungování řady systémů ovlivňují celou občanskou společnost.Na 1. stupni žák začíná informační systémy zkoumat. Kromě práce s uživatelským rozhraním se učí orientovat i přímo v tabulkách a podobných strukturách.Na 2. stupni žák svůj průzkum prohlubuje a kromě významu pro uživatele precizněji popisuje, co přesně systémy dělají. Pro řešení konkrétních problémů tvoří také vlastní evidence dat.</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>INF-INF-003-ZV5-006</t>
+          <t>INF-INF-003-ZV9-009</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Rozezná, s jakými daty pracuje vybraný informační systém a jaký je jeho účel.</t>
+          <t>Posoudí účel a užitečnost vybraného informačního systému, popíše jeho vnitřní fungování.</t>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>Žák u informačního systému, který zná, dokáže popsat jeho účel, funkci nebo smysl (školní informační systém, objednávání obědů apod.). Popíše účel informačního systému ze svého pohledu, co mu systém umožňuje, vysvětlí, k čemu ho potřebuje. Popíše, co informační systém umožňuje dalším uživatelům. Z funkcí systému následně odvodí, jaká data systém sbírá. Žák lépe porozumí fungování informačních systémů jako celku a jejich užitečnosti. Na získaných dovednostech staví v dalších stupních vzdělávání, kdy se učí informační systémy podrobněji hodnotit.Vyučující postupně vede žáka k tomu, aby:diskutoval nad systémy, které zná,popsal konkrétní informační systém, například školní informační systém,určil, s jakými daty informační systém pracuje,rozpoznal, komu a čemu informační systém slouží,vyvozoval na základě vlastní zkušenosti užitečnost a využitelnost.</t>
+          <t>Žák již běžně používá různé informační systémy (např. různé školní, v jídelně, v knihovně, v dopravě). Učí se o nich uvažovat nejen ze svého pohledu. V první řadě rozliší různé skupiny (role) uživatelů (např. žák, učitel, třídní učitel, zákonný zástupce, vedení školy, správce systému) a formuluje potřeby, které jim systém pomáhá řešit (neztratit se v zadaných úkolech, poskytovat zpětnou vazbu, sledovat docházku, omlouvat absence…). Z toho plynou konkrétní činnosti, které uživatelé v systému provádějí. Žáci tedy mohou zhodnotit přínos systému pro jeho uživatele, ale také to, do jaké míry systém plní svůj cíl a kde jsou případné rezervy. Úvahou, pozorováním i praktickým ověřením zjišťují, jestli systém pro vybrané úkony funguje správně (nebo si uživatel musí na něco dávat pozor), nakolik uživatelské rozhraní pomáhá splnění úkolu nebo je pro uživatele naopak překážkou, jestli je přehledné a intuitivní a je snadné se ho naučit používat, jestli pomáhá uživateli zadávat správná data a umožňuje opravy chyb, jak zvládá méně obvyklé požadavky. Obdobnému posouzení žák samozřejmě vystavuje i evidence dat, které vytvořil on nebo jeho spolužáci.Vedle posouzení z hlediska uživatelů se žáci učí vyvozovat, jak systémy fungují vnitřně. Už vědí, co systém umožňuje svým uživatelům, a umí určit, jaká data systém sbírá. Díky zkušenostem s prací s tabulkami nyní také odhadují, jak (do jakých tabulek, s jakými sloupci) systém data organizuje. Z popsaných funkcí systému dovozují, co systém s daty dělá, a z činnosti uživatelských rolí, jaké mají práva a povinnosti.I tyto zjednodušené představy o fungování skutečných systémů jsou inspirací pro jednodušší vlastní systémy. Kromě toho užitečně poslouží k rozpoznání, že se systém dostal do nějak neobvyklého stavu (např. ztracená zásilka se jeví jako neexistující, přitom ji jen někdo předčasně označil jako doručenou a tím vyřízenou), a napovědí, jak situaci napravit.Evidence docházky, probírané látky a všechna žákova hodnocení jsou údaje zaznamenané v nějakém informačním systému. I sociální sítě, streamovací služby nebo internetové bankovnictví jsou informační systémy. Podrobnější zkoumání informačních systémů žákům umožňuje nahlédnout a kriticky hodnotit jejich běžné každodenní fungování i vliv na lidskou společnost.Vyučující postupně vede žáka k tomu, aby:se seznamoval s předem zpracovanými příklady, aby porozuměl, jak vůbec vypadají možné odpovědi na otázky po účelu a užitečnosti IS a jak se k nim dojde,posléze začínal samostatně i ve skupinách hledat odpovědi, zprvu s podporou učitele (např. ve formě výběru z možných odpovědí, ve formě úzce zaměřených otázek), která postupně ubývá,analyzoval zpočátku jednoduché, jednoúčelové systémy, následně dílčí části složitějšího IS (např. rozhraní pro odevzdávání úkolů), postupně složitost systémů (množství a provázanost evidovaných dat, komplikovanost uživatelského rozhraní, rozmanitost úkonů, které IS umožňuje) a jejich analyzovaných částí stoupá,díval se zpočátku především z vlastního pohledu, jako uživatel, postupně si uvědomoval, že s IS interagují i lidé v dalších rolích (učitelé, rodiče, správci, knihovníci, kuchařky…), rozmýšlel, jaké úkoly ty ostatní role plní, co od IS potřebují, co jim IS poskytuje,prvky a vztahy v systému sepisoval zpočátku nahodile, např. do seznamu, dále je strukturoval např. do myšlenkové mapy, používal různé způsoby znázornění souvislostí, později začínal identifikovat souvislosti a vztahy různých typů, např. uživatelé, jejich role, potřeby, úkoly, pravomoci; prvky uživatelského rozhraní a shromažďovaná data; vnější události a změny v datech; logické souvislosti mezi daty.</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
-          <t>Orientuje se v tabulce. </t>
+          <t>Diskutuje o funkcích a účelu známých informačních systémů, uvede konkrétní příklady a situace.Popíše informační systém - funkce pro různé uživatele a jejich potřeby.Popíše funkce informačního systému a typy dat, se kterými pracují.Vysvětlí informační systém z pohledu různých uživatelů. Zhodnotí užitečnost informačního systému, jeho výhody a nevýhody.</t>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>Diskutuje o informačních systémech, které zná (např. školní informační systém, objednávání obědů).Popíše účel a základní funkce konkrétního informačního systému (např. školní informační systém).Identifikuje základní typy dat, se kterými vybraný informační systém pracuje (např. jména, známky ve školním informačním systému).Určí, komu informační systém slouží (např. žákům, rodičům, učitelům) a jaký je jeho hlavní účel.Popíše na základě vlastní zkušenosti užitečnost informačního systému (např. přehled známek, změny v rozvrhu, možnost volby obědů, vyhledávání knih).</t>
+          <t>Seznamuje se s předem zpracovanými příklady informačních systémů, aby porozuměl, co vše zahrnuje informační systém a jak vypadají možná kritéria jeho účelnosti a užitečnosti.Rozlišuje skupiny uživatelů informačního systému (např. žák, učitel, třídní učitel, zákonný zástupce, vedení školy, správce systému), uvede příklady činností, které v IS vykonávají, popíše potřeby, které jim systém pomáhá řešit, zformuluje účel systému jako celku.Rozpozná, jaká data vybraný IS ukládá, rozlišuje základní datové typy.Zkoumá situace, které mohou uživatelé systému zažít, odhadne potenciální problémy a navrhne možná řešení.</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Diskutuje o funkcích a účelu známých informačních systémů, uvede konkrétní příklady a situace.Popíše informační systém – funkce pro různé uživatele a jejich potřeby.Popíše funkce informačního systému a typy dat, se kterými pracují.Zhodnotí užitečnost informačního systému, jeho výhody a nevýhody.</t>
+          <t>Vysvětlí význam informačních systémů ve společnosti.Rozlišuje různé role uživatelů informačního systému, uvede příklady činností, které v IS vykonávají, popíše potřeby, které jim systém pomáhá řešit, zformuluje účel systému jako celku.Rozpozná, jaká data vybraný IS ukládá, rozlišuje základní datové typy a jaká práva ke kterým datům mají jednotliví uživatelé IS.Zkoumá uživatelské rozhraní IS, hodnotí jeho přehlednost a použitelnost, nápovědu a podporu uživatele.</t>
         </is>
       </c>
       <c r="N109" s="0" t="inlineStr">
         <is>
-          <t>Popíše účel informačních systémů, které zná.</t>
+          <t>Popíše účel informačních systémů z jeho blízkého okolí.</t>
         </is>
       </c>
       <c r="O109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Informatika nabízí žákovi nástroje a dovednosti, které jsou zásadní pro moderní svět. Pomáhá mu lépe rozumět světu kolem sebe, rozvíjí kritické myšlení a poskytuje mu přenosné dovednosti, které může uplatnit v různých oborech a životních situacích. Navíc, s rychlým rozvojem technologií a digitální transformací společnosti je důležité, aby žák rozuměl principům, na kterých tyto technologie fungují, a byl schopný se bezpečně a eticky orientovat v digitálním prostředí.Informatika se zaměřuje především na rozvoj informatického myšlení a na porozumění základním principům digitálních technologií. Je založená na aktivních činnostech, při kterých žák využívá informatické postupy a pojmy. Její vzdělávací obsah je členěný do čtyř tematických okruhů: Data, informace a modelování, Algoritmizace a programování, Informační systémy a Digitální technologie. Informatika v nich poskytuje prostředky a metody ke zkoumání řešitelnosti problémů i hledání a nalézání jejich optimálních řešení, ke zpracování dat a jejich interpretaci a na základě řešení praktických úkolů i poznatky a zkušenost, kdy je lepší práci přenechat stroji, respektive počítači.Na prvním stupni základního vzdělávání si žák prostřednictvím her, experimentů, diskusí a dalších aktivit vytváří první představy o způsobech, jakými se dají data a informace zaznamenávat, a objevuje informatické aspekty světa kolem sebe. Postupně si žák rozvíjí schopnost popsat problém, analyzovat ho a hledat jeho řešení. Ve vhodném programovacím prostředí si ověřuje algoritmické postupy. Informatika také společně s ostatními obory pokládá základy uživatelských dovedností. Poznáváním toho, jak se s digitálními technologiemi pracuje, si žák vytváří základ pro pochopení informatických konceptů. Součástí uživatelských dovedností, ke kterým informatika přispívá, je i bezpečné zacházení s technologiemi a osvojování dovedností a návyků, které vedou k prevenci rizikového chování.I na druhém stupni základního vzdělávání žák tvoří, experimentuje, prověřuje své hypotézy, objevuje, aktivně hledá, navrhuje a ověřuje různá řešení, diskutuje s ostatními a tím si prohlubuje a rozvíjí porozumění základním informatickým konceptům a principům fungování digitálních technologií. Při analýze problému vybírá, které aspekty lze zanedbat a které jsou podstatné pro jeho řešení. Učí se vytvářet, formálně zapisovat a systematicky posuzovat postupy vhodné pro automatizaci, zpracovávat i velké a nesourodé soubory dat. Díky poznávání toho, jak a proč digitální technologie fungují, žák chápe základní principy kódování, modelování a s větším porozuměním chrání sebe, své soukromí, data i zařízení.V průběhu základního vzdělávání žák začíná vyvíjet funkční technická řešení problémů. Osvojuje si časté testování prototypů a jejich postupné vylepšování jako přirozenou součást designu a vývoje v informačních technologiích. Zvažuje a ověřuje dopady navrhovaných řešení na jedince, společnost, životní prostředí.Hodnocení v informatice je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení informatických problémů a na dovednost aplikovat osvojené vědomosti a dovednosti informatiky v různých kontextech při vývoji informatických řešení různých problémů. Významnou součástí hodnocení v informatice je sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, o portfolio zachycující průběh učení a o efektivní zpětnou vazbu učitele. Ta se odvíjí od aktuálních schopností a individuálních možností žáka a vrstevnické hodnocení.</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
           <t>Informační systémy</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>Řadu potřeb společnosti pomáhají plnit informační systémy. Lidé je nevyhnutelně využívají, vypořádávají se s jejich nedostatky, mají požadavky na jejich chování. Většina lidí také nějaké evidence sama tvoří, v osobním i pracovním životě (seznam k balení na výlet, evidence zakázek k vyřízení). Výhodu v tom mají ti, kteří mají na základě praktické zkušenosti představu o tom, jak takové systémy vnitřně fungují, jak se vyvíjejí, co mohou pomoci řešit a co už nikoli. Iterativní vývoj a testování řešení se zaměřením na potřeby klienta je znakem užitečných podniků. Uživatelské rozhraní informačních systémů je komunikačním kanálem. Důsledky fungování řady systémů ovlivňují celou občanskou společnost.Na 1. stupni žák začíná informační systémy zkoumat. Kromě práce s uživatelským rozhraním se učí orientovat i přímo v tabulkách a podobných strukturách.Na 2. stupni žák svůj průzkum prohlubuje a kromě významu pro uživatele precizněji popisuje, co přesně systémy dělají. Pro řešení konkrétních problémů tvoří také vlastní evidence dat.</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>INF-INF-003-ZV9-009</t>
+          <t>INF-INF-003-ZV5-006</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>Posoudí účel a užitečnost vybraného informačního systému, popíše jeho vnitřní fungování.</t>
+          <t>Rozezná, s jakými daty pracuje vybraný informační systém a jaký je jeho účel.</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>Žák již běžně používá různé informační systémy (např. různé školní, v jídelně, v knihovně, v dopravě). Učí se o nich uvažovat nejen ze svého pohledu. V první řadě rozliší různé skupiny (role) uživatelů (např. žák, učitel, třídní učitel, zákonný zástupce, vedení školy, správce systému) a formuluje potřeby, které jim systém pomáhá řešit (neztratit se v zadaných úkolech, poskytovat zpětnou vazbu, sledovat docházku, omlouvat absence…). Z toho plynou konkrétní činnosti, které uživatelé v systému provádějí. Žáci tedy mohou zhodnotit přínos systému pro jeho uživatele, ale také to, do jaké míry systém plní svůj cíl a kde jsou případné rezervy. Úvahou, pozorováním i praktickým ověřením zjišťují, jestli systém pro vybrané úkony funguje správně (nebo si uživatel musí na něco dávat pozor), nakolik uživatelské rozhraní pomáhá splnění úkolu nebo je pro uživatele naopak překážkou, jestli je přehledné a intuitivní a je snadné se ho naučit používat, jestli pomáhá uživateli zadávat správná data a umožňuje opravy chyb, jak zvládá méně obvyklé požadavky. Obdobnému posouzení žák samozřejmě vystavuje i evidence dat, které vytvořil on nebo jeho spolužáci.Vedle posouzení z hlediska uživatelů se žáci učí vyvozovat, jak systémy fungují vnitřně. Už vědí, co systém umožňuje svým uživatelům, a umí určit, jaká data systém sbírá. Díky zkušenostem s prací s tabulkami nyní také odhadují, jak (do jakých tabulek, s jakými sloupci) systém data organizuje. Z popsaných funkcí systému dovozují, co systém s daty dělá, a z činnosti uživatelských rolí, jaké mají práva a povinnosti.I tyto zjednodušené představy o fungování skutečných systémů jsou inspirací pro jednodušší vlastní systémy. Kromě toho užitečně poslouží k rozpoznání, že se systém dostal do nějak neobvyklého stavu (např. ztracená zásilka se jeví jako neexistující, přitom ji jen někdo předčasně označil jako doručenou a tím vyřízenou), a napovědí, jak situaci napravit.Evidence docházky, probírané látky a všechna žákova hodnocení jsou údaje zaznamenané v nějakém informačním systému. I sociální sítě, streamovací služby nebo internetové bankovnictví jsou informační systémy. Podrobnější zkoumání informačních systémů žákům umožňuje nahlédnout a kriticky hodnotit jejich běžné každodenní fungování i vliv na lidskou společnost.Vyučující postupně vede žáka k tomu, aby:se seznamoval s předem zpracovanými příklady, aby porozuměl, jak vůbec vypadají možné odpovědi na otázky po účelu a užitečnosti IS a jak se k nim dojde,posléze začínal samostatně i ve skupinách hledat odpovědi, zprvu s podporou učitele (např. ve formě výběru z možných odpovědí, ve formě úzce zaměřených otázek), která postupně ubývá,analyzoval zpočátku jednoduché, jednoúčelové systémy, následně dílčí části složitějšího IS (např. rozhraní pro odevzdávání úkolů), postupně složitost systémů (množství a provázanost evidovaných dat, komplikovanost uživatelského rozhraní, rozmanitost úkonů, které IS umožňuje) a jejich analyzovaných částí stoupá,díval se zpočátku především z vlastního pohledu, jako uživatel, postupně si uvědomoval, že s IS interagují i lidé v dalších rolích (učitelé, rodiče, správci, knihovníci, kuchařky…), rozmýšlel, jaké úkoly ty ostatní role plní, co od IS potřebují, co jim IS poskytuje,prvky a vztahy v systému sepisoval zpočátku nahodile, např. do seznamu, dále je strukturoval např. do myšlenkové mapy, používal různé způsoby znázornění souvislostí, později začínal identifikovat souvislosti a vztahy různých typů, např. uživatelé, jejich role, potřeby, úkoly, pravomoci; prvky uživatelského rozhraní a shromažďovaná data; vnější události a změny v datech; logické souvislosti mezi daty.</t>
+          <t>Žák u informačního systému, který zná, dokáže popsat jeho účel, funkci nebo smysl (školní informační systém, objednávání obědů apod.). Popíše účel informačního systému ze svého pohledu, co mu systém umožňuje, vysvětlí, k čemu ho potřebuje. Popíše, co informační systém umožňuje dalším uživatelům. Z funkcí systému následně odvodí, jaká data systém sbírá. Žák lépe porozumí fungování informačních systémů jako celku a jejich užitečnosti. Na získaných dovednostech staví v dalších stupních vzdělávání, kdy se učí informační systémy podrobněji hodnotit.Vyučující postupně vede žáka k tomu, aby:diskutoval nad systémy, které zná,popsal konkrétní informační systém, například školní informační systém,určil, s jakými daty informační systém pracuje,rozpoznal, komu a čemu informační systém slouží,vyvozoval na základě vlastní zkušenosti užitečnost a využitelnost.</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
-          <t>Diskutuje o funkcích a účelu známých informačních systémů, uvede konkrétní příklady a situace.Popíše informační systém - funkce pro různé uživatele a jejich potřeby.Popíše funkce informačního systému a typy dat, se kterými pracují.Vysvětlí informační systém z pohledu různých uživatelů. Zhodnotí užitečnost informačního systému, jeho výhody a nevýhody.</t>
+          <t>Orientuje se v tabulce. </t>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>Seznamuje se s předem zpracovanými příklady informačních systémů, aby porozuměl, co vše zahrnuje informační systém a jak vypadají možná kritéria jeho účelnosti a užitečnosti.Rozlišuje skupiny uživatelů informačního systému (např. žák, učitel, třídní učitel, zákonný zástupce, vedení školy, správce systému), uvede příklady činností, které v IS vykonávají, popíše potřeby, které jim systém pomáhá řešit, zformuluje účel systému jako celku.Rozpozná, jaká data vybraný IS ukládá, rozlišuje základní datové typy.Zkoumá situace, které mohou uživatelé systému zažít, odhadne potenciální problémy a navrhne možná řešení.</t>
+          <t>Diskutuje o informačních systémech, které zná (např. školní informační systém, objednávání obědů).Popíše účel a základní funkce konkrétního informačního systému (např. školní informační systém).Identifikuje základní typy dat, se kterými vybraný informační systém pracuje (např. jména, známky ve školním informačním systému).Určí, komu informační systém slouží (např. žákům, rodičům, učitelům) a jaký je jeho hlavní účel.Popíše na základě vlastní zkušenosti užitečnost informačního systému (např. přehled známek, změny v rozvrhu, možnost volby obědů, vyhledávání knih).</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>Vysvětlí význam informačních systémů ve společnosti.Rozlišuje různé role uživatelů informačního systému, uvede příklady činností, které v IS vykonávají, popíše potřeby, které jim systém pomáhá řešit, zformuluje účel systému jako celku.Rozpozná, jaká data vybraný IS ukládá, rozlišuje základní datové typy a jaká práva ke kterým datům mají jednotliví uživatelé IS.Zkoumá uživatelské rozhraní IS, hodnotí jeho přehlednost a použitelnost, nápovědu a podporu uživatele.</t>
+          <t>Diskutuje o funkcích a účelu známých informačních systémů, uvede konkrétní příklady a situace.Popíše informační systém – funkce pro různé uživatele a jejich potřeby.Popíše funkce informačního systému a typy dat, se kterými pracují.Zhodnotí užitečnost informačního systému, jeho výhody a nevýhody.</t>
         </is>
       </c>
       <c r="N110" s="0" t="inlineStr">
         <is>
-          <t>Popíše účel informačních systémů z jeho blízkého okolí.</t>
+          <t>Popíše účel informačních systémů, které zná.</t>
         </is>
       </c>
       <c r="O110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Informatika nabízí žákovi nástroje a dovednosti, které jsou zásadní pro moderní svět. Pomáhá mu lépe rozumět světu kolem sebe, rozvíjí kritické myšlení a poskytuje mu přenosné dovednosti, které může uplatnit v různých oborech a životních situacích. Navíc, s rychlým rozvojem technologií a digitální transformací společnosti je důležité, aby žák rozuměl principům, na kterých tyto technologie fungují, a byl schopný se bezpečně a eticky orientovat v digitálním prostředí.Informatika se zaměřuje především na rozvoj informatického myšlení a na porozumění základním principům digitálních technologií. Je založená na aktivních činnostech, při kterých žák využívá informatické postupy a pojmy. Její vzdělávací obsah je členěný do čtyř tematických okruhů: Data, informace a modelování, Algoritmizace a programování, Informační systémy a Digitální technologie. Informatika v nich poskytuje prostředky a metody ke zkoumání řešitelnosti problémů i hledání a nalézání jejich optimálních řešení, ke zpracování dat a jejich interpretaci a na základě řešení praktických úkolů i poznatky a zkušenost, kdy je lepší práci přenechat stroji, respektive počítači.Na prvním stupni základního vzdělávání si žák prostřednictvím her, experimentů, diskusí a dalších aktivit vytváří první představy o způsobech, jakými se dají data a informace zaznamenávat, a objevuje informatické aspekty světa kolem sebe. Postupně si žák rozvíjí schopnost popsat problém, analyzovat ho a hledat jeho řešení. Ve vhodném programovacím prostředí si ověřuje algoritmické postupy. Informatika také společně s ostatními obory pokládá základy uživatelských dovedností. Poznáváním toho, jak se s digitálními technologiemi pracuje, si žák vytváří základ pro pochopení informatických konceptů. Součástí uživatelských dovedností, ke kterým informatika přispívá, je i bezpečné zacházení s technologiemi a osvojování dovedností a návyků, které vedou k prevenci rizikového chování.I na druhém stupni základního vzdělávání žák tvoří, experimentuje, prověřuje své hypotézy, objevuje, aktivně hledá, navrhuje a ověřuje různá řešení, diskutuje s ostatními a tím si prohlubuje a rozvíjí porozumění základním informatickým konceptům a principům fungování digitálních technologií. Při analýze problému vybírá, které aspekty lze zanedbat a které jsou podstatné pro jeho řešení. Učí se vytvářet, formálně zapisovat a systematicky posuzovat postupy vhodné pro automatizaci, zpracovávat i velké a nesourodé soubory dat. Díky poznávání toho, jak a proč digitální technologie fungují, žák chápe základní principy kódování, modelování a s větším porozuměním chrání sebe, své soukromí, data i zařízení.V průběhu základního vzdělávání žák začíná vyvíjet funkční technická řešení problémů. Osvojuje si časté testování prototypů a jejich postupné vylepšování jako přirozenou součást designu a vývoje v informačních technologiích. Zvažuje a ověřuje dopady navrhovaných řešení na jedince, společnost, životní prostředí.Hodnocení v informatice je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení informatických problémů a na dovednost aplikovat osvojené vědomosti a dovednosti informatiky v různých kontextech při vývoji informatických řešení různých problémů. Významnou součástí hodnocení v informatice je sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, o portfolio zachycující průběh učení a o efektivní zpětnou vazbu učitele. Ta se odvíjí od aktuálních schopností a individuálních možností žáka a vrstevnické hodnocení.</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
           <t>Informační systémy</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>Řadu potřeb společnosti pomáhají plnit informační systémy. Lidé je nevyhnutelně využívají, vypořádávají se s jejich nedostatky, mají požadavky na jejich chování. Většina lidí také nějaké evidence sama tvoří, v osobním i pracovním životě (seznam k balení na výlet, evidence zakázek k vyřízení). Výhodu v tom mají ti, kteří mají na základě praktické zkušenosti představu o tom, jak takové systémy vnitřně fungují, jak se vyvíjejí, co mohou pomoci řešit a co už nikoli. Iterativní vývoj a testování řešení se zaměřením na potřeby klienta je znakem užitečných podniků. Uživatelské rozhraní informačních systémů je komunikačním kanálem. Důsledky fungování řady systémů ovlivňují celou občanskou společnost.Na 1. stupni žák začíná informační systémy zkoumat. Kromě práce s uživatelským rozhraním se učí orientovat i přímo v tabulkách a podobných strukturách.Na 2. stupni žák svůj průzkum prohlubuje a kromě významu pro uživatele precizněji popisuje, co přesně systémy dělají. Pro řešení konkrétních problémů tvoří také vlastní evidence dat.</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>INF-INF-003-ZV5-007</t>
+          <t>INF-INF-003-ZV9-010</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>Zaznamenává do existující tabulky nebo seznamu číselná i nečíselná data pro vymezený problém.</t>
+          <t>Pro řešení problému vytvoří tabulku evidence dat a stanoví pravidla pro práci se záznamy.</t>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>Žák se seznámí s konkrétním seznamem, tabulkou nebo podobnou strukturou, aby porozuměl, jaká data a jakým způsobem do ní patří. Data mohou být číselná (např. věk, počet, délka, hmotnost, teplota) i nečíselná (např. jména, popisy, symboly, barvy, názory, pocity). Data v seznamu mohou a nemusí odpovídat pořadí podle nějakého kritéria (neuspořádaný nebo uspořádaný seznam), popř. jsou v hierarchických vztazích (víceúrovňový seznam). Data v tabulce jsou uspořádaná do souvisejících sloupců a řádků, což umožní přehledně zobrazit data podle shodných a odlišných vlastností, podle vývoje v čase atp.Žák rozvíjí porozumění datovým strukturám a schopnost data organizovat a pracovat s nimi, tedy základní předpoklady pro pozdější práci s databázemi a informačními systémy. Zjišťuje, jaké výhody jednotlivé struktury poskytují, například jak snadno a podle čeho lze ve které vyhledávat, jak zvyšují přehlednost i většího množství dat, jak usnadňují strojové zpracování.Vyučující postupně vede žáka k tomu, aby:se seznamoval se zadáním, zjišťoval, co je třeba řešit, odhaloval data,se orientoval v tabulce (sloupce, řádky) a v seznamu,zobrazoval a třídil data podle různých kategorií, shodných a odlišných vlastností,zapisoval číselná data (např. počet, délka, hmotnost, teplota) i nečíselná data (např. jména, symboly, popisy, názory, pocity) do struktur (tabulka, seznam).</t>
+          <t>Existuje velké množství praktických problémů, které řešíme pomocí evidence většího množství dat různého typu. Při návrhu evidence dat se žák učí data logicky organizovat pomocí tabulky či více tabulek. Navrhuje strukturu tabulky a pravidla pro její použití. Při práci s tabulkou využívá možnost práce ve sdíleném prostředí (například formuláře, cloudové tabulky).Žák by měl identifikovat, jaké informace (datové položky) jsou potřebné pro řešení daného problému, a navrhnout, jak je nejlépe uspořádat do tabulky. V databázovém systému, případně v tabulkovém editoru vytvoří sloupce pro jednotlivé datové položky a určí typy dat, které budou v těchto sloupcích uložené (např. text, číslo, datum).Kromě samotné struktury tabulky žák také definuje, jak se s daty v tabulce pracuje. Určí pravidla pro přidávání nových záznamů, aktualizaci existujících záznamů, mazání záznamů, ale také například pravidla pro validaci dat (jak zkontrolovat, že data jsou správně a kompletně zadaná) nebo jejich zabezpečení. V souladu se stanovenými pravidly nastavuje přístupová práva k datům. Z pravidel také vyplývá, jak korespondují data a skutečnosti, které reprezentují.Ve světě informačních systémů je správa dat klíčová. Informační systémy v podstatě sbírají, ukládají, zpracovávají a prezentují data. Aby mohl systém efektivně fungovat, musí být data správně strukturovaná a musí existovat jasná pravidla pro jejich správu. Schopnost navrhnout tabulku a pravidla pro práci s daty je tedy základní dovedností pro kohokoli, kdo chce (musí) pracovat s informačními systémy nebo je navrhovat.Vyučující postupně vede žáka k tomu, aby:určil, jak při řešení problému využije evidenci dat: formuloval problém, vysvětlil zamýšlený účel tabulky, určil základní informace, které má evidence dat poskytovat (výstupy),navrhl tabulku pro evidenci dat: určil, v jakém nástroji tabulku zpracuje, určil, jak získá data do tabulky, navrhl strukturu tabulky, určil pravidla a postupy pro práci se záznamy v evidenci dat,vytvořil tabulku pro evidenci dat: vytvořil tabulku, nastavil pravidla a postupy pro práci se záznamy v evidenci dat,ověřil funkčnost evidence dat: navrhl, realizoval a vyhodnotil zkoušku (pilot) evidence dat, opravil chyby, případně navrhl vylepšení.Gradace spočívá ve volbě složitosti problému, který žáci řeší, vždy by mělo jít o situaci, která je žákům blízká z praktického života. Postupně se seznamují s různými typy dat i možnostmi spolupráce při vytváření a užívání tvořené evidence, tj. roste složitost pravidel a rolí v evidenci.</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
-          <t>Popíše v tabulce sloupce a řádky.</t>
+          <t>Analyzuje zadání, určují potřebná data a rozpozná, jaká data jsou důležitá.Zaznamená a uspořádá různé typy dat v tabulce nebo seznamu.</t>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>Seznamuje se zadáním úlohy, určí, jaká data jsou potřeba zaznamenat.Orientuje se v základní struktuře tabulky (sloupce a řádky) nebo seznamu.Třídí data podle různých kategorií (shodných a odlišných vlastností).Zapisuje číselná i nečíselná data do předpřipravených jednoduchých struktur (např. tabulka, seznam).</t>
+          <t>Analyzuje jednoduchý problém či zadání, navrhne evidenci dat pro jeho řešení.Navrhne tabulku pro evidenci dat – určí potřebné sloupce, rozhodne o jejich názvech a typu, tabulku vytvoří.Ověří, že evidence plní zadaný účel, opraví případné chyby.</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>Analyzuje zadání, určí potřebná data a rozpozná, jaká data jsou důležitá.Třídí data v tabulce nebo seznamu podle zadaných kategorií.Vysvětlí, jak třídění usnadňuje práci s daty.Zaznamená a uspořádá různé typy dat v tabulce nebo seznamu.Uvede příklady, kde je vhodné použít různé typy struktur, seznam, tabulka.</t>
+          <t>Navrhne evidenci dat pro řešení zadaného problému – formuluje problém, určí základní informace, které má evidence dat shromažďovat a jaké výstupy má poskytovat.Vytvoří tabulku pro evidenci dat, nastaví k ní přístupová práva a určí pravidla a postupy pro práci se záznamy, aby byl udržen soulad evidence se skutečností.Otestuje evidenci dat s využitím jiných uživatelů (spolužáků), ověří, že evidence plní zadaný účel, opraví případné chyby a na základě testování navrhne možná vylepšení.</t>
         </is>
       </c>
       <c r="N111" s="0" t="inlineStr">
         <is>
-          <t>Zaznamenává do existující tabulky číselná i nečíselná data problému, který opakovaně řešil.</t>
+          <t>Sestaví tabulku pro evidenci dat získaných z okruhu svého zájmu.</t>
         </is>
       </c>
       <c r="O111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Informatika nabízí žákovi nástroje a dovednosti, které jsou zásadní pro moderní svět. Pomáhá mu lépe rozumět světu kolem sebe, rozvíjí kritické myšlení a poskytuje mu přenosné dovednosti, které může uplatnit v různých oborech a životních situacích. Navíc, s rychlým rozvojem technologií a digitální transformací společnosti je důležité, aby žák rozuměl principům, na kterých tyto technologie fungují, a byl schopný se bezpečně a eticky orientovat v digitálním prostředí.Informatika se zaměřuje především na rozvoj informatického myšlení a na porozumění základním principům digitálních technologií. Je založená na aktivních činnostech, při kterých žák využívá informatické postupy a pojmy. Její vzdělávací obsah je členěný do čtyř tematických okruhů: Data, informace a modelování, Algoritmizace a programování, Informační systémy a Digitální technologie. Informatika v nich poskytuje prostředky a metody ke zkoumání řešitelnosti problémů i hledání a nalézání jejich optimálních řešení, ke zpracování dat a jejich interpretaci a na základě řešení praktických úkolů i poznatky a zkušenost, kdy je lepší práci přenechat stroji, respektive počítači.Na prvním stupni základního vzdělávání si žák prostřednictvím her, experimentů, diskusí a dalších aktivit vytváří první představy o způsobech, jakými se dají data a informace zaznamenávat, a objevuje informatické aspekty světa kolem sebe. Postupně si žák rozvíjí schopnost popsat problém, analyzovat ho a hledat jeho řešení. Ve vhodném programovacím prostředí si ověřuje algoritmické postupy. Informatika také společně s ostatními obory pokládá základy uživatelských dovedností. Poznáváním toho, jak se s digitálními technologiemi pracuje, si žák vytváří základ pro pochopení informatických konceptů. Součástí uživatelských dovedností, ke kterým informatika přispívá, je i bezpečné zacházení s technologiemi a osvojování dovedností a návyků, které vedou k prevenci rizikového chování.I na druhém stupni základního vzdělávání žák tvoří, experimentuje, prověřuje své hypotézy, objevuje, aktivně hledá, navrhuje a ověřuje různá řešení, diskutuje s ostatními a tím si prohlubuje a rozvíjí porozumění základním informatickým konceptům a principům fungování digitálních technologií. Při analýze problému vybírá, které aspekty lze zanedbat a které jsou podstatné pro jeho řešení. Učí se vytvářet, formálně zapisovat a systematicky posuzovat postupy vhodné pro automatizaci, zpracovávat i velké a nesourodé soubory dat. Díky poznávání toho, jak a proč digitální technologie fungují, žák chápe základní principy kódování, modelování a s větším porozuměním chrání sebe, své soukromí, data i zařízení.V průběhu základního vzdělávání žák začíná vyvíjet funkční technická řešení problémů. Osvojuje si časté testování prototypů a jejich postupné vylepšování jako přirozenou součást designu a vývoje v informačních technologiích. Zvažuje a ověřuje dopady navrhovaných řešení na jedince, společnost, životní prostředí.Hodnocení v informatice je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení informatických problémů a na dovednost aplikovat osvojené vědomosti a dovednosti informatiky v různých kontextech při vývoji informatických řešení různých problémů. Významnou součástí hodnocení v informatice je sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, o portfolio zachycující průběh učení a o efektivní zpětnou vazbu učitele. Ta se odvíjí od aktuálních schopností a individuálních možností žáka a vrstevnické hodnocení.</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="D112" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
           <t>Informační systémy</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>Řadu potřeb společnosti pomáhají plnit informační systémy. Lidé je nevyhnutelně využívají, vypořádávají se s jejich nedostatky, mají požadavky na jejich chování. Většina lidí také nějaké evidence sama tvoří, v osobním i pracovním životě (seznam k balení na výlet, evidence zakázek k vyřízení). Výhodu v tom mají ti, kteří mají na základě praktické zkušenosti představu o tom, jak takové systémy vnitřně fungují, jak se vyvíjejí, co mohou pomoci řešit a co už nikoli. Iterativní vývoj a testování řešení se zaměřením na potřeby klienta je znakem užitečných podniků. Uživatelské rozhraní informačních systémů je komunikačním kanálem. Důsledky fungování řady systémů ovlivňují celou občanskou společnost.Na 1. stupni žák začíná informační systémy zkoumat. Kromě práce s uživatelským rozhraním se učí orientovat i přímo v tabulkách a podobných strukturách.Na 2. stupni žák svůj průzkum prohlubuje a kromě významu pro uživatele precizněji popisuje, co přesně systémy dělají. Pro řešení konkrétních problémů tvoří také vlastní evidence dat.</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>INF-INF-003-ZV9-010</t>
+          <t>INF-INF-003-ZV5-007</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>Pro řešení problému vytvoří tabulku evidence dat a stanoví pravidla pro práci se záznamy.</t>
+          <t>Zaznamenává do existující tabulky nebo seznamu číselná i nečíselná data pro vymezený problém.</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>Existuje velké množství praktických problémů, které řešíme pomocí evidence většího množství dat různého typu. Při návrhu evidence dat se žák učí data logicky organizovat pomocí tabulky či více tabulek. Navrhuje strukturu tabulky a pravidla pro její použití. Při práci s tabulkou využívá možnost práce ve sdíleném prostředí (například formuláře, cloudové tabulky).Žák by měl identifikovat, jaké informace (datové položky) jsou potřebné pro řešení daného problému, a navrhnout, jak je nejlépe uspořádat do tabulky. V databázovém systému, případně v tabulkovém editoru vytvoří sloupce pro jednotlivé datové položky a určí typy dat, které budou v těchto sloupcích uložené (např. text, číslo, datum).Kromě samotné struktury tabulky žák také definuje, jak se s daty v tabulce pracuje. Určí pravidla pro přidávání nových záznamů, aktualizaci existujících záznamů, mazání záznamů, ale také například pravidla pro validaci dat (jak zkontrolovat, že data jsou správně a kompletně zadaná) nebo jejich zabezpečení. V souladu se stanovenými pravidly nastavuje přístupová práva k datům. Z pravidel také vyplývá, jak korespondují data a skutečnosti, které reprezentují.Ve světě informačních systémů je správa dat klíčová. Informační systémy v podstatě sbírají, ukládají, zpracovávají a prezentují data. Aby mohl systém efektivně fungovat, musí být data správně strukturovaná a musí existovat jasná pravidla pro jejich správu. Schopnost navrhnout tabulku a pravidla pro práci s daty je tedy základní dovedností pro kohokoli, kdo chce (musí) pracovat s informačními systémy nebo je navrhovat.Vyučující postupně vede žáka k tomu, aby:určil, jak při řešení problému využije evidenci dat: formuloval problém, vysvětlil zamýšlený účel tabulky, určil základní informace, které má evidence dat poskytovat (výstupy),navrhl tabulku pro evidenci dat: určil, v jakém nástroji tabulku zpracuje, určil, jak získá data do tabulky, navrhl strukturu tabulky, určil pravidla a postupy pro práci se záznamy v evidenci dat,vytvořil tabulku pro evidenci dat: vytvořil tabulku, nastavil pravidla a postupy pro práci se záznamy v evidenci dat,ověřil funkčnost evidence dat: navrhl, realizoval a vyhodnotil zkoušku (pilot) evidence dat, opravil chyby, případně navrhl vylepšení.Gradace spočívá ve volbě složitosti problému, který žáci řeší, vždy by mělo jít o situaci, která je žákům blízká z praktického života. Postupně se seznamují s různými typy dat i možnostmi spolupráce při vytváření a užívání tvořené evidence, tj. roste složitost pravidel a rolí v evidenci.</t>
+          <t>Žák se seznámí s konkrétním seznamem, tabulkou nebo podobnou strukturou, aby porozuměl, jaká data a jakým způsobem do ní patří. Data mohou být číselná (např. věk, počet, délka, hmotnost, teplota) i nečíselná (např. jména, popisy, symboly, barvy, názory, pocity). Data v seznamu mohou a nemusí odpovídat pořadí podle nějakého kritéria (neuspořádaný nebo uspořádaný seznam), popř. jsou v hierarchických vztazích (víceúrovňový seznam). Data v tabulce jsou uspořádaná do souvisejících sloupců a řádků, což umožní přehledně zobrazit data podle shodných a odlišných vlastností, podle vývoje v čase atp.Žák rozvíjí porozumění datovým strukturám a schopnost data organizovat a pracovat s nimi, tedy základní předpoklady pro pozdější práci s databázemi a informačními systémy. Zjišťuje, jaké výhody jednotlivé struktury poskytují, například jak snadno a podle čeho lze ve které vyhledávat, jak zvyšují přehlednost i většího množství dat, jak usnadňují strojové zpracování.Vyučující postupně vede žáka k tomu, aby:se seznamoval se zadáním, zjišťoval, co je třeba řešit, odhaloval data,se orientoval v tabulce (sloupce, řádky) a v seznamu,zobrazoval a třídil data podle různých kategorií, shodných a odlišných vlastností,zapisoval číselná data (např. počet, délka, hmotnost, teplota) i nečíselná data (např. jména, symboly, popisy, názory, pocity) do struktur (tabulka, seznam).</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
-          <t>Analyzuje zadání, určují potřebná data a rozpozná, jaká data jsou důležitá.Zaznamená a uspořádá různé typy dat v tabulce nebo seznamu.</t>
+          <t>Popíše v tabulce sloupce a řádky.</t>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>Analyzuje jednoduchý problém či zadání, navrhne evidenci dat pro jeho řešení.Navrhne tabulku pro evidenci dat – určí potřebné sloupce, rozhodne o jejich názvech a typu, tabulku vytvoří.Ověří, že evidence plní zadaný účel, opraví případné chyby.</t>
+          <t>Seznamuje se zadáním úlohy, určí, jaká data jsou potřeba zaznamenat.Orientuje se v základní struktuře tabulky (sloupce a řádky) nebo seznamu.Třídí data podle různých kategorií (shodných a odlišných vlastností).Zapisuje číselná i nečíselná data do předpřipravených jednoduchých struktur (např. tabulka, seznam).</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>Navrhne evidenci dat pro řešení zadaného problému – formuluje problém, určí základní informace, které má evidence dat shromažďovat a jaké výstupy má poskytovat.Vytvoří tabulku pro evidenci dat, nastaví k ní přístupová práva a určí pravidla a postupy pro práci se záznamy, aby byl udržen soulad evidence se skutečností.Otestuje evidenci dat s využitím jiných uživatelů (spolužáků), ověří, že evidence plní zadaný účel, opraví případné chyby a na základě testování navrhne možná vylepšení.</t>
+          <t>Analyzuje zadání, určí potřebná data a rozpozná, jaká data jsou důležitá.Třídí data v tabulce nebo seznamu podle zadaných kategorií.Vysvětlí, jak třídění usnadňuje práci s daty.Zaznamená a uspořádá různé typy dat v tabulce nebo seznamu.Uvede příklady, kde je vhodné použít různé typy struktur, seznam, tabulka.</t>
         </is>
       </c>
       <c r="N112" s="0" t="inlineStr">
         <is>
-          <t>Sestaví tabulku pro evidenci dat získaných z okruhu svého zájmu.</t>
+          <t>Zaznamenává do existující tabulky číselná i nečíselná data problému, který opakovaně řešil.</t>
         </is>
       </c>
       <c r="O112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="inlineStr">
         <is>
           <t>Informatika</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Informatika nabízí žákovi nástroje a dovednosti, které jsou zásadní pro moderní svět. Pomáhá mu lépe rozumět světu kolem sebe, rozvíjí kritické myšlení a poskytuje mu přenosné dovednosti, které může uplatnit v různých oborech a životních situacích. Navíc, s rychlým rozvojem technologií a digitální transformací společnosti je důležité, aby žák rozuměl principům, na kterých tyto technologie fungují, a byl schopný se bezpečně a eticky orientovat v digitálním prostředí.Informatika se zaměřuje především na rozvoj informatického myšlení a na porozumění základním principům digitálních technologií. Je založená na aktivních činnostech, při kterých žák využívá informatické postupy a pojmy. Její vzdělávací obsah je členěný do čtyř tematických okruhů: Data, informace a modelování, Algoritmizace a programování, Informační systémy a Digitální technologie. Informatika v nich poskytuje prostředky a metody ke zkoumání řešitelnosti problémů i hledání a nalézání jejich optimálních řešení, ke zpracování dat a jejich interpretaci a na základě řešení praktických úkolů i poznatky a zkušenost, kdy je lepší práci přenechat stroji, respektive počítači.Na prvním stupni základního vzdělávání si žák prostřednictvím her, experimentů, diskusí a dalších aktivit vytváří první představy o způsobech, jakými se dají data a informace zaznamenávat, a objevuje informatické aspekty světa kolem sebe. Postupně si žák rozvíjí schopnost popsat problém, analyzovat ho a hledat jeho řešení. Ve vhodném programovacím prostředí si ověřuje algoritmické postupy. Informatika také společně s ostatními obory pokládá základy uživatelských dovedností. Poznáváním toho, jak se s digitálními technologiemi pracuje, si žák vytváří základ pro pochopení informatických konceptů. Součástí uživatelských dovedností, ke kterým informatika přispívá, je i bezpečné zacházení s technologiemi a osvojování dovedností a návyků, které vedou k prevenci rizikového chování.I na druhém stupni základního vzdělávání žák tvoří, experimentuje, prověřuje své hypotézy, objevuje, aktivně hledá, navrhuje a ověřuje různá řešení, diskutuje s ostatními a tím si prohlubuje a rozvíjí porozumění základním informatickým konceptům a principům fungování digitálních technologií. Při analýze problému vybírá, které aspekty lze zanedbat a které jsou podstatné pro jeho řešení. Učí se vytvářet, formálně zapisovat a systematicky posuzovat postupy vhodné pro automatizaci, zpracovávat i velké a nesourodé soubory dat. Díky poznávání toho, jak a proč digitální technologie fungují, žák chápe základní principy kódování, modelování a s větším porozuměním chrání sebe, své soukromí, data i zařízení.V průběhu základního vzdělávání žák začíná vyvíjet funkční technická řešení problémů. Osvojuje si časté testování prototypů a jejich postupné vylepšování jako přirozenou součást designu a vývoje v informačních technologiích. Zvažuje a ověřuje dopady navrhovaných řešení na jedince, společnost, životní prostředí.Hodnocení v informatice je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení informatických problémů a na dovednost aplikovat osvojené vědomosti a dovednosti informatiky v různých kontextech při vývoji informatických řešení různých problémů. Významnou součástí hodnocení v informatice je sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, o portfolio zachycující průběh učení a o efektivní zpětnou vazbu učitele. Ta se odvíjí od aktuálních schopností a individuálních možností žáka a vrstevnické hodnocení.</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
@@ -10116,56 +10350,56 @@
           <t>Žák poznává nejbližší okolí, vztahy a souvislosti v obci, v širším regionu a ve společnosti. Pomocí rozmanitých zdrojů informací se učí hledat odpovědi na otázky spojené s nejbližším okolím i širším regionem a získané poznatky interpretovat či aplikovat. Důraz je kladen na místně zakotvené učení a na utváření přímých zkušeností žáka prostřednictvím terénní výuky.  </t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-001-ZV5-003</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t>Uvede příklady dokládající, že člověk, společnost a příroda se navzájem ovlivňují, že každý může svým chováním působit na životní prostředí.</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
           <t>Smyslem je rozvíjet u žáka pochopení sounáležitosti lidské společnosti a přírody, resp. vlivu každého jedince v lidské společnosti, ať už pozitivního, nebo negativního, na životní prostředí a přírodu. Cílí se na odpovědné chování žáka směrem k udržitelnému životu na Zemi.</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje, co vytvořil člověk a co přírodapopíše správné chování v přírodě a jednoduše zdůvodní důsledky nevhodného chování</t>
+          <t>Rozlišuje, co vytvořil člověk a co příroda.Popíše správné chování v přírodě a jednoduše zdůvodní důsledky nevhodného chování.</t>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>uvede ze svého okolí příklady dobré i špatné praxe vztahu lidí k životnímu prostředí</t>
+          <t>Uvede ze svého okolí příklady dobré i špatné praxe vztahu lidí k životnímu prostředí.</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
           <t>Určí, jak v daném místě (v ČR i mimo ČR) člověk pozměnil krajinu.Vyhledá, co k tomu vedlo a jaké mohou být důsledky.Vytvoří vlastní seznam každodenních činností a opatření, jak on sám může přispět k udržitelnosti na Zemi.</t>
         </is>
       </c>
       <c r="N122" s="0" t="inlineStr">
         <is>
           <t>Popíše na základě příkladů, proč je důležité dodržovat zásady udržitelného chování v přírodě.</t>
         </is>
       </c>
       <c r="O122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="inlineStr">
@@ -10280,51 +10514,51 @@
           <t>Žák poznává nejbližší okolí, vztahy a souvislosti v obci, v širším regionu a ve společnosti. Pomocí rozmanitých zdrojů informací se učí hledat odpovědi na otázky spojené s nejbližším okolím i širším regionem a získané poznatky interpretovat či aplikovat. Důraz je kladen na místně zakotvené učení a na utváření přímých zkušeností žáka prostřednictvím terénní výuky.  </t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-001-ZV5-005</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t>Prokáže pochopení principu hlasování a jeho významu pro život v demokratické společnosti.</t>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
           <t>Formou hry (simulace) získá žák základní povědomí a zkušenosti s praktikováním voleb. Tato zkušenost je vhodným předpokladem pro pozdější porozumění volebním principům a volebním systémům. Díky této zkušenosti žák porozumí tomu, jaké principy jsou při volbách uplatňovány, co při volbách dělá občan, proč je důležité účastnit se voleb a jak volby souvisejí s demokracií. Uvědomuje si důležitost informovaného rozhodování. Žák si buduje povědomí o tom, že ČR je demokratickým státem uvnitř Evropské unie. </t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
-          <t>účastní se hlasování v reálné situaci a popíše své pocity po vyhlášení výsledků</t>
+          <t>Účastní se hlasování v reálné situaci a popíše své pocity po vyhlášení výsledků.</t>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
           <t>Popíše, jaká pravidla musí být při hlasování v reálné situaci dodržována.Zapojuje se do hlasování ve třídě a popíše, na základě jakých informací se rozhodoval.Na základě hlasování v reálné situaci vysvětlí, proč může být hlasování pro společnost, které se situace týká, důležité.</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
           <t>Připraví hlasování ve třídě ve spolupráci se spolužáky a vysvětlí, jak volby probíhají.Zhodnotí popsaný průběh hlasování z hlediska dodržení principu hlasování.V různých situacích rozhodne, zda je pro řešení problému vhodné hlasování, a vysvětlí proč.</t>
         </is>
       </c>
       <c r="N124" s="0" t="inlineStr">
         <is>
           <t>Hlasuje při rozhodování ve třídě.</t>
         </is>
       </c>
       <c r="O124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P124" s="0" t="inlineStr">
         <is>
           <t/>
@@ -10608,56 +10842,56 @@
           <t>Žák si utváří prvotní poznatky a dovednosti budoucího občana demokratického státu. Seznamuje se s významem základních společenských hodnot, na příkladech se učí prokazovat jejich význam. Na konkrétních příkladech a situacích ze svého regionu se seznamuje s úkoly orgánů státní správy a územní samosprávy.  Nedílnou součástí je i téma respektu k jinakosti, života bez násilí, digitálního bezpečí a wellbeingu.</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-002-ZV5-009</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t>Rozpozná v modelových situacích, které právo člověka bylo porušeno nebo jaká povinnost byla zanedbána.</t>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení směřuje k hlubšímu porozumění tematice porušování práv a zanedbávání povinností člověka, zaměřuje se na jejich rozpoznání v jednoduchých konkrétních předkládaných příkladech i použití vlastních příkladů. Žák je postupně veden k uvědomění si důsledků těchto porušení a zanedbání na jednotlivce i širší společnost.</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
-          <t>uvede příklady svých povinností ve škole a domave spolupráci se spolužáky identifikuje v příběhu situace, kdy se dětský hrdina potýká s nějakou nespravedlností a nedokáže si poradit sám, a navrhne způsob, jak by mohla být tato situace řešenaporovná řešení své skupiny s řešením dalších skupin a s návrhem správného řešení odborníkyseznámí se se školním řádem</t>
+          <t>Uvede příklady svých povinností ve škole a doma.Ve spolupráci se spolužáky identifikuje v příběhu situace, kdy se dětský hrdina potýká s nějakou nespravedlností a nedokáže si poradit sám, a navrhne způsob, jak by mohla být tato situace řešena.porovná řešení své skupiny s řešením dalších skupin a s návrhem správného řešení odborníky.Seznámí se se školním řádem.</t>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>pracuje se školním řádem, kdy dokáže odpovědět na to, zda je předložené chování (příklady konkrétních situací) dovolené či zakázanévysvětlí, proč je nutné práva dětí chránit zákonempři práci se zjednodušeným textem Úmluvy o právech dítěte přiřadí modelové situace k jednotlivým dětským právům podle toho, které právo bylo v situaci porušeno</t>
+          <t>Pracuje se školním řádem, kdy dokáže odpovědět na to, zda je předložené chování (příklady konkrétních situací) dovolené či zakázané.Vysvětlí, proč je nutné práva dětí chránit zákonem.Při práci se zjednodušeným textem Úmluvy o právech dítěte přiřadí modelové situace k jednotlivým dětským právům podle toho, které právo bylo v situaci porušeno.</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
           <t>V modelových situacích rozpozná, kdy bylo porušeno některé právo člověka nebo kdy byla zanedbána některá povinnost.Pro konkrétní situaci popíše možný následek porušení práv nebo zanedbání povinnosti.Zná svá práva a povinnosti (školní řád).</t>
         </is>
       </c>
       <c r="N128" s="0" t="inlineStr">
         <is>
           <t>Vyjádří vlastními slovy práva a povinnosti žáka ve škole.</t>
         </is>
       </c>
       <c r="O128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="inlineStr">
@@ -10936,56 +11170,56 @@
           <t>Žák se učí zkoumat minulost prostřednictvím mapování běžného života lidí v daném regionu (dějiny každodennosti, historie rodiny žáka, historie místa a regionu, v němž žák žije). Samostatně vyhledává, získává a zkoumá informace z dostupných zdrojů, především pak od členů své rodiny i od lidí v nejbližším okolí. Navštěvuje historické památky, sbírky regionálních i specializovaných muzeí, veřejnou knihovnu atd. </t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-003-ZV5-013</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t>Porovná, jak lidé žili dříve a jak žijí dnes.</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
           <t>Pro orientaci v minulosti i současnosti je nezbytné, aby žák rozlišoval, co zůstává stejné a co se mění. Tuto schopnost rozvíjí s využitím zdrojů, které jsou mu blízké a pocházejí buď z jeho rodiny (např. fotografie z rodinného alba, videa, předměty, které se v rodině dochovaly), nebo z regionu, ve kterém žije (dochované například v regionálním muzeu, pamětní síni nebo skanzenu), zdrojem může být i historická budova (např. zemědělský statek, industriální památka).</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
-          <t>orientuje se v čase (minulost, současnost a budoucnost)</t>
+          <t>Orientuje se v čase (minulost, současnost a budoucnost).</t>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>identifikuje rozdíly mezi minulostí a současností (vybavení budov, dopravní prostředky, objevy a vynálezy atd.) s využitím názorných příkladů </t>
+          <t>Identifikuje rozdíly mezi minulostí a současností (vybavení budov, dopravní prostředky, objevy a vynálezy atd.) s využitím názorných příkladů. </t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
           <t>Porovná, co se změnilo a co zůstává stejné.Ukáže na příkladech proměnu krajiny a sídel na historické mapě regionu a státu.Posoudí důvěryhodnost informací ve zpracování historické události.</t>
         </is>
       </c>
       <c r="N132" s="0" t="inlineStr">
         <is>
           <t>Popíše, jak lidé žili dříve a jak žijí dnes.</t>
         </is>
       </c>
       <c r="O132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="inlineStr">
@@ -11428,56 +11662,56 @@
           <t>Tento okruh směřuje k rozvoji environmentální senzitivity, postojů a vztahu k přírodě. Žák prostřednictvím pozorování a experimentů přírodu zkoumá a na základě praktického poznávání daného regionu a dalších informací se učí hledat důkazy o jejích proměnách. Učí se využívat a hodnotit svá pozorování a záznamy, sledovat vliv lidské činnosti na přírodu, hledat možnosti, jak ve svém věku přispět k ochraně přírody, zlepšení životního prostředí a k trvale udržitelnému rozvoji. Je veden k tomu, aby si uvědomil, že Země a život na ní tvoří jeden nedílný celek, ve kterém jsou všechny hlavní děje ve vzájemném souladu a rovnováze, kterou může člověk snadno narušit a velmi obtížně obnovovat.</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-004-ZV5-019</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t>Odhadne a změří vhodnými měřidly vzdálenost, čas, hmotnost, objem a teplotu, výsledek měření uvede se správnými jednotkami a zjištěné informace využije v praktických situacích.</t>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
           <t>Cílem je první seznámení s měřením různých fyzikálních veličin, které žák zná z běžného života. Učí se zvolit vhodné měřidlo, seznamuje se s jednotkami veličin a jejich velikostmi, měl by zkoušet velikosti veličin i odhadovat. Pro pochopení jednotek času je podstatná i orientace v čase.</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
-          <t>rozliší části dne, popíše a uspořádá události v čase</t>
+          <t>Rozliší části dne, popíše a uspořádá události v čase.</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>orientuje se v kalendáři a s jeho pomocí řeší reálné problémy s časovými údajiodhadne a změří hmotnost, objem a délku předmětu nebo vzdálenost mezi dvěma předměty vhodnými typy měřidelměří teplotu v několika následujících dnech nebo hodinách během jednoho dne, zjištěné hodnoty zaznamenává</t>
+          <t>Orientuje se v kalendáři a s jeho pomocí řeší reálné problémy s časovými údaji.Odhadne a změří hmotnost, objem a délku předmětu nebo vzdálenost mezi dvěma předměty vhodnými typy měřidel.Měří teplotu v několika následujících dnech nebo hodinách během jednoho dne, zjištěné hodnoty zaznamenává.</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
           <t>Používá k měření vhodné typy měřidel, včetně digitálních.Zaznamená a porovná svá měření se svým odhadem.</t>
         </is>
       </c>
       <c r="N138" s="0" t="inlineStr">
         <is>
           <t>Používá vhodná měřidla k měření vzdálenosti, času, hmotnosti a teploty, vyjmenuje základní jednotky vzdálenosti, času, hmotnosti a teploty, změří je a využívá v praktických situacích.</t>
         </is>
       </c>
       <c r="O138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="inlineStr">
@@ -11756,56 +11990,56 @@
           <t>Žák poznává zdraví jako stav bio-psycho-sociální rovnováhy života. Citlivě s ohledem na sebepojetí se seznamuje s tím, jak se člověk vyvíjí a mění od narození do dospělosti, co je pro člověka vhodné a nevhodné z hlediska denního režimu, hygieny, výživy i mezilidských vztahů. Získává základní poučení o zdraví a nemocech, o zdravotní prevenci, osvojuje si dovednosti týkající se poskytování první pomoci. Osvojuje si bezpečné chování a vzájemnou pomoc v různých životních situacích, včetně mimořádných událostí. </t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-005-ZV5-023</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t>Předvede v modelové situaci správné chování podle pravidel silničního provozu, pohybuje se bezpečně a samostatně v reálném silničním provozu v roli chodce i cyklisty.</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
           <t>Výuka je zaměřená na oblast dopravní výchovy. Poskytuje žákovi příležitosti osvojovat si pravidla silničního provozu. Žák je veden k bezpečnému a samostatnému pohybu v reálném silničním provozu v roli chodce i cyklisty (včetně využití e-prostředků) při školních činnostech (na dopravním hřišti). S využitím modelových situací a při akcích školy žák demonstruje správné chování ve shodě s pravidly silničního provozu aplikované do praktického života; odůvodňuje a prakticky uplatňuje bezpečný způsob chování v prostředcích veřejné hromadné přepravy a při individuální přepravě, včetně využití zádržných systémů.</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
-          <t>bezpečně se pohybuje po chodníku a na přechodu v doprovodu dospělé (starší) osoby (ve skupině), správně se rozhlédnepojmenuje účastníky silničního provozu a jejich role rozeznává světelné signály a základní dopravní značky pro chodcechová se bezpečně na nástupišti a dodržuje pokyny  dospělých pro nástup a výstup z dopravního prostředkudodržuje základní pravidla bezpečnosti při jízdě ve veřejné dopravě popíše cestu do školy z hlediska silničního provozu</t>
+          <t>Bezpečně se pohybuje po chodníku a na přechodu v doprovodu dospělé (starší) osoby (ve skupině), správně se rozhlédne.Pojmenuje účastníky silničního provozu a jejich role.Rozeznává světelné signály a základní dopravní značky pro chodce.Chová se bezpečně na nástupišti a dodržuje pokyny  dospělých pro nástup a výstup z dopravního prostředku.Dodržuje základní pravidla bezpečnosti při jízdě ve veřejné dopravě. Popíše cestu do školy z hlediska silničního provozu.</t>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>pohybuje se bezpečně po chodníku (jako jednotlivec i ve skupině)předvede správný způsob přecházení silnice a železničních přejezdů, na přechodu se světelnou signalizaci a bez ní používá za snížené viditelnosti reflexní doplňky prokáže znalost dopravního značení pro chodce a cyklistypopíše základní vybavení kola (brzdy, světla, odrazky, blatníky) i vhodné oblečení a obutí (podle počasí), včetně přilby, reflexních prvků vysvětlí rizika používání mobilního telefonu/sluchátek v silničním provozuuplatňuje vhodné a bezpečné chování na nástupišti prostředků veřejné dopravy, při nastupování a vystupování, během jízdy používá online aplikace pro vyhledání správné trasy pohybu ve vnějším prostředí</t>
+          <t>Pohybuje se bezpečně po chodníku (jako jednotlivec i ve skupině).Předvede správný způsob přecházení silnice a železničních přejezdů, na přechodu se světelnou signalizaci a bez ní. Používá za snížené viditelnosti reflexní doplňky. Prokáže znalost dopravního značení pro chodce a cyklisty.Popíše základní vybavení kola, vč. jeho povinné i doporučené výbavy (brzdy, světla, odrazky, blatníky) i vhodné oblečení a obutí (podle počasí), včetně přilby, reflexních prvků. Vysvětlí rizika používání mobilního telefonu/sluchátek v silničním provozu.Uplatňuje vhodné a bezpečné chování na nástupišti prostředků veřejné dopravy, při nastupování a vystupování, během jízdy. Používá online aplikace pro vyhledání správné trasy pohybu ve vnějším prostředí.</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
           <t>Popíše a zdůvodní použití zádržných systémů v dopravních prostředcích.Řeší modelové situace silničního provozu jako chodec nebo cyklista.Zdůvodní používání bezpečnostních prvků ve výbavě cyklisty.Demonstruje v modelové situaci nebo při akci školy správné chování ve shodě s pravidly silničního provozu. Demonstruje v modelové situaci nebo při akci školy bezpečný způsob chování v prostředcích veřejné hromadné přepravy.Zhodnotí cestu, kterou si vyhledá pomocí online aplikace, z hlediska bezpečnosti.</t>
         </is>
       </c>
       <c r="N142" s="0" t="inlineStr">
         <is>
           <t>Vyjmenuje základní pravidla silničního provozu pro chodce i cyklisty a popíše jednoduchou dopravní situaci.</t>
         </is>
       </c>
       <c r="O142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="inlineStr">
@@ -12330,56 +12564,56 @@
           <t>Žák poznává zdraví jako stav bio-psycho-sociální rovnováhy života. Citlivě s ohledem na sebepojetí se seznamuje s tím, jak se člověk vyvíjí a mění od narození do dospělosti, co je pro člověka vhodné a nevhodné z hlediska denního režimu, hygieny, výživy i mezilidských vztahů. Získává základní poučení o zdraví a nemocech, o zdravotní prevenci, osvojuje si dovednosti týkající se poskytování první pomoci. Osvojuje si bezpečné chování a vzájemnou pomoc v různých životních situacích, včetně mimořádných událostí. </t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-005-ZV5-030</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje respektující chování při navazování vztahů a orientuje se v bezpečných způsobech sexuálního chování, obrátí se na důvěryhodnou osobu či instituci v případě pocitu ohrožení.</t>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
           <t>Výchova k sexuálně reprodukčnímu zdraví je pojímána komplexně s přesahem bio-psycho-sociálních aspektů a se zacílením na rozvíjení znalostí, dovedností a postojů žáka. Žák charakterizuje lidskou sexualitu jako kombinaci biologické a psychosociální složky osobnosti. V rámci výuky je přistupováno k tématu senzitivně, korektně, s využíváním aktuálních vědeckých poznatků z mnoha oborů. Celospolečenským problémem je násilí v blízkých vztazích, proto je vhodné, aby i žáci na 1. stupni přiměřeně svému věku měli o tématu povědomí a věděli, na koho se můžou obrátit.</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
-          <t>řekne „ne“ v situacích, které to vyžadují (při nevhodném dotýkání)uvede, koho v případě potřeby přivolat na pomoc a jakřeší konflikty s vrstevníky  dohodou, odmítá násilí, ponižování </t>
+          <t>Řekne „ne“ v situacích, které to vyžadují (při nevhodném dotýkání).Uvede, koho v případě potřeby přivolat na pomoc a jak.Řeší konflikty s vrstevníky  dohodou, odmítá násilí, ponižování. </t>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>reaguje vhodně v modelových situacích na neadekvátní chování se sexuálním podtextem, aktivně se proti takovým způsobům chování vymezujepředvede v modelové situaci odmítnutí komunikace, která je mu nepříjemnápředvede způsoby jednání v případě vlastního ohrožení a ohrožení jinýchrozpozná v modelových situacích způsoby chování, které už nelze tolerovat a navrhuje postupy vhodné reakce (požádání o pomoc důvěryhodnou osobu či instituci) </t>
+          <t>Reaguje vhodně v modelových situacích na neadekvátní chování se sexuálním podtextem, aktivně se proti takovým způsobům chování vymezuje.Předvede v modelové situaci odmítnutí komunikace, která je mu nepříjemná.Předvede způsoby jednání v případě vlastního ohrožení a ohrožení jiných.Rozpozná v modelových situacích způsoby chování, které už nelze tolerovat a navrhuje postupy vhodné reakce (požádání o pomoc důvěryhodnou osobu či instituci).</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
           <t>Rozhodne na modelových příkladech, které chování ve vztahu lze považovat za respektující a bezpečné a proti kterým způsobům chování je třeba se vymezit.Uvede, na kterou důvěryhodnou osobu či instituci se obrátí v případě pocitu ohrožení sexuálním zneužíváním.  Rozpozná na modelových příkladech projevy partnerského, sexuálního a/nebo genderově podmíněného násilí.Uplatňuje v modelových situacích respektující chování při navazování vrstevnických vztahů.Identifikuje v modelových situacích chování osob, kterým ohrožují bezpečí druhých, a zdůvodní právo takové chování odmítnout.</t>
         </is>
       </c>
       <c r="N149" s="0" t="inlineStr">
         <is>
           <t>Pozná bezpečné sexuální chování a obrátí se na důvěryhodnou osobu v případě pocitu ohrožení.</t>
         </is>
       </c>
       <c r="O149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="inlineStr">
@@ -12576,56 +12810,56 @@
           <t>Žák si osvojuje vědomosti a dovednosti související se základními finančními koncepty, jako jsou peníze, úspory, výdaje a rozpočet. Učí se rozumět hodnotě peněz a základním pojmům spojeným s hospodařením. Získané vědomosti a dovednosti aplikuje v modelových situacích tak, aby je následně využil v reálném životě. Vzdělávací obsah vychází ze Standardu finanční gramotnosti, zároveň respektuje věkové a vývojové možnosti žáka 1. stupně. </t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-006-ZV5-033</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
           <t>Používá peníze v běžných modelových situacích.</t>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
           <t>Žák rozumí hodnotě peněz, rozpoznává české bankovky a mince a rozlišuje jejich hodnotu, při nakupování v modelové situaci sčítá a odčítá, odhaduje cenu zboží a nákupu, zjišťuje, zda mu vystačí peníze na nákup. Na příbězích nebo modelových situacích se seznamuje s právy spotřebitele a příklady jejich porušování (nesprávně vrácené peníze, právo na reklamaci, právo na vrácení zboží, klamavá reklama, podvodné praktiky). Vedeme žáky k tomu, aby si uvědomili rozdíl mezi placením hotovostí a penězi z účtu. Mít bezhotovostní peníze neznamená, že neexistují, ale že musí být zřízen účet v bance a že peníze se na tento účet vkládají a vybírají se z něj. Žáci mohou porovnat svoji zkušenost s hotovostním a bezhotovostním placením (např. bezhotovostní platba vede ke snazšímu utrácení než hotovostní platba, při které si žáci spíše uvědomí hodnotu peněz).</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje české mince a bankovky podle hodnoty </t>
+          <t>Rozlišuje české mince a bankovky podle hodnoty. </t>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>odhaduje ceny základních potravin a celkovou cenu jednoduchého nákupu v modelových situacích </t>
+          <t>Odhaduje ceny základních potravin a celkovou cenu jednoduchého nákupu v modelových situacích. </t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
           <t>Používá peníze v reálných i modelových situacích. Zaplatí různými způsoby danou částku. Vrátí nazpět správný obnos.</t>
         </is>
       </c>
       <c r="N152" s="0" t="inlineStr">
         <is>
           <t>Používá peníze v jednoduchých modelových situacích.</t>
         </is>
       </c>
       <c r="O152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="inlineStr">
@@ -12658,56 +12892,56 @@
           <t>Žák si osvojuje vědomosti a dovednosti související se základními finančními koncepty, jako jsou peníze, úspory, výdaje a rozpočet. Učí se rozumět hodnotě peněz a základním pojmům spojeným s hospodařením. Získané vědomosti a dovednosti aplikuje v modelových situacích tak, aby je následně využil v reálném životě. Vzdělávací obsah vychází ze Standardu finanční gramotnosti, zároveň respektuje věkové a vývojové možnosti žáka 1. stupně. </t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-006-ZV5-034</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t>Vysvětlí na příkladu, proč není možné realizovat všechny chtěné výdaje.</t>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
           <t>Žák se učí na příkladech rozlišovat to, co si lidé přejí, a to, jaké důležité potřeby mají. Je veden k hlubšímu porozumění tomu, že ne vše, co si lidé přejí, může být realizováno a že nereálné uspokojování finančně náročných přání může způsobovat problémy. Žák vysvětluje, proč není možné realizovat všechna přání, a dokáže pochopit, že (ekonomická) situace různých rodin je různá, a tudíž stejné přání dvou dětí může být v jedné rodině uspokojeno, ve druhé nikoli.</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t>porovná své potřeby a přání s finančními možnostmi </t>
+          <t>Porovná své potřeby a přání s finančními možnostmi. </t>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>vyjmenuje přání dítěte z příběhu či modelové situace a vysvětlí, která jeho přání mohou být splněna a která ne, a vysvětlí proč</t>
+          <t>Vyjmenuje přání dítěte z příběhu či modelové situace a vysvětlí, která jeho přání mohou být splněna a která ne, a vysvětlí proč.</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
           <t>Analyzuje finanční možnosti, které má k dispozici.Vyhodnotí finanční náklady na realizaci různých přání.Vyhodnotí na základě finančních možností, zda může realizovat svoje konkrétní přání.</t>
         </is>
       </c>
       <c r="N153" s="0" t="inlineStr">
         <is>
           <t>Uvede příklad, proč není možné realizovat všechny chtěné výdaje .</t>
         </is>
       </c>
       <c r="O153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="inlineStr">
@@ -12740,56 +12974,56 @@
           <t>Žák si osvojuje vědomosti a dovednosti související se základními finančními koncepty, jako jsou peníze, úspory, výdaje a rozpočet. Učí se rozumět hodnotě peněz a základním pojmům spojeným s hospodařením. Získané vědomosti a dovednosti aplikuje v modelových situacích tak, aby je následně využil v reálném životě. Vzdělávací obsah vychází ze Standardu finanční gramotnosti, zároveň respektuje věkové a vývojové možnosti žáka 1. stupně. </t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>CJS-CJS-006-ZV5-035</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
           <t>Sestaví jednoduchý osobní rozpočet.</t>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
           <t>Zaměřujeme se na porozumění hospodaření jednotlivce (případně domácnosti), včetně praktických dovedností spojených s rozpočtem jednotlivce (domácnosti). To souvisí s prací s informacemi (čtení, vyhledávání) a zahrnuje praktické používání matematických operací, jako je sčítání, odčítání, porovnávání. Vzdělávací obsah je vhodné zprostředkovávat jako řešení problémové situace, s ohledem na věk žáků je vhodné pracovat s měsíčním rozpočtem jednotlivce (fiktivního vrstevníka).</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
-          <t>seznámí se s pojmy příjmy, výdaje, rozpočetsestaví rozpočet pro svého modelového vrstevníka</t>
+          <t>Seznámí se s pojmy příjmy, výdaje, rozpočet.Sestaví rozpočet pro svého modelového vrstevníka.</t>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>porovná příjmy a výdaje na příkladech jednoduchých rozpočtů jedincezapisuje si po určitou dobu své vlastní příjmy a výdaje a zpracuje svůj osobní rozpočet pro svou vlastní potřebu</t>
+          <t>Porovná příjmy a výdaje na příkladech jednoduchých rozpočtů jedince.Zapisuje si po určitou dobu své vlastní příjmy a výdaje a zpracuje svůj osobní rozpočet pro svou vlastní potřebu.</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
           <t>Zpracuje informace o příjmech a výdajích jednotlivce do strukturovaného osobního rozpočtu.Vybere ukázku rozpočtu vyrovnaného, schodkového a přebytkového mezi několika různými jednoduchými rozpočty jednotlivce.</t>
         </is>
       </c>
       <c r="N154" s="0" t="inlineStr">
         <is>
           <t>V osobním rozpočtu rozezná základní příjmy a výdaje.</t>
         </is>
       </c>
       <c r="O154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="inlineStr">
@@ -15769,51 +16003,51 @@
           <t>Přírodní a socioekonomické prostředí a jejich vzájemné interakce</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>Tematický celek se zaměřuje na komplexní porozumění vztahům mezi přírodními procesy a lidskými aktivitami. Žáci se učí analyzovat prostorové a časové rozložení slunečního záření, pohybu vzduchu a vody, což je klíčové pro pochopení klimatických podmínek, dostupnosti přírodních zdrojů a přírodních rizik. Tyto znalosti jsou nezbytné pro interpretaci vlivu těchto faktorů na přírodní procesy a lidskou společnost, což podporuje kritické myšlení a rozhodování. Vznik a rozmístění tvarů zemského povrchu, jakožto další klíčový prvek tohoto celku, umožňuje žákům chápat geomorfologické procesy a jejich důsledky pro přírodu i lidské aktivity. Toto pochopení se prolíná s analýzou prostorového uspořádání půd a bioty, kde se žáci učí o interakcích mezi klimatem, reliéfem a lidskou činností. Tím se posiluje jejich schopnost předpovídat změny v přírodním prostředí a přispívat k jeho udržitelnému rozvoji. Důležitou součástí je také studium pohybu a struktury obyvatelstva, včetně migračních procesů a jejich příčin. Žáci zkoumají, jak demografické změny ovlivňují společnost a ekonomiku, což je zásadní pro regionální politiku a pro územní a strategické plánování. Tyto poznatky se propojují s porozuměním rozvoji sídel a ekonomických aktivit, včetně faktorů ovlivňujících jejich rozmístění.Celkově tento tematický celek propojuje poznatky z různých geografických oblastí, což podporuje naplňování vzdělávacích cílů geografie. Žáci si osvojují schopnost komplexně analyzovat vzájemné vztahy mezi přírodním a socioekonomickým prostředím, což je nezbytné pro udržitelný přístup k životnímu prostředí a informované rozhodování v každodenním životě.</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
           <t>GEO-GEO-002-ZV9-004</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t>Odvodí příjem slunečního záření pro konkrétní místo a čas, jeho příčiny a důsledky na přírodní procesy a lidské aktivity.</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>Tento OVU navazuje na příslušný OVU pro 1. stupeň (vlivy nebeských těles na podmínky na Zemi),přičemž je zásadní pro porozumění rozdílům mezi místy a regiony z hlediska teplotních podmínek,výraznosti ročních období, délky dní a nocí, časového posunu atd. OVU využívá poznatky fyziky (různédruhy záření a jejich vlastnosti), nicméně v rámci geografie je rozvíjeno porozumění prostorovémuaspektu a vlivům na přírodu i lidskou společnost. Porozumění příčinám a důsledkům různé distribuceslunečního záření na Zemi je klíčové pro navazující pochopení dalších přírodních i společenských jevůa procesů. Dosažení tohoto OVU je tedy podmínkou pro úspěšné dosažení následujících OVU.</t>
+          <t>Tento OVU navazuje na příslušný OVU pro 1. stupeň (vlivy nebeských těles na podmínky na Zemi), přičemž je zásadní pro porozumění rozdílům mezi místy a regiony z hlediska teplotních podmínek, výraznosti ročních období, délky dní a nocí, časového posunu atd. OVU využívá poznatky fyziky (různédruhy záření a jejich vlastnosti), nicméně v rámci geografie je rozvíjeno porozumění prostorovému aspektu a vlivům na přírodu i lidskou společnost. Porozumění příčinám a důsledkům různé distribuce slunečního záření na Zemi je klíčové pro navazující pochopení dalších přírodních i společenských jevů a procesů. Dosažení tohoto OVU je tedy podmínkou pro úspěšné dosažení následujících OVU.</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t>zdůvodní šířkovou pásmovitost množství dopadajícího slunečního záření a průměrné teploty vzduchu jako důsledek tvaru a pohybu Země</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
           <t>zdůvodní pokles průměrné teploty vzduchu s nadmořskou výškou (výškovou stupňovitost) jako důsledek menší hustoty vzduchuzdůvodní denní chod teploty vzduchu a časový posun mezi poledníky jako důsledek rotace Zemězdůvodní roční chod teploty vzduchu v různých zeměpisných šířkách jako důsledek sklonu zemské osy a oběhu Země kolem Sluncezdůvodní teplotní rozdíly přímořských a kontinentálních oblastí jako důsledek odlišných tepelných vlastností vody a pevninyvysvětlí pohyby vzduchu jeho nerovnoměrným prohříváním a určí oblasti a příslušné sezóny, kde, resp. kdy dochází k výstupům vzduchuvysvětlí současné oteplování klimatu jako důsledek narušení rovnováhy mezi energií na Zemi přicházející a Zemi opouštějící</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
           <t>Odvodí, ve kterém ze dvou míst je v daném čase pravděpodobně tepleji, svůj odhad zdůvodní a diskutuje o vlivu na turismus v dané oblasti.</t>
         </is>
       </c>
       <c r="N191" s="0" t="inlineStr">
         <is>
           <t>Zdůvodní šířkovou pásmovitost množství dopadajícího slunečního záření a průměrné teploty vzduchu jako důsledek tvaru a pohybu Země.</t>
         </is>
       </c>
       <c r="O191" s="0" t="inlineStr">
         <is>
           <t/>
@@ -15851,51 +16085,51 @@
           <t>Přírodní a socioekonomické prostředí a jejich vzájemné interakce</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>Tematický celek se zaměřuje na komplexní porozumění vztahům mezi přírodními procesy a lidskými aktivitami. Žáci se učí analyzovat prostorové a časové rozložení slunečního záření, pohybu vzduchu a vody, což je klíčové pro pochopení klimatických podmínek, dostupnosti přírodních zdrojů a přírodních rizik. Tyto znalosti jsou nezbytné pro interpretaci vlivu těchto faktorů na přírodní procesy a lidskou společnost, což podporuje kritické myšlení a rozhodování. Vznik a rozmístění tvarů zemského povrchu, jakožto další klíčový prvek tohoto celku, umožňuje žákům chápat geomorfologické procesy a jejich důsledky pro přírodu i lidské aktivity. Toto pochopení se prolíná s analýzou prostorového uspořádání půd a bioty, kde se žáci učí o interakcích mezi klimatem, reliéfem a lidskou činností. Tím se posiluje jejich schopnost předpovídat změny v přírodním prostředí a přispívat k jeho udržitelnému rozvoji. Důležitou součástí je také studium pohybu a struktury obyvatelstva, včetně migračních procesů a jejich příčin. Žáci zkoumají, jak demografické změny ovlivňují společnost a ekonomiku, což je zásadní pro regionální politiku a pro územní a strategické plánování. Tyto poznatky se propojují s porozuměním rozvoji sídel a ekonomických aktivit, včetně faktorů ovlivňujících jejich rozmístění.Celkově tento tematický celek propojuje poznatky z různých geografických oblastí, což podporuje naplňování vzdělávacích cílů geografie. Žáci si osvojují schopnost komplexně analyzovat vzájemné vztahy mezi přírodním a socioekonomickým prostředím, což je nezbytné pro udržitelný přístup k životnímu prostředí a informované rozhodování v každodenním životě.</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
           <t>GEO-GEO-002-ZV9-005</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t>Odvodí dostupnost vody v konkrétním místě během roku, její příčiny a vliv na tamní přírodní prostředí a lidskou společnost.</t>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>OVU navazuje na předchozí OVU, neboť rozdělení vody na Zemi je prostřednictvím všeobecnécirkulace atmosféry a výparu navázáno na nerovnoměrnost ohřevu zemského povrchu slunečnímzářením. OVU využívá poznatky fyziky (proudění, změny skupenství, působení gravitace), v rámcigeografie tyto jevy propojuje do vzájemných prostorových souvislostí a všímá si důsledků pro přírodua lidskou společnost, a to včetně hydrometeorologických extrémů (sucho a povodně). Voda je vedlesluneční energie dalším zásadním činitelem určujícím podmínky různých míst a regionů na Zemi,proto je dosažení tohoto OVU podmínkou pro úspěšné dosažení následujících OVU.</t>
+          <t>OVU navazuje na předchozí OVU, neboť rozdělení vody na Zemi je prostřednictvím všeobecné cirkulace atmosféry a výparu navázáno na nerovnoměrnost ohřevu zemského povrchu slunečním zářením. OVU využívá poznatky fyziky (proudění, změny skupenství, působení gravitace), v rámcigeografie tyto jevy propojuje do vzájemných prostorových souvislostí a všímá si důsledků pro přírodu a lidskou společnost, a to včetně hydrometeorologických extrémů (sucho a povodně). Voda je vedle sluneční energie dalším zásadním činitelem určujícím podmínky různých míst a regionů na Zemi, proto je dosažení tohoto OVU podmínkou pro úspěšné dosažení následujících OVU.</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t>odhadne podíl světového oceánu na množství vody na Zemi a vysvětlí jeho vliv na přírodní podmínky a socioekonomické aktivity v různých místech</t>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
           <t>vyjmenuje a seřadí podle velikosti zásobníky sladké vody na Zemi a vysvětlí její význam pro přírodu a lidskou společnostpopíše malý i velký hydrologický cyklus a vysvětlí jeho jednotlivé složky jako důsledek slunečního záření a zemské gravitacezdůvodní prostorové a časové rozložení srážek na Zemi jako důsledek prostorového a časového rozložení výstupných pohybů vzduchuvysvětlí, proč je v některých vodních tocích voda, přestože v jejich povodí delší dobu nepršelouvede příčiny sucha (nedostatek srážek a velký výpar) a důsledky sucha a rozliší sucho trvalé (ariditu), sezónní (období sucha oproti období dešťů) a nahodilé </t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
           <t>Pro dané povodí určí roční období, ve kterém je v daném vodním toku nejvíce vody a ve kterém nejméně, a diskutuje o vlivu na hydroenergetiku v dané oblasti.</t>
         </is>
       </c>
       <c r="N192" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O192" s="0" t="inlineStr">
         <is>
           <t/>
@@ -15933,51 +16167,51 @@
           <t>Přírodní a socioekonomické prostředí a jejich vzájemné interakce</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>Tematický celek se zaměřuje na komplexní porozumění vztahům mezi přírodními procesy a lidskými aktivitami. Žáci se učí analyzovat prostorové a časové rozložení slunečního záření, pohybu vzduchu a vody, což je klíčové pro pochopení klimatických podmínek, dostupnosti přírodních zdrojů a přírodních rizik. Tyto znalosti jsou nezbytné pro interpretaci vlivu těchto faktorů na přírodní procesy a lidskou společnost, což podporuje kritické myšlení a rozhodování. Vznik a rozmístění tvarů zemského povrchu, jakožto další klíčový prvek tohoto celku, umožňuje žákům chápat geomorfologické procesy a jejich důsledky pro přírodu i lidské aktivity. Toto pochopení se prolíná s analýzou prostorového uspořádání půd a bioty, kde se žáci učí o interakcích mezi klimatem, reliéfem a lidskou činností. Tím se posiluje jejich schopnost předpovídat změny v přírodním prostředí a přispívat k jeho udržitelnému rozvoji. Důležitou součástí je také studium pohybu a struktury obyvatelstva, včetně migračních procesů a jejich příčin. Žáci zkoumají, jak demografické změny ovlivňují společnost a ekonomiku, což je zásadní pro regionální politiku a pro územní a strategické plánování. Tyto poznatky se propojují s porozuměním rozvoji sídel a ekonomických aktivit, včetně faktorů ovlivňujících jejich rozmístění.Celkově tento tematický celek propojuje poznatky z různých geografických oblastí, což podporuje naplňování vzdělávacích cílů geografie. Žáci si osvojují schopnost komplexně analyzovat vzájemné vztahy mezi přírodním a socioekonomickým prostředím, což je nezbytné pro udržitelný přístup k životnímu prostředí a informované rozhodování v každodenním životě.</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
           <t>GEO-GEO-002-ZV9-006</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t>Vysvětlí vznik a rozmístění tvarů zemského povrchu a jejich vliv na další přírodní procesy a lidské aktivity.</t>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>OVU rozvíjí příslušný OVU pro 1. stupeň (hlavní druhy krajiny), přičemž představuje důslednéporozumění rozdílům mezi regiony z hlediska tvarů reliéfu. Jejich prostorové uspořádání je totiždůležitým faktorem ovlivňujícím další přírodní procesy a lidské aktivity. OVU je blízký poznánív přírodopisu (horninový cyklus), v rámci geografie je rozvíjeno porozumění prostorovému aspekturůzných tvarů reliéfu, jejich vzniku a vlivu na přírodu i lidskou společnost, a to včetně rizikovýchgeomorfologických procesů (zemětřesení, sopečné erupce, rychlé svahové pohyby, tsunami).Dosažení tohoto OVU je podmínkou pro úspěšné dosažení dalších OVU.</t>
+          <t>OVU rozvíjí příslušný OVU pro 1. stupeň (hlavní druhy krajiny), přičemž představuje důsledné porozumění rozdílům mezi regiony z hlediska tvarů reliéfu. Jejich prostorové uspořádání je totiž důležitým faktorem ovlivňujícím další přírodní procesy a lidské aktivity. OVU je blízký poznání v přírodopisu (horninový cyklus), v rámci geografie je rozvíjeno porozumění prostorovému aspektu různých tvarů reliéfu, jejich vzniku a vlivu na přírodu i lidskou společnost, a to včetně rizikových geomorfologických procesů (zemětřesení, sopečné erupce, rychlé svahové pohyby, tsunami). Dosažení tohoto OVU je podmínkou pro úspěšné dosažení dalších OVU.</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t>vysvětlí principy pohybu litosférických desek a jeho důsledky z hlediska vzniku hornin, vzniku a zániku zemské kůry, rozložení hlavních rysů reliéfu Země (globální tektonika)</t>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
           <t>vysvětlí působení vnějších geomorfologických činitelů a uvede příklady takového působení ve své obci a jejím okolí (zvětrávání, odnos, přemisťování a ukládání materiálu)interpretuje reliéf jako důsledek kombinace působení vnitřních a vnějších geomorfologických činitelůvyjmenuje rizikové geomorfologické procesy, zdůvodní zákonitosti jejich výskytu a v případě ohrožení jedná tak, aby minimalizoval s nimi spojená rizika (zemětřesení, sopečné erupce, rychlé svahové pohyby, tsunami)</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t>V konkrétních místech interpretuje reliéf jako důsledek kombinace působení vnitřních a vnějších geomorfologických činitelů a diskutuje o možných geomorfologických rizikách v dané oblasti.</t>
         </is>
       </c>
       <c r="N193" s="0" t="inlineStr">
         <is>
           <t>Popíše na příkladech působení přírodních vlivů na utváření zemského povrchu a život člověka.</t>
         </is>
       </c>
       <c r="O193" s="0" t="inlineStr">
         <is>
           <t/>
@@ -16271,51 +16505,51 @@
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>GEO-GEO-002-ZV9-010</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t>Identifikuje hlavní faktory ovlivňující rozmístění a zaměření hospodářských aktivit a jejich vliv na konkrétní region a jeho další rozvoj.</t>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
           <t>OVU cílí na pochopení vlivu různých společenských a přírodních faktorů na rozmístění ekonomických aktivit a jejich dopad na společnost i přírodu ve světě jako celku i ve vybraných regionech. Žák přitom zvažuje proměnlivost významu jednotlivých faktorů na různé měřítkové úrovni a v čase (včetně budoucího vývoje). OVU také vede k základnímu porozumění fungování nadnárodních společností, a to zejména lokalizace jednotlivých částí společnosti v různých regionech. Přitom vede k zamyšlení nad dopady lokalizace ekonomických aktivit na člověka i přírodu.Pochopení proměnlivosti vlivu různých společenských a přírodních faktorů na rozmístění ekonomických aktivit a jejich dopad na společnost i přírodu ve světě jako celku i ve vybraných regionech je předpokladem pro uvážlivý a informovaný postoj jedince k této problematice, využitelný v mnoha povoláních i v roli občana.</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t>Má základní povědomí o ekonomických aktivitách člověka v prostoru.  </t>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>s pomocí základních charakteristik popíše hospodářské sektory a jejich hlavní trendy v Česku a ve světě k hlavním odvětvím hospodářství uvede specifické lokalizační faktory (přírodní i společenské), které jsou podstatné pro jejich úspěšný rozvoj (např. intenzivní × extenzivní zemědělství, hutní průmysl × textilní průmysl, věda a výzkum, masový a individuální cestovní ruch) na základě relevantních charakteristik (HDP, sektorová struktura, vzdělanost…) posoudí hospodářskou vyspělost míst a regionů</t>
+          <t>s pomocí základních charakteristik popíše hospodářské sektory a jejich hlavní trendy v Česku a ve světěk hlavním odvětvím hospodářství uvede specifické lokalizační faktory (přírodní i společenské), které jsou podstatné pro jejich úspěšný rozvoj (např. intenzivní × extenzivní zemědělství, hutní průmysl × textilní průmysl, věda a výzkum, masový a individuální cestovní ruch)na základě relevantních charakteristik (HDP, sektorová struktura, vzdělanost…) posoudí hospodářskou vyspělost míst a regionů</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
           <t>Na základě znalosti specifik odvětví hospodářství vysvětlí, které lokalizační faktory jsou pro jejich úspěšný rozvoj podstatné (např. zemědělství, hutní průmysl × textilní průmysl, věda a výzkum, cestovní ruch).Pojmenuje hlavní pozitivní a negativní dopady konkrétních hospodářských činností na místo/region jejich lokalizace (specificky pro nadnárodní korporace).Navrhuje vhodnou lokalizaci různých druhů ekonomických činností / podnikání ve známém městě / v místě bydliště svého místního regionu.</t>
         </is>
       </c>
       <c r="N197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P197" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="inlineStr">
@@ -19377,51 +19611,51 @@
           <t>Živé struktury a jejich funkce</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
           <t>Žák se učí, že všechno živé je složené z buněk, které pozoruje pod mikroskopem. Pozná, jak se buňky v tělech rostlin a živočichů spojují do větších celků (tkáně/pletiva, orgány, orgánové soustavy), plnících speciální funkce. Žák zjistí, proč je důležité, aby tělo udržovalo správnou teplotu a další podmínky pro fungování buněk a jejich dělení. Okruh pomáhá žákovi porozumět tomu, jak spolu části živých organismů vzájemně souvisejí.</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
           <t>CAP-PRI-001-ZV9-002</t>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
           <t>Na základě pokusu popíše faktory ovlivňující základní životní procesy v organismech včetně člověka.</t>
         </is>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
-          <t>Možné faktory mohou být například světlo, voda, koncentrace kyslíku, oxidu uhličitého, pH, tělesná zátěž, teplota. Základními životními procesy rozumíme například růst, dýchání, fotosyntézu, tep, dechovou frekvenci, trávení. OVU zahrnuje také vnímání a reakce organismu.OVU umožňuje pochopit klíčový koncept oboru a současně umožňuje zkoumat jevy v každodenním životě a provádět jednoduché bádání a vysvětlování závislosti na podmínkách prostředí. Podporuje hledání podobností mezi člověkem a ostatními živými tvory.</t>
+          <t>OVU umožňuje pochopit klíčový koncept oboru a současně umožňuje zkoumat jevy v každodenním životě a provádět jednoduché bádání a vysvětlování závislosti procesů probíhajících v živých organismech na podmínkách prostředí. Podporuje hledání podobností mezi člověkem a ostatními živými tvory.Možné zkoumané faktory mohou být například světlo, voda, koncentrace kyslíku, oxidu uhličitého, pH, tělesná zátěž, teplota. Základními životními procesy rozumíme například růst, dýchání, fotosyntézu, tep, dechovou frekvenci, trávení. OVU zahrnuje také další životní projevy jako je vnímání a reakce organismu. OVU se týká také dalších znaků živých organismů jako je dědičnost, rozmnožování a vývoj, jejichž zkoumání v rámci výuky na základní škole spíše nepředpokládáme.</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
           <t>identifikuje fenomény spojené s životními projevy vybrané skupiny organismů  experimentálně zkoumá a zaznamená vliv dané podmínky na zvolený fenomén  zhodnotí možné pozitivní i negativní dopady změny podmínek na život organismů </t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
           <t>plán pokusupřiřadí z předložených možností k různým organismům základní životní procesy a k nim faktory, které je mohou ovlivňovat (na základě zkušenosti a informačních zdrojů)po diskuzi s se spolužáky a vyučujícím zvolí vhodný objekt k pozorování a zajistí podmínky optimální pro průběh pokusu při práci s živočichy pro ně zajistí potřebné životní podmínky a naplánuje postup, který bere ohledy na jejich potřebytvoří otázky, na které bude v rámci pokusu hledat odpovědi naplánuje jednoduchý pokus, který zkoumá, jak určitý faktor (např. množství světla, vody nebo tepla) ovlivňuje život rostliny nebo živočichapřitom si zapíše, co si myslí, že se stane (domněnka), a co bude během pokusu měnitvybere správné pomůcky pro pokusvedení badatelského záznamuvede si protokol o průběhu pokusu, kde zaznamenává jednotlivé fáze, čas, podmínkyprovádí obrazovou dokumentaci (náčrty, fotografie, videa), která poslouží k vyhodnocení výsledků pokusuopatrně zachází se živými organismy k záznamu používá i digitální nástroje, jako je fotoaparát nebo tabulky v počítači, případně měřící čidlavyhodnocení pokusu a prezentace výsledkůvýsledky pokusu porovná se svými domněnkami a prezentuje průběh, výsledky a vyhodnocení pokusuodlišuje přitom výsledek doložený daty od jím vyvozeného závěrupředstaví, jak pokus probíhal a co zjistil, používá při tom správné odborné výrazy, odpovídá na otázky ostatních a ptá se na jejich názorydoporučení pro praxi a další výzkumpropojí to, co se dozvěděl z pokusu, s tím, co už ví o tom, jak fungují procesy v živých organismech/rostliny a zvířata, uvede příklady z běžného života, kde se děje něco podobného jako v jeho pokusuna základě toho, co se z pokusu naučil, navrhne, jak by mohl lépe pečovat o své zdraví, rostliny nebo živočichy, své návrhy vysvětlí a zdůvodnípostup opakuje pro rostliny, živočichy a lidské tělo</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
           <t>Navrhne jednoduchý pokus, který zkoumá, jak určitý faktor ovlivňuje život rostlin nebo živočichů (včetně člověka): zapíše, co chce zjistit, co si myslí, že se stane, a co bude během pokusu měnit.Vybere správné pomůcky pro pokus, opatrně zachází se živými organismy a pečlivě zapisuje, co během pokusu pozoruje.Na základě získaných výsledků vysvětlí, jak to, co měnil, ovlivnilo výsledek, a odlišuje přitom výsledek doložený daty od závěrů, které sám vyvodil.Porovná, jestli se stalo to, co na začátku očekával.Propojí výsledek pokusu s dostupnými informacemi o procesech v živých organismech a s doporučeními pro péči o zdraví člověka, rostliny nebo živočicha.</t>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
           <t>Využívá metody poznávání přírody, zejména pozorování a pokus.</t>
         </is>
       </c>
       <c r="O235" s="0" t="inlineStr">
         <is>
           <t/>
@@ -20525,51 +20759,51 @@
           <t>Dynamická planeta</t>
         </is>
       </c>
       <c r="F249" s="0" t="inlineStr">
         <is>
           <t>Žák poznává význam minerálů, hornin a půdy praktickým zkoumáním. Studuje pohyby litosférických desek a jejich vliv na vznik a přeměnu hornin. Zabývá se neobnovitelnými zdroji, jejich rozložením a dopady těžby. Pomocí časové osy, hornin a zkamenělin zkoumá historii Země včetně současných změn. Žák rozvíjí porozumění Zemi jako dynamickému systému a schopnost kriticky hodnotit geologické procesy i aktuální environmentální výzvy, jako je změna klimatu a člověkem způsobené vymírání. </t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H249" s="0" t="inlineStr">
         <is>
           <t>CAP-PRI-005-ZV9-016</t>
         </is>
       </c>
       <c r="I249" s="0" t="inlineStr">
         <is>
           <t>Vysvětlí vztah mezi pohyby litosférických desek a vznikem a přeměnou hornin na základě studia informačních zdrojů a modelů.</t>
         </is>
       </c>
       <c r="J249" s="0" t="inlineStr">
         <is>
-          <t>Důraz je kladen na pochopení významu deskové tektoniky a horninového cyklu pro utváření vnitřní a vnější geologické stavby Země, formování hornin a výskyt geologických jevů, jako jsou zemětřesení a vulkanismus.Teorie deskové tektoniky je klíčová pro žákovo porozumění geologickému vývoji planety Země a jeho důsledkům, včetně současného uspořádání kontinentů a oceánů. Horninový cyklus odráží dynamiku planety Země, a umožňuje tak žákovi pochopit vzájemnou interakci jednotlivých sfér Země (litosféry, hydrosféry a atmosféry) pro utváření horninové stavby a geologických struktur uvnitř i na povrchu Země.Porozumění horninovému cyklu a principu toku energie na Zemi je stěžejní pro fungování dynamiky planety Země. OVU umožňuje využívat mezioborové poznatky a rozvíjí nadoborovou dovednost tvorby a prezentování konceptuálních a/nebo fyzických modelů (např. schéma, fyzický model, animace).</t>
+          <t>Důraz je kladen na pochopení významu deskové tektoniky a horninového cyklu pro utváření vnitřní a vnější geologické stavby Země, formování hornin a výskyt geologických jevů, jako jsou zemětřesení a vulkanismus. K OVU patří také rozlišení vnitřních a vnějších geologických dějů a jejich vliv na horniny.Teorie deskové tektoniky je klíčová pro žákovo porozumění geologickému vývoji planety Země a jeho důsledkům, včetně současného uspořádání kontinentů a oceánů. Horninový cyklus odráží dynamiku planety Země, a umožňuje tak žákovi pochopit vzájemnou interakci jednotlivých sfér Země (litosféry, hydrosféry a atmosféry) pro utváření horninové stavby a geologických struktur uvnitř i na povrchu Země.Porozumění horninovému cyklu a principu toku energie na Zemi je stěžejní pro fungování dynamiky planety Země. OVU umožňuje využívat mezioborové poznatky a rozvíjí nadoborovou dovednost tvorby a prezentování konceptuálních a/nebo fyzických modelů (např. schéma, fyzický model, animace).Tvary reliéfu a dopad geologických jevů (zemětřesení, vulkanismus) na společnost jsou obsahem OVU z Geografie.</t>
         </is>
       </c>
       <c r="K249" s="0" t="inlineStr">
         <is>
           <t>vyvozuje vlastnosti společné pro danou skupinu organismů a neživé přírodniny popíše příčinu a následek u provedeného pokusu nebo záznamu přírodního dějeodvozuje a dokládá jednoduché zákonitosti a principy, které v libovolné krajině pozoruje</t>
         </is>
       </c>
       <c r="L249" s="0" t="inlineStr">
         <is>
           <t>Objasnění principu pohybu litosférických desekna modelu stavby Země vymezí litosférus pomocí různých informačních zdrojů (učebnice, encyklopedie – též interaktivní) popíše základní rozdíly mezi pevninskou a oceánskou litosférou a jejich rozdělení na jednotlivé litosférické desky popisuje změny v uspořádání kontinentů na základě předložených map a vizualizací  s využitím různých informačních zdrojů (učebnice, encyklopedie – též interaktivní) vysvětlí základní mechanismy pohybu litosférických desek po astenosféře díky energii uvolňované ze zemského jádra a zemského pláštědemonstruje na zjednodušeném modelu vznik velkých superkontinentů a jejich rozpad až do současné podoby uspořádání kontinentůOdvození významu pohybů litosférických desek pro vznik hornins pomocí informačních zdrojů (učebnice, encyklopedie, elektronické zdroje – dynamické modely) identifikuje různé typy pohybů litosférických desek a odvodí typické horniny, které vznikají na různých typech deskových rozhraní (oddalování desek - výlevné magmatické horniny, přibližující se desky - hlubinné magmatické horniny a přeměněné horniny)s pomocí fotografie, videa či vlastního pozorování v terénu vysvětlí působení vnějších geologických činitelů na horniny jako závěrečnou fázi horninového cyklu (zvětrávání)na předložených příkladech zemského reliéfu a s pomocí dalších informačních zdrojů objasní vliv deskové tektoniky na formování zemského reliéfu a vytváření podmínek pro vznik usazených horninpomocí modelu zobrazí proces vzniku hornin v konkrétní tektonické situaci (například na rozhraní litosférických desek)</t>
         </is>
       </c>
       <c r="M249" s="0" t="inlineStr">
         <is>
           <t>Demonstruje na modelu změny rozložení kontinentů v geologické minulosti.Vysvětlí příčiny pohybu litosférických desek a jejich důsledky pro vývoj života na Zemi, popíše přitom vztah mezi pohyby litosférických desek a klimatickými změnami.Klasifikuje horniny podle způsobu vzniku na vyvřelé, usazené a přeměněné. Vysvětlí na konkrétních příkladech a s použitím modelu, jak desková tektonika ovlivňuje vznik jednotlivých typů hornin.Objasní, jak vzniká sopečná činnost, zemětřesení nebo tsunami a proč je obtížné je předpovídat.Rozlišuje na konkrétních příkladech různé příčiny (vnější a vnitřní geologické děje) utváření zemského reliéfu.</t>
         </is>
       </c>
       <c r="N249" s="0" t="inlineStr">
         <is>
           <t>Rozliší důsledky vnitřních a vnějších geologických dějů.</t>
         </is>
       </c>
       <c r="O249" s="0" t="inlineStr">
         <is>
           <t/>
@@ -20756,496 +20990,496 @@
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D252" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
           <t>Vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H252" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-001-ZV5-001</t>
+          <t>UAK-VFV-001-ZV9-001</t>
         </is>
       </c>
       <c r="I252" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje a kombinuje při vlastní výtvarné tvorbě linie, tvary, barvy v ploše i prostoru a objevuje vztahy mezi nimi.</t>
+          <t>Uplatňuje a kombinuje při vlastní tvorbě prvky výtvarného umění</t>
         </is>
       </c>
       <c r="J252" s="0" t="inlineStr">
         <is>
-          <t>Prvky výtvarného umění se žák učí postupně a přirozenou cestou užívat nikoli samoúčelně, ale vždy s nějakým důvodem – chce jimi něco vyjádřit. Nepoužívá je odděleně, dává je do vztahů, kombinuje je. Výsledek učení je proto přirozeně propojený s dalšími výsledky, zejména se jedná o vyjadřování vjemů, pocitů, zkušeností. Současně ale umožňuje – zejména v nejnižších ročnících – zaměřit se na to, aby žák získal i zcela praktické dovednosti, jako je manipulace s různými nástroji a pomůckami, příprava na malbu, výběr materiálu pro kresbu, výběr formátů a jejich úprava, zpracování různých materiálů nebo příprava pro modelování.Je důležité, aby měl žák dostatek příležitostí k tomu, nacházet si svoje vlastní cesty, jak bude jednotlivé prvky uplatňovat a čím je bude vytvářet. Měl by mít možnost vyzkoušet si i nápady, které „nikam nevedou“, experimentovat. Od nahodilých experimentů by pak měl postupně přecházet k již promyšlenějšímu hledání a zkoumání toho, co, kdy a jak uplatní a použije, a promýšlet, jaký dopad to může mít na průběh i výsledek jeho tvorby. Například si lze zkoušet kresbu linií různými nástroji na různých materiálech. Linie nakreslená do sněhu (příklad lze uplatnit i na další prvky – tvary, barvy, objemy) je odlišná od linie nakreslené tuší na pruh balicího papíru nebo od linie vytvořené myší či digitálním perem. Zkoušení si toho, kdy a proč danou linii (tvar, barvu, objem) uplatníme, je nejzákladnější součástí tvůrčího procesu. Žák většinou intuitivně volí určitý postup, prostředky a materiály, objevuje je i vlastními jednoduchými experimenty či hrou a jednoduchými zadáními a teprve zpětně se zamýšlí nad tím, jak a proč je uplatnil. Tato činnost se postupně stává vědomou, cílenou. Žák při tom zároveň rozvíjí jemnou motoriku, která v tomto období významně souvisí s rozvojem řeči a kognitivních funkcí.     </t>
+          <t>Rozšířenou škálu prvků užívá žák při vlastní tvorbě s ohledem na své schopnosti, vlastní tvůrčí záměr či zadání. Současně s tím také rozvíjí schopnost vnímat a od sebe rozeznávat stále se rozšiřující škálu uměleckých vyjádření, se kterými se setkává, a inspirovat se jimi při vlastní tvorbě. Kombinování prvků a nalézání vztahů mezi nimi (podobnost, odlišnost, rytmus, hierarchie, harmonie, kontrast, symetrie a asymetrie, proporcionalita, dynamičnost a statičnost, stabilita a labilnost atd.) se z roviny hry a experimentování přesouvá do roviny cíleného hledání a naplnění konkrétního tvůrčího záměru. Výstup podporuje schopnost vnímat tvůrčí proces od záměru až k prezentaci výsledku a rozvíjí dovednosti a schopnosti nalezení vhodného řešení s uplatněním jak tradičních a ověřených výtvarných technik a postupů, tak postupů a prostředků současného umění včetně digitálních technologií.</t>
         </is>
       </c>
       <c r="K252" s="0" t="inlineStr">
         <is>
-          <t>tvoří z rozmanitých materiálůužívá různé  prostředky, nástroje a materiály, užívá je při kresbě, malbě, prostorové tvorbě, tvůrčí hře a experimentech </t>
+          <t>Rozpoznává, pojmenovává, vytváří a uplatňuje jednotlivé prvky (linie, tvary, barvy a objekty) a jejich vztahy (velikost a vzájemnou polohu tvarů, světlostní a barevný kontrast v kresbě, malbě, fotografii, v prostorových objektech, v architektuře). Při vytváření a kombinování prvků uplatňuje jak ověřené postupy, tak experimenty. Zapojí se do společné práce a přispěje podle svých schopností a nápadů k jejímu výsledku.Vyjadřuje své vjemy, představy a myšlenky v plošné a prostorové tvorbě.Vybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat, a to s ohledem na bezpečnost svojí i ostatních.Dílo pojmenuje podle svého uvážení tak, aby jeho název byl výstižný pro něj samotného.</t>
         </is>
       </c>
       <c r="L252" s="0" t="inlineStr">
         <is>
-          <t>  uvědomuje si že linie, tvary, barvy v ploše i prostoru vznikají pomocí rozmanitých prostředků porovnává a pojmenovává odlišnosti linií, tvarů, barev, objemů, které vytvořil sám, nebo jeho spolužáci, nebo je objevil kdekoliv kolem sebe (v interiéru i exteriéru)objevuje různé možnosti plošné a prostorové tvorby, za použití rozmanitých materiálů vybírá si prostředky a materiály, se kterými chce pracovat, kombinuje je na základě hry a experimentuje s nimi</t>
+          <t>Experimentuje s výtvarnými prvky, jako jsou např. bod, linie, plocha, tvar, světlo, hmota, objem, prostor. Samostatně si stanovuje a organizuje postup vlastní tvůrčí práce. Zaměřuje se na vztahy mezi výtvarnými prvky, jakými jsou např. podobnost a odlišnost, symetrie a asymetrie, rytmus, kontrast, harmonie, proporcionalita, dynamičnost a statičnost, stabilita a labilnost. Variuje výtvarné prvky a jejich vztahy.Vědomě tyto prvky kombinuje a uplatňuje v rovině autentického sebevyjádření.Využívá bezpečně a ohleduplně výtvarné materiály, nástroje a další pomůcky, včetně dostupných digitálních technologií.</t>
         </is>
       </c>
       <c r="M252" s="0" t="inlineStr">
         <is>
-          <t>Rozpoznává, pojmenovává, vytváří a uplatňuje jednotlivé prvky (linie, tvary, barvy a objekty) a jejich vztahy (velikost a vzájemnou polohu tvarů, světlostní a barevný kontrast v kresbě, malbě, fotografii, v prostorových objektech).Při vytváření a kombinování prvků uplatňuje jak ověřené postupy, tak experimenty.Zapojí se do společné práce a přispěje podle svých schopností a nápadů k jejímu výsledku.</t>
+          <t>Užívá a kombinuje prvky a jejich vztahy podle svého tvůrčího záměru nebo podle zadání. Označí na vlastní tvorbě prvky, ze kterých se dílo skládá, a pojmenuje dominantní vztahy mezi nimi.Zvolí pro své dílo název, který je z jeho pohledu nejvýstižnější a který vychází z použitých prvků a jejich vztahů.</t>
         </is>
       </c>
       <c r="N252" s="0" t="inlineStr">
         <is>
-          <t>Užívá linie, barvy, tvary při tvorbě v ploše i prostoru.</t>
+          <t>Užívá a kombinuje prvky a prostředky výtvarného umění.</t>
         </is>
       </c>
       <c r="O252" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P252" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D253" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
           <t>Vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H253" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-001-ZV9-001</t>
+          <t>UAK-VFV-001-ZV5-001</t>
         </is>
       </c>
       <c r="I253" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje a kombinuje při vlastní tvorbě prvky výtvarného umění</t>
+          <t>Uplatňuje a kombinuje při vlastní výtvarné tvorbě linie, tvary, barvy v ploše i prostoru a objevuje vztahy mezi nimi.</t>
         </is>
       </c>
       <c r="J253" s="0" t="inlineStr">
         <is>
-          <t>Rozšířenou škálu prvků užívá žák při vlastní tvorbě s ohledem na své schopnosti, vlastní tvůrčí záměr či zadání. Současně s tím také rozvíjí schopnost vnímat a od sebe rozeznávat stále se rozšiřující škálu uměleckých vyjádření, se kterými se setkává, a inspirovat se jimi při vlastní tvorbě. Kombinování prvků a nalézání vztahů mezi nimi (podobnost, odlišnost, rytmus, hierarchie, harmonie, kontrast, symetrie a asymetrie, proporcionalita, dynamičnost a statičnost, stabilita a labilnost atd.) se z roviny hry a experimentování přesouvá do roviny cíleného hledání a naplnění konkrétního tvůrčího záměru. Výstup podporuje schopnost vnímat tvůrčí proces od záměru až k prezentaci výsledku a rozvíjí dovednosti a schopnosti nalezení vhodného řešení s uplatněním jak tradičních a ověřených výtvarných technik a postupů, tak postupů a prostředků současného umění včetně digitálních technologií.</t>
+          <t>Prvky výtvarného umění se žák učí postupně a přirozenou cestou užívat nikoli samoúčelně, ale vždy s nějakým důvodem – chce jimi něco vyjádřit. Nepoužívá je odděleně, dává je do vztahů, kombinuje je. Výsledek učení je proto přirozeně propojený s dalšími výsledky, zejména se jedná o vyjadřování vjemů, pocitů, zkušeností. Současně ale umožňuje – zejména v nejnižších ročnících – zaměřit se na to, aby žák získal i zcela praktické dovednosti, jako je manipulace s různými nástroji a pomůckami, příprava na malbu, výběr materiálu pro kresbu, výběr formátů a jejich úprava, zpracování různých materiálů nebo příprava pro modelování.Je důležité, aby měl žák dostatek příležitostí k tomu, nacházet si svoje vlastní cesty, jak bude jednotlivé prvky uplatňovat a čím je bude vytvářet. Měl by mít možnost vyzkoušet si i nápady, které „nikam nevedou“, experimentovat. Od nahodilých experimentů by pak měl postupně přecházet k již promyšlenějšímu hledání a zkoumání toho, co, kdy a jak uplatní a použije, a promýšlet, jaký dopad to může mít na průběh i výsledek jeho tvorby. Například si lze zkoušet kresbu linií různými nástroji na různých materiálech. Linie nakreslená do sněhu (příklad lze uplatnit i na další prvky – tvary, barvy, objemy) je odlišná od linie nakreslené tuší na pruh balicího papíru nebo od linie vytvořené myší či digitálním perem. Zkoušení si toho, kdy a proč danou linii (tvar, barvu, objem) uplatníme, je nejzákladnější součástí tvůrčího procesu. Žák většinou intuitivně volí určitý postup, prostředky a materiály, objevuje je i vlastními jednoduchými experimenty či hrou a jednoduchými zadáními a teprve zpětně se zamýšlí nad tím, jak a proč je uplatnil. Tato činnost se postupně stává vědomou, cílenou. Žák při tom zároveň rozvíjí jemnou motoriku, která v tomto období významně souvisí s rozvojem řeči a kognitivních funkcí.     </t>
         </is>
       </c>
       <c r="K253" s="0" t="inlineStr">
         <is>
-          <t>rozpoznává, pojmenovává, vytváří a uplatňuje jednotlivé prvky (linie, tvary, barvy a objekty) a jejich vztahy (velikost a vzájemnou polohu tvarů, světlostní a barevný kontrast v kresbě, malbě, fotografii, v prostorových objektech, v architektuře) při vytváření a kombinování prvků uplatňuje jak ověřené postupy, tak experimenty, zapojí se do společné práce a přispěje podle svých schopností a nápadů k jejímu výsledkuvyjadřuje své vjemy, představy a myšlenky v plošné a prostorové tvorběvybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat, a to s ohledem na bezpečnost svojí i ostatníchdílo pojmenuje podle svého uvážení tak, aby jeho název byl výstižný pro něj samotného</t>
+          <t>Tvoří z rozmanitých materiálů.Užívá různé  prostředky, nástroje a materiály, užívá je při kresbě, malbě, prostorové tvorbě, tvůrčí hře a experimentech. </t>
         </is>
       </c>
       <c r="L253" s="0" t="inlineStr">
         <is>
-          <t>experimentuje s výtvarnými prvky, jako jsou např. bod, linie, plocha, tvar, světlo, hmota, objem, prostor samostatně si stanovuje a organizuje postup vlastní tvůrčí práce zaměřuje se na vztahy mezi výtvarnými prvky, jakými jsou např. podobnost a odlišnost, symetrie a asymetrie, rytmus, kontrast, harmonie, proporcionalita, dynamičnost a statičnost, stabilita a labilnost variuje výtvarné prvky a jejich vztahyvědomě tyto prvky kombinuje a uplatňuje v rovině autentického sebevyjádřenívyužívá bezpečně a ohleduplně výtvarné materiály, nástroje a další pomůcky, včetně dostupných digitálních technologií</t>
+          <t>Uvědomuje si že linie, tvary, barvy v ploše i prostoru vznikají pomocí rozmanitých prostředků.Porovnává a pojmenovává odlišnosti linií, tvarů, barev, objemů, které vytvořil sám, nebo jeho spolužáci, nebo je objevil kdekoliv kolem sebe (v interiéru i exteriéru).Objevuje různé možnosti plošné a prostorové tvorby, za použití rozmanitých materiálů. Vybírá si prostředky a materiály, se kterými chce pracovat, kombinuje je na základě hry a experimentuje s nimi.</t>
         </is>
       </c>
       <c r="M253" s="0" t="inlineStr">
         <is>
-          <t>Užívá a kombinuje prvky a jejich vztahy podle svého tvůrčího záměru nebo podle zadání. Označí na vlastní tvorbě prvky, ze kterých se dílo skládá, a pojmenuje dominantní vztahy mezi nimi.Zvolí pro své dílo název, který je z jeho pohledu nejvýstižnější a který vychází z použitých prvků a jejich vztahů.</t>
+          <t>Rozpoznává, pojmenovává, vytváří a uplatňuje jednotlivé prvky (linie, tvary, barvy a objekty) a jejich vztahy (velikost a vzájemnou polohu tvarů, světlostní a barevný kontrast v kresbě, malbě, fotografii, v prostorových objektech).Při vytváření a kombinování prvků uplatňuje jak ověřené postupy, tak experimenty.Zapojí se do společné práce a přispěje podle svých schopností a nápadů k jejímu výsledku.</t>
         </is>
       </c>
       <c r="N253" s="0" t="inlineStr">
         <is>
-          <t>Užívá a kombinuje prvky a prostředky výtvarného umění.</t>
+          <t>Užívá linie, barvy, tvary při tvorbě v ploše i prostoru.</t>
         </is>
       </c>
       <c r="O253" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P253" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>Vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H254" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-001-ZV9-002</t>
+          <t>UAK-VFV-001-ZV5-002</t>
         </is>
       </c>
       <c r="I254" s="0" t="inlineStr">
         <is>
-          <t>Realizuje svůj tvůrčí záměr s využitím prostředků výtvarného umění, filmového umění a jejich kombinací.</t>
+          <t>Vyjadřuje výtvarnými prostředky vjemy, pocity, prožitky, myšlenky, představy a zkušenosti a realizuje svůj tvůrčí záměr.</t>
         </is>
       </c>
       <c r="J254" s="0" t="inlineStr">
         <is>
-          <t>Výstup vede žáka k tomu, aby cíleně vybíral ze široké palety prostředků, postupů a materiálů výtvarného umění (např. kresba, malba, grafické techniky, koláž, asambláž, prostorová tvorba) a filmového umění (animace objektů a materiálů, plošková animace, výtvarně stylizovaná dokumentární situace, výtvarně stylizované hudební video) a naučil se je rozlišovat a také vhodně kombinovat. Kombinacemi prostředků, postupů a materiálů může žák docílit osobitého vyjádření svých zkušeností, představ a fantazie. V případě práce s pohyblivým obrazem je kladen důraz také na časovou složku (dynamika snímaného pohybu, dynamika střihu, rytmus). Vlastní tvorba žáka může být využita jako výchozí bod pro další tvorbu, podobně jako je tomu u postprodukčních zásahů do pohyblivého i statického obrazu, které jsou hojně používány ve výtvarném umění i v širší vizuální produkci (retuše, barevné úpravy, střih, vizuální efekty).Nedílnou součástí naplňování tohoto výstupu je uplatňování digitálních technologií nejen v rovině tvorby digitálního obsahu, ale také v oblasti komunikace, spolupráce a společného řešení problémů. Cílem je to, aby si žák uvědomil, že tvorba má procesuální charakter a dokončené dílo může být znovu „otevřeno“ k dalším úvahám a zpracováním. Cílem jeho tvorby tedy nemusí být hotový produkt, ale spíše samotný proces vzniku, ať už v rovině kognitivní (konceptuální úvahy nad tvorbou), afektivní (práce se svými emocemi nebo s emocemi diváka), či psychomotorické (hrubá či jemná motorika, řemeslné dovednosti). Současně si žák uvědomuje význam tvořivosti v různých kontextech (v kontextu vlastního života, v kontextech uměleckých, pracovních, environmentálních a autorskoprávních).</t>
+          <t>Výsledek učení navazuje na dovednosti žáka, které získal při uplatňování výtvarných prvků, jakými jsou linie, tvar, barva. Cílem je to, aby žák při výtvarné tvůrčí činnosti uplatňoval co nejvíce svou autenticitu, spontánnost a expresivitu a vizualizoval nejrůznější podněty přicházející z vnějšího a vnitřního světa, včetně jedinečných zkušeností žáka. Žák může s výtvarnými prostředky pracovat podle zadání, je ovšem důležité, aby ho mohl podle sebe rozvíjet, překračovat, objevovat svoji vlastní cestu. Může objevovat různá témata a prozkoumávat nejrůznější postupy a prostředky, s nimiž pracuje výtvarné umění. Nejdůležitější je ale to, co ve výtvarné tvorbě objeví on sám a zda je se svým vyjádřením spokojený, respektive zda se mu podařilo sdělit to, co chtěl. Skrze vlastní výtvarnou tvorbu si tak uvědomuje hodnotu vlastních pocitů, myšlenek, představ a fantazie. Objevuje to, co přináší nonverbální komunikace, čím je pro něj i pro ostatní obohacující. Tím získává důvěru ve své tvůrčí schopnosti a motivaci k tomu, aby je dále rozvíjel.</t>
         </is>
       </c>
       <c r="K254" s="0" t="inlineStr">
         <is>
-          <t>vyjadřuje své vjemy, představy a myšlenky v plošné a prostorové tvorběvybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat, a to s ohledem na bezpečnost svojí i ostatníchdílo pojmenuje podle svého uvážení tak, aby jeho název byl výstižný pro něj samotnéhonavrhnul, realizoval a vyhodnotil vlastní jednoduchý experiment s použitím výtvarných a filmových prostředkůvytvořil dílo, které kombinuje výtvarné a filmové prostředkyaktivně se zapojil do tvořivé hry, zadané učitelem</t>
+          <t>Při  spontánní tvorbě objevuje různé výtvarné prvky.Prvky uplatňuje k vyjádření svých vjemů, pocitů, představ. Užívá různé  prostředky, nástroje a materiály při kresbě, malbě, prostorové tvorbě.Tvoří spontánně i podle zadání.</t>
         </is>
       </c>
       <c r="L254" s="0" t="inlineStr">
         <is>
-          <t>zapojí se sám nebo ve skupině do tvůrčího procesuvybírá si vhodné vybavení a nástroje pro zpracování tvůrčího záměruexperimentuje s postprodukcí vlastní tvorbyintegruje praktické zkušenosti s dostupnými digitálními technologiemi do své tvorby a cíleně je využívá pro realizaci výsledného produktu</t>
+          <t>Experimentuje s výtvarnými prostředky a to tak, aby co nejvýstižněji vyjádřil to, co vychází z jeho fantazie, smyslových vjemů, pocitů.Objevuje možnosti kresby, malby, modelování, prostorové tvorby a vychází přitom z vlastního nápadu, nebo zadání.Tvoří objekty z různých materiálů a umísťuje je do prostoru.</t>
         </is>
       </c>
       <c r="M254" s="0" t="inlineStr">
         <is>
-          <t>Stanoví si dosažitelný tvůrčí záměr využívající prostředky výtvarného umění, filmového umění a jejich kombinace.Volí, kombinuje a experimentuje s prostředky, postupy a materiály podle zadání nebo tvůrčího záměru.Využívá pro realizaci výsledného díla dostupné digitální technologie. Sám nebo ve skupině realizuje výtvarné nebo audiovizuální sdělení, které nese určitý osobní nebo společensky významný obsah.Uvědomuje si svou roli v tvůrčím procesu (v realizačním týmu), vedoucím ke konkrétnímu tvůrčímu výstupu.Prezentuje svou práci ostatním se záměrem ověřit si komunikační účinky díla.</t>
+          <t>Vybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat, a to s ohledem na bezpečnost svou i ostatních.Vyjadřuje své vjemy, představy a myšlenky v plošné a prostorové tvorbě.Pojmenuje dílo podle svého uvážení tak, aby byl jeho název výstižný pro něj samotného.</t>
         </is>
       </c>
       <c r="N254" s="0" t="inlineStr">
         <is>
-          <t>Vyjadřuje výtvarnými a filmovými prostředky vjemy, pocity, prožitky, zkušenosti, vlastní nápady. </t>
+          <t>Vyjadřuje výtvarnými prostředky vjemy, pocity, prožitky a realizuje své nápady.</t>
         </is>
       </c>
       <c r="O254" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P254" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D255" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
           <t>Vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H255" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-001-ZV5-002</t>
+          <t>UAK-VFV-001-ZV9-002</t>
         </is>
       </c>
       <c r="I255" s="0" t="inlineStr">
         <is>
-          <t>Vyjadřuje výtvarnými prostředky vjemy, pocity, prožitky, myšlenky, představy a zkušenosti a realizuje svůj tvůrčí záměr.</t>
+          <t>Realizuje svůj tvůrčí záměr s využitím prostředků výtvarného umění, filmového umění a jejich kombinací.</t>
         </is>
       </c>
       <c r="J255" s="0" t="inlineStr">
         <is>
-          <t>Výsledek učení navazuje na dovednosti žáka, které získal při uplatňování výtvarných prvků, jakými jsou linie, tvar, barva. Cílem je to, aby žák při výtvarné tvůrčí činnosti uplatňoval co nejvíce svou autenticitu, spontánnost a expresivitu a vizualizoval nejrůznější podněty přicházející z vnějšího a vnitřního světa, včetně jedinečných zkušeností žáka. Žák může s výtvarnými prostředky pracovat podle zadání, je ovšem důležité, aby ho mohl podle sebe rozvíjet, překračovat, objevovat svoji vlastní cestu. Může objevovat různá témata a prozkoumávat nejrůznější postupy a prostředky, s nimiž pracuje výtvarné umění. Nejdůležitější je ale to, co ve výtvarné tvorbě objeví on sám a zda je se svým vyjádřením spokojený, respektive zda se mu podařilo sdělit to, co chtěl. Skrze vlastní výtvarnou tvorbu si tak uvědomuje hodnotu vlastních pocitů, myšlenek, představ a fantazie. Objevuje to, co přináší nonverbální komunikace, čím je pro něj i pro ostatní obohacující. Tím získává důvěru ve své tvůrčí schopnosti a motivaci k tomu, aby je dále rozvíjel.</t>
+          <t>Výstup vede žáka k tomu, aby cíleně vybíral ze široké palety prostředků, postupů a materiálů výtvarného umění (např. kresba, malba, grafické techniky, koláž, asambláž, prostorová tvorba) a filmového umění (animace objektů a materiálů, plošková animace, výtvarně stylizovaná dokumentární situace, výtvarně stylizované hudební video) a naučil se je rozlišovat a také vhodně kombinovat. Kombinacemi prostředků, postupů a materiálů může žák docílit osobitého vyjádření svých zkušeností, představ a fantazie. V případě práce s pohyblivým obrazem je kladen důraz také na časovou složku (dynamika snímaného pohybu, dynamika střihu, rytmus). Vlastní tvorba žáka může být využita jako výchozí bod pro další tvorbu, podobně jako je tomu u postprodukčních zásahů do pohyblivého i statického obrazu, které jsou hojně používány ve výtvarném umění i v širší vizuální produkci (retuše, barevné úpravy, střih, vizuální efekty).Nedílnou součástí naplňování tohoto výstupu je uplatňování digitálních technologií nejen v rovině tvorby digitálního obsahu, ale také v oblasti komunikace, spolupráce a společného řešení problémů. Cílem je to, aby si žák uvědomil, že tvorba má procesuální charakter a dokončené dílo může být znovu „otevřeno“ k dalším úvahám a zpracováním. Cílem jeho tvorby tedy nemusí být hotový produkt, ale spíše samotný proces vzniku, ať už v rovině kognitivní (konceptuální úvahy nad tvorbou), afektivní (práce se svými emocemi nebo s emocemi diváka), či psychomotorické (hrubá či jemná motorika, řemeslné dovednosti). Současně si žák uvědomuje význam tvořivosti v různých kontextech (v kontextu vlastního života, v kontextech uměleckých, pracovních, environmentálních a autorskoprávních).</t>
         </is>
       </c>
       <c r="K255" s="0" t="inlineStr">
         <is>
-          <t>při  spontánní tvorbě objevuje různé výtvarné prvkyprvky uplatňuje k vyjádření svých vjemů, pocitů, představ užívá různé  prostředky, nástroje a materiály při kresbě, malbě, prostorové tvorbětvoří spontánně i podle zadání</t>
+          <t>Vyjadřuje své vjemy, představy a myšlenky v plošné a prostorové tvorbě.Vybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat, a to s ohledem na bezpečnost svojí i ostatních.Dílo pojmenuje podle svého uvážení tak, aby jeho název byl výstižný pro něj samotného.Navrhnul, realizoval a vyhodnotil vlastní jednoduchý experiment s použitím výtvarných a filmových prostředků.Vytvořil dílo, které kombinuje výtvarné a filmové prostředky.Aktivně se zapojil do tvořivé hry, zadané učitelem.</t>
         </is>
       </c>
       <c r="L255" s="0" t="inlineStr">
         <is>
-          <t>experimentuje s výtvarnými prostředky a to tak, aby co nejvýstižněji vyjádřil to, co vychází z jeho fantazie, smyslových vjemů, pocitůobjevuje možnosti kresby, malby, modelování, prostorové tvorby a vychází přitom z vlastního nápadu, nebo zadánítvoří objekty z různých materiálů a umísťuje je do prostoru</t>
+          <t>Zapojí se sám nebo ve skupině do tvůrčího procesu.Vybírá si vhodné vybavení a nástroje pro zpracování tvůrčího záměru.Experimentuje s postprodukcí vlastní tvorby.Integruje praktické zkušenosti s dostupnými digitálními technologiemi do své tvorby a cíleně je využívá pro realizaci výsledného produktu.</t>
         </is>
       </c>
       <c r="M255" s="0" t="inlineStr">
         <is>
-          <t>Vybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat, a to s ohledem na bezpečnost svou i ostatních.Vyjadřuje své vjemy, představy a myšlenky v plošné a prostorové tvorbě.Pojmenuje dílo podle svého uvážení tak, aby byl jeho název výstižný pro něj samotného.</t>
+          <t>Stanoví si dosažitelný tvůrčí záměr využívající prostředky výtvarného umění, filmového umění a jejich kombinace.Volí, kombinuje a experimentuje s prostředky, postupy a materiály podle zadání nebo tvůrčího záměru.Využívá pro realizaci výsledného díla dostupné digitální technologie. Sám nebo ve skupině realizuje výtvarné nebo audiovizuální sdělení, které nese určitý osobní nebo společensky významný obsah.Uvědomuje si svou roli v tvůrčím procesu (v realizačním týmu), vedoucím ke konkrétnímu tvůrčímu výstupu.Prezentuje svou práci ostatním se záměrem ověřit si komunikační účinky díla.</t>
         </is>
       </c>
       <c r="N255" s="0" t="inlineStr">
         <is>
-          <t>Vyjadřuje výtvarnými prostředky vjemy, pocity, prožitky a realizuje své nápady.</t>
+          <t>Vyjadřuje výtvarnými a filmovými prostředky vjemy, pocity, prožitky, zkušenosti, vlastní nápady. </t>
         </is>
       </c>
       <c r="O255" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P255" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D256" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
           <t>Vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H256" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-001-ZV5-003</t>
+          <t>UAK-VFV-001-ZV9-004</t>
         </is>
       </c>
       <c r="I256" s="0" t="inlineStr">
         <is>
-          <t>Reaguje na svou tvorbu i tvorbu ostatních prostřednictvím slova, pohybu, zvuku či jiných nonverbálních prostředků a sdílí ji s ostatními.</t>
+          <t>Dokumentuje vlastní tvorbu a vede si přehled zdrojů pro inspiraci a využití ve své další tvorbě.</t>
         </is>
       </c>
       <c r="J256" s="0" t="inlineStr">
         <is>
-          <t>Výsledek učení je zaměřený především na to, aby si žák postupně uvědomoval, že vytvořením díla nemusí tvůrčí proces končit, ale že může pokračovat. Na tvůrčí počin svůj nebo spolužáků dále reaguje, a to nejen bezprostředně, ale i s časovým odstupem. Nejedná se o nic složitého, ale o postupné a na základě vlastní zkušenosti uvědomované komunikační účinky díla, které je možné vyjadřovat nonverbálními prostředky. Reakce na dílo je zde proto pojímána nikoli pouze jako recepce, ale i jako součást vlastní tvorby. Důležité je to, aby měl žák opakovanou příležitost vyzkoušet si různé podoby a způsoby, jak svůj prožitek a pochopení svého výtvarného nebo filmového díla vyjádřit. Různými prostředky lze ještě více zdůraznit další stránky a významy díla, které žák objevil. Prožitek a pochopení jakéhokoli díla je sice subjektivní záležitost, ale lze ho sdílet a komunikovat s ostatními právě různými a zcela netradičními reakcemi. Tím se osobní i společný prožitek a pochopení díla prohlubuje, „usazuje se“ a je cenným zdrojem inspirace v rovině tvorby i recepce. Sdělení prožitku a pochopení díla může být obtížné verbalizovat, proto je vhodné využít vyjadřovací prostředky různých druhů umění. Současně se tak žák začíná „pohybovat“ napříč uměleckými druhy a na základě vlastní zkušenosti si postupně začíná uvědomovat mezioborové rozdíly a vztahy. Zásadní je ovšem žáky do ničeho nenutit, situace k reakci na dílo musí „dozrát“. Pro žáky je důležitý dostatečný prostor a čas na to, aby případně i zcela sami a postupně objevili to, co je pro ně na díle podstatné, a sami si našli cestu, jak se o svém prožitku z jeho vnímání podělí s ostatními.</t>
+          <t>K procesu tvorby patří dokumentování/archivace vlastních výstupů a také popis toho, čím se kolekce vyznačují, co je pro ně charakteristické. Skrze tuto činnost si žák prohlubuje znalost o své tvorbě a může průběžně sledovat, s jakými prvky, prostředky a postupy pracuje on sám, s jakými pracují jeho spolužáci nebo umělci. Postupně si tak uvědomuje i to, jak se jeho tvorba vyvíjí a kam případně může směřovat, co je či naopak není středem jeho zájmu.  Žák je veden k tomu, aby při výběru výsledků své tvorby a sestavení reprezentativní kolekce postupoval podle předem daných kritérií, a to vlastních nebo společně dohodnutých. Je také důležité, aby si uvědomoval, že je třeba vlastní díla nejen archivovat, ale i vyřazovat, ovšem vždy uvážlivě a nejlépe s určitým odstupem.  Stejně důležité jako dokumentace a archivace vlastní tvorby je postupné shromažďování inspiračních zdrojů, ze kterých již žák vycházel nebo má záměr s nimi pracovat. Databanka inspiračních zdrojů musí být vytvářena v souladu se standardními autorskými postupy i autorským právem (odlišení využití díla pro svou osobní potřeby a limity v šíření novějších děl).</t>
         </is>
       </c>
       <c r="K256" s="0" t="inlineStr">
         <is>
-          <t>reaguje na své dílo i dílo ostatních bezprostředně i s odstupemoznačí, co jej na díle zaujalo, vyjádří se gestem, pohybem, slovem svůj dojem z díla vyjádří volbou barev, tvarů, linií  a jejich kombinací</t>
+          <t>Vybírá pro něj důležité výsledky vlastní tvůrčí činnosti a vhodným způsobem je uchovává.</t>
         </is>
       </c>
       <c r="L256" s="0" t="inlineStr">
         <is>
-          <t>reaguje na svou tvorbu i tvorbu ostatních:převedením do zvukové podobypohybovou improvizací, využitím prvků performancekrátkým textem (může jít o vzkaz, báseň, výběr určitých slov a jejich řetězení, slovní asociaci)fotografií, která vzbuzuje asociace s dílem převedením malby do kresby a naopakpřenesení díla do jiného prostředí (i na fotografii) nebo kontextukrátkým videem, které přiblíží dílo z různých úhlů pohledu nebo přiblížení na detail úpravou fotografie díla jednoduchými digitálními nástrojianimací dílaozvučení projekce dílavytvářením série fotografií, vyjadřující jednoduchý příběh či vyprávění</t>
+          <t>Založil portfolio vlastní tvorby (dále jen portfolio) a uspořádal jej podle samostatně stanovených kritérií.Vede portfolio vlastní tvorby ve formě, která vychází z jeho preferencí nebo z dohody s učitelem (digitální, fyzická nebo kombinovaná podoba).Průběžně aktualizuje a třídí portfolio  v intervalech, které si zvolil nebo na kterých se domluvil s učitelem.</t>
         </is>
       </c>
       <c r="M256" s="0" t="inlineStr">
         <is>
-          <t>Vybere si konkrétní způsob reakce na svou tvorbu i tvorbu ostatních.Určí, co je pro něj na díle významné a co chce jinak než slovy sdělit ostatním.Vytvoří obsah jako reakci na vlastní či cizí dílo.Sdílí obsah díla verbálními i nonverbálními prostředky.</t>
+          <t>Volí vhodný způsob dokumentace vlastní tvorby s ohledem na použité prostředky (např. digitální fotografie, video, textový popis).Prezentuje obsah svého portfolia formou, která mu vyhovuje a kterou považuje za přínosnou pro ostatní.Vysvětlí, jakými změnami portfolio za dané období prošlo a jak s ním zamýšlí pracovat dál.</t>
         </is>
       </c>
       <c r="N256" s="0" t="inlineStr">
         <is>
-          <t>Reaguje na svou tvorbu i tvorbu ostatních slovem, pohybem, zvukem či jinými nonverbálními prostředky. </t>
+          <t>Dokumentuje vlastní tvorbu.</t>
         </is>
       </c>
       <c r="O256" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P256" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D257" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E257" s="0" t="inlineStr">
         <is>
           <t>Vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F257" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H257" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-001-ZV9-004</t>
+          <t>UAK-VFV-001-ZV5-003</t>
         </is>
       </c>
       <c r="I257" s="0" t="inlineStr">
         <is>
-          <t>Dokumentuje vlastní tvorbu a vede si přehled zdrojů pro inspiraci a využití ve své další tvorbě.</t>
+          <t>Reaguje na svou tvorbu i tvorbu ostatních prostřednictvím slova, pohybu, zvuku či jiných nonverbálních prostředků a sdílí ji s ostatními.</t>
         </is>
       </c>
       <c r="J257" s="0" t="inlineStr">
         <is>
-          <t>K procesu tvorby patří dokumentování/archivace vlastních výstupů a také popis toho, čím se kolekce vyznačují, co je pro ně charakteristické. Skrze tuto činnost si žák prohlubuje znalost o své tvorbě a může průběžně sledovat, s jakými prvky, prostředky a postupy pracuje on sám, s jakými pracují jeho spolužáci nebo umělci. Postupně si tak uvědomuje i to, jak se jeho tvorba vyvíjí a kam případně může směřovat, co je či naopak není středem jeho zájmu.  Žák je veden k tomu, aby při výběru výsledků své tvorby a sestavení reprezentativní kolekce postupoval podle předem daných kritérií, a to vlastních nebo společně dohodnutých. Je také důležité, aby si uvědomoval, že je třeba vlastní díla nejen archivovat, ale i vyřazovat, ovšem vždy uvážlivě a nejlépe s určitým odstupem.  Stejně důležité jako dokumentace a archivace vlastní tvorby je postupné shromažďování inspiračních zdrojů, ze kterých již žák vycházel nebo má záměr s nimi pracovat. Databanka inspiračních zdrojů musí být vytvářena v souladu se standardními autorskými postupy i autorským právem (odlišení využití díla pro svou osobní potřeby a limity v šíření novějších děl).</t>
+          <t>Výsledek učení je zaměřený především na to, aby si žák postupně uvědomoval, že vytvořením díla nemusí tvůrčí proces končit, ale že může pokračovat. Na tvůrčí počin svůj nebo spolužáků dále reaguje, a to nejen bezprostředně, ale i s časovým odstupem. Nejedná se o nic složitého, ale o postupné a na základě vlastní zkušenosti uvědomované komunikační účinky díla, které je možné vyjadřovat nonverbálními prostředky. Reakce na dílo je zde proto pojímána nikoli pouze jako recepce, ale i jako součást vlastní tvorby. Důležité je to, aby měl žák opakovanou příležitost vyzkoušet si různé podoby a způsoby, jak svůj prožitek a pochopení svého výtvarného nebo filmového díla vyjádřit. Různými prostředky lze ještě více zdůraznit další stránky a významy díla, které žák objevil. Prožitek a pochopení jakéhokoli díla je sice subjektivní záležitost, ale lze ho sdílet a komunikovat s ostatními právě různými a zcela netradičními reakcemi. Tím se osobní i společný prožitek a pochopení díla prohlubuje, „usazuje se“ a je cenným zdrojem inspirace v rovině tvorby i recepce. Sdělení prožitku a pochopení díla může být obtížné verbalizovat, proto je vhodné využít vyjadřovací prostředky různých druhů umění. Současně se tak žák začíná „pohybovat“ napříč uměleckými druhy a na základě vlastní zkušenosti si postupně začíná uvědomovat mezioborové rozdíly a vztahy. Zásadní je ovšem žáky do ničeho nenutit, situace k reakci na dílo musí „dozrát“. Pro žáky je důležitý dostatečný prostor a čas na to, aby případně i zcela sami a postupně objevili to, co je pro ně na díle podstatné, a sami si našli cestu, jak se o svém prožitku z jeho vnímání podělí s ostatními.</t>
         </is>
       </c>
       <c r="K257" s="0" t="inlineStr">
         <is>
-          <t>vybírá pro něj důležité výsledky vlastní tvůrčí činnosti a vhodným způsobem je uchovává</t>
+          <t>reaguje na své dílo i dílo ostatních bezprostředně i s odstupemoznačí, co jej na díle zaujalo, vyjádří se gestem, pohybem, slovem svůj dojem z díla vyjádří volbou barev, tvarů, linií  a jejich kombinací</t>
         </is>
       </c>
       <c r="L257" s="0" t="inlineStr">
         <is>
-          <t>založil portfolio vlastní tvorby (dále jen portfolio) a uspořádal jej podle samostatně stanovených kritériívede portfolio vlastní tvorby ve formě, která vychází z jeho preferencí nebo z dohody s učitelem (digitální, fyzická nebo kombinovaná podoba)průběžně aktualizuje a třídí portfolio  v intervalech, které si zvolil nebo na kterých se domluvil s učitelem</t>
+          <t>Reaguje na svou tvorbu i tvorbu ostatních:převedením do zvukové podoby,pohybovou improvizací, využitím prvků performance,krátkým textem (může jít o vzkaz, báseň, výběr určitých slov a jejich řetězení, slovní asociaci),fotografií, která vzbuzuje asociace s dílem, převedením malby do kresby a naopak,přenesení díla do jiného prostředí (i na fotografii) nebo kontextu,krátkým videem, které přiblíží dílo z různých úhlů pohledu nebo přiblížení na detail,úpravou fotografie díla jednoduchými digitálními nástroji,animací díla,ozvučení projekce díla,vytvářením série fotografií, vyjadřující jednoduchý příběh či vyprávění.</t>
         </is>
       </c>
       <c r="M257" s="0" t="inlineStr">
         <is>
-          <t>Volí vhodný způsob dokumentace vlastní tvorby s ohledem na použité prostředky (např. digitální fotografie, video, textový popis).Prezentuje obsah svého portfolia formou, která mu vyhovuje a kterou považuje za přínosnou pro ostatní.Vysvětlí, jakými změnami portfolio za dané období prošlo a jak s ním zamýšlí pracovat dál.</t>
+          <t>Vybere si konkrétní způsob reakce na svou tvorbu i tvorbu ostatních.Určí, co je pro něj na díle významné a co chce jinak než slovy sdělit ostatním.Vytvoří obsah jako reakci na vlastní či cizí dílo.Sdílí obsah díla verbálními i nonverbálními prostředky.</t>
         </is>
       </c>
       <c r="N257" s="0" t="inlineStr">
         <is>
-          <t>Dokumentuje vlastní tvorbu.</t>
+          <t>Reaguje na svou tvorbu i tvorbu ostatních slovem, pohybem, zvukem či jinými nonverbálními prostředky. </t>
         </is>
       </c>
       <c r="O257" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P257" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
@@ -21268,56 +21502,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H258" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-001-ZV9-005</t>
         </is>
       </c>
       <c r="I258" s="0" t="inlineStr">
         <is>
           <t>Reflektuje svou tvůrčí výtvarnou či filmovou zkušenost a přijímá zpětnou vazbu jako impulz pro další tvorbu.</t>
         </is>
       </c>
       <c r="J258" s="0" t="inlineStr">
         <is>
           <t>Žák pojmenuje svou konkrétní tvůrčí zkušenost a zážitky z procesu tvorby, zhodnotí rozdíl mezi záměrem a výsledkem v podobě výtvarného nebo filmového díla či jiného audiovizuálního útvaru. Přijímá zpětnou vazbu od spolužáků a pedagoga a vnímá, že tato konkrétní tvůrčí zkušenost a zpětná vazba jsou pro něj impulzem nebo inspirací pro jeho další tvorbu. OVU má význam zejména pro rozvoj schopnosti sebepřijetí, sebereflexe a ochoty naslouchat názorům druhých. Přijetí zpětné vazby je součástí budování odolnosti a vyrovnanosti, která je potřebná pro jakoukoli tvorbu a souvisí obecně s principy wellbeingu. Individuální či společná verbální zpětná vazba je důležitou součástí tvůrčích činností žáků, má žáka inspirovat a má mu především nabízet různé možné pohledy na dílo, nikoli ho vyhodnocovat na škále dobré/špatné, protože ze své podstaty výsledky tvůrčí práce v uměleckých oborech ani takové být nemohou. Rozhodně nesmí docházet k posuzování osobnosti a vlastností žáka skrze jeho dílo. Poskytování a přijímání zpětné vazby celkově kultivuje komunikaci v prostředí školy a její kulturu.     </t>
         </is>
       </c>
       <c r="K258" s="0" t="inlineStr">
         <is>
-          <t>zvolil si jak bude reagovat na svoji tvorbu a tvorbu ostatních určil, co je pro něj na díle významné a co chce jinak než slovy sdělit ostatnímvyslechne si zpětnou vazbu od spolužáků a zamýšlí se nad ní </t>
+          <t>Zvolil si jak bude reagovat na svoji tvorbu a tvorbu ostatních. Určil, co je pro něj na díle významné a co chce jinak než slovy sdělit ostatním.Vyslechne si zpětnou vazbu od spolužáků a zamýšlí se nad ní. </t>
         </is>
       </c>
       <c r="L258" s="0" t="inlineStr">
         <is>
-          <t>vyslechne si zpětnou vazbu spolužáků a učitele v bezpečném prostředí řízené diskuseověřuje, zda bylo tvůrčí sdělení srozumitelné nachází různé možnosti prezentace díla ve fyzickém či digitálním prostoru uvědomuje si širší souvislosti vlastní tvorby (inspirační zdroje, zamýšlené sdělení) a dokáže je popsat</t>
+          <t>Vyslechne si zpětnou vazbu spolužáků a učitele v bezpečném prostředí řízené diskuse.Ověřuje, zda bylo tvůrčí sdělení srozumitelné.Nachází různé možnosti prezentace díla ve fyzickém či digitálním prostoru. Uvědomuje si širší souvislosti vlastní tvorby (inspirační zdroje, zamýšlené sdělení) a dokáže je popsat.</t>
         </is>
       </c>
       <c r="M258" s="0" t="inlineStr">
         <is>
           <t>Hodnotí zkušenost z přípravy a průběhu procesu tvorby (očekávání, proces, překážky, výsledek).Popíše rozdíl mezi svým tvůrčím záměrem a dosaženým výsledkem, zamyslí se nad důvody tohoto rozdílu.Pojmenuje význam tvůrčí zkušenosti pro sebe sama a svou další tvorbu.Vyhodnotí přínosy zpětné vazby pro sebe sama.Formuluje přínos zpětné vazby pro další tvůrčí práci (poučí se z chyb).</t>
         </is>
       </c>
       <c r="N258" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O258" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P258" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="inlineStr">
@@ -21350,56 +21584,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G259" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H259" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-001-ZV5-004</t>
         </is>
       </c>
       <c r="I259" s="0" t="inlineStr">
         <is>
           <t>Experimentuje s výtvarnými a filmovými prostředky a uplatní je ve vlastní tvorbě a tvořivé hře.</t>
         </is>
       </c>
       <c r="J259" s="0" t="inlineStr">
         <is>
           <t>Žák při realizaci tvůrčího záměru rozvíjí již osvojené výtvarné prostředky a kombinuje je se základními prostředky filmovými (práce se světlem a stínem, jednoduché animace předmětů, práce s pohybem kamery). Spontánně či cíleně experimentuje s kombinací výtvarných a filmových postupů (snímání či animace výtvarných objektů, světelná práce s kompozicemi objektů, experiment s proměnou intenzity a barev světla a jeho vliv na vnímání barev objektů). Cílem výstupu je přiblížit žákovi principy pohyblivého obrazu a podpořit prohloubení některých výtvarných principů a principů pohyblivého obrazu (propojení obrazu a pohybu, obrazu a rytmu, obrazu a zvuku, obrazu a základní příběhové situace) s využitím analogických či digitálních nástrojů záznamu a reprodukce pohyblivého obrazu a filmu. Výsledek učení podporuje těsné provázání tvůrčích aspektů výtvarné výchovy a filmové výchovy.</t>
         </is>
       </c>
       <c r="K259" s="0" t="inlineStr">
         <is>
-          <t>experimentuje se stopou a otisky různých předmětů a materiálů s různými povrchy, vytváří běžné i nezvyklé  tvary sestavou z různách částí vytváří sestavy z různých objektů které vytvořil, kombinuje je s různými druhy předmětů z různých materiálů experimentuje se světlem, proměnou objektu a situace v důsledku různého  osvětlení (nasvícení)  </t>
+          <t>Experimentuje se stopou a otisky různých předmětů a materiálů s různými povrchy. Vytváří běžné i nezvyklé  tvary sestavou z různách částí.Vytváří sestavy z různých objektů které vytvořil, kombinuje je s různými druhy předmětů z různých materiálů.Experimentuje se světlem, proměnou objektu a situace v důsledku různého  osvětlení (nasvícení).  </t>
         </is>
       </c>
       <c r="L259" s="0" t="inlineStr">
         <is>
-          <t>vytvoří objekty z různých materiálů nebo použije již vytvořené objekty/předměty a seskupí je do různých celků a sleduje proměny, ke kterým dochází vlivem pohybu světla (použije dostupný a bezpečný světelný zdroj)experimentuje s dílem, jeho kompozicí či situací v pohybu a v čase (práce se světlem a stínem, čočkami)výtvarný objekt, kompozici či situaci proměňuje a pomocí jednoduché animační techniky (flipbook, praxinoskop, amatérský animační software) ji zaznamenává v čase (kresba fází pohybu, pixilace, aj.)záznam reprodukuje před ostatními (prezentace flipbooku, roztočení praxinoskopu, projekce)experimentuje s rychlostí reprodukce pohyblivého obrazuseznámí se s principem světelné projekce ( s využitím kapesní svítilny)kombinuje pohyblivý obraz a zvuk (ruchy, hudební prvky)tvoří série fotografií s cílem vyprávět příběh nebo jeho část</t>
+          <t>Vytvoří objekty z různých materiálů nebo použije již vytvořené objekty/předměty a seskupí je do různých celků a sleduje proměny, ke kterým dochází vlivem pohybu světla (použije dostupný a bezpečný světelný zdroj).Experimentuje s dílem, jeho kompozicí či situací v pohybu a v čase (práce se světlem a stínem, čočkami).Výtvarný objekt, kompozici či situaci proměňuje a pomocí jednoduché animační techniky (flipbook, praxinoskop, amatérský animační software) ji zaznamenává v čase (kresba fází pohybu, pixilace, aj.).Záznam reprodukuje před ostatními (prezentace flipbooku, roztočení praxinoskopu, projekce).Experimentuje s rychlostí reprodukce pohyblivého obrazu.Seznámí se s principem světelné projekce ( s využitím kapesní svítilny).Kombinuje pohyblivý obraz a zvuk (ruchy, hudební prvky).Tvoří série fotografií s cílem vyprávět příběh nebo jeho část.</t>
         </is>
       </c>
       <c r="M259" s="0" t="inlineStr">
         <is>
           <t>Navrhuje, realizuje a vyhodnotí vlastní jednoduchý experiment s použitím výtvarných a filmových prostředků.Vytvoří dílo, které kombinuje výtvarné a filmové prostředky.Sdílí vytvořené dílo s ostatními způsobem, který si zvolil.Vybírá pro něj důležité výsledky vlastní tvůrčí činnosti a vhodným způsobem je uchovává.</t>
         </is>
       </c>
       <c r="N259" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O259" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P259" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="inlineStr">
@@ -21432,56 +21666,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby. </t>
         </is>
       </c>
       <c r="G260" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H260" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-001-ZV9-003</t>
         </is>
       </c>
       <c r="I260" s="0" t="inlineStr">
         <is>
           <t>Užívá a kombinuje prostředky filmu s důrazem na vyprávění pomocí pohyblivého obrazu.</t>
         </is>
       </c>
       <c r="J260" s="0" t="inlineStr">
         <is>
           <t>Na základě získaných zkušeností s výtvarnými a filmovými prostředky z prvního stupně žák realizuje filmové dílo včetně využití prvků vyprávění. Vyprávění se může skládat z rozvoje velmi jednoduché situace (dialog v prostředí, pointovaný gag apod.), v případě delší časové dotace může jít i o krátký audiovizuální tvar (příběh, reportáž, hudební video s prvkem vyprávění). Dílo může mít hranou, dokumentární i animovanou podobu.Důležitou součástí tvorby je příprava (námět, scénář či storyboard, případně rozdělení rolí ve štábu a časový plán natáčení). Následuje realizace natáčení, a pokud není film stříhán již v kameře, i dokončení díla v postprodukci (střih, případně hudba, triky, zvláštní efekty, titulky). Ve výuce je kladen důraz na časový odhad náročnosti práce a na využití rozmanitých výrazových prostředků filmu (pointovaný příběh, pohyb, rytmus, světlo, kompozice, zvuk/řeč, ruchy, hudba, střih, speciální efekty). K práci žák využívá buď vlastní, nebo školní techniku (mobilní telefon, digitální fotoaparát, tablet, bezplatný střihový program).</t>
         </is>
       </c>
       <c r="K260" s="0" t="inlineStr">
         <is>
-          <t>objevil možnosti kresby, malby a prostorové tvorby a vyjadřuje jimi své vjemy, představy a myšlenky vybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat označí ve svém díle i díle jiných ta místa, která jsou pro určení obsahu díla zásadní dílo pojmenuje podle svého uvážení tak, aby jeho název byl výstižný pro něj samotnéhona své dílo reaguje (dotváří je) slovem, pohybem, zvukem vytvoří a následně kombinuje jednotlivé prvky mezi sebou navzájem a ve vztahu k celku  zapojí se do společné práce a přispěje podle svých schopností a nápadů k jejímu výsledku</t>
+          <t>Objevil možnosti kresby, malby a prostorové tvorby a vyjadřuje jimi své vjemy, představy a myšlenky. Vybere si cíleně prostředky, se kterými chce pracovat a má odvahu s nimi experimentovat. Označí ve svém díle i díle jiných ta místa, která jsou pro určení obsahu díla zásadní.Dílo pojmenuje podle svého uvážení tak, aby jeho název byl výstižný pro něj samotného.Na své dílo reaguje (dotváří je) slovem, pohybem, zvukem. Vytvoří a následně kombinuje jednotlivé prvky mezi sebou navzájem a ve vztahu k celku.  Zapojí se do společné práce a přispěje podle svých schopností a nápadů k jejímu výsledku.</t>
         </is>
       </c>
       <c r="L260" s="0" t="inlineStr">
         <is>
-          <t>navrhne námět krátkého filmového či audiovizuálního útvaru (dokumentárního filmu, animované situace, hrané scénky, experimentální audiovizuální práce se světelnými či barevnými efekty apod.)uvědomí si nebo přijme svou roli v realizačním týmupřipraví podklady k realizaci krátkého audiovizuálního útvaru (nákresy, stručný scénář, fotoscénář, předmět, který bude animován apod.) a promyslí časový plán projektuprezentuje tvůrčí záměr, konkrétní tvůrčí postupy, kroky a použité základní vyjadřovací prostředky pedagogovi a spolužákůmzapracuje zpětnou vazbu k prezentaci záměrusám nebo ve skupině realizuje audiovizuální útvar (natáčení, střih, ozvučení)popíše omezení a limity, které provázejí realizaci audiovizuálního záměru</t>
+          <t>Navrhne námět krátkého filmového či audiovizuálního útvaru (dokumentárního filmu, animované situace, hrané scénky, experimentální audiovizuální práce se světelnými či barevnými efekty apod.).Uvědomí si nebo přijme svou roli v realizačním týmu.Připraví podklady k realizaci krátkého audiovizuálního útvaru (nákresy, stručný scénář, fotoscénář, předmět, který bude animován apod.) a promyslí časový plán projektu.Prezentuje tvůrčí záměr, konkrétní tvůrčí postupy, kroky a použité základní vyjadřovací prostředky pedagogovi a spolužákům.Zapracuje zpětnou vazbu k prezentaci záměru.Sám nebo ve skupině realizuje audiovizuální útvar (natáčení, střih, ozvučení).Popíše omezení a limity, které provázejí realizaci audiovizuálního záměru.</t>
         </is>
       </c>
       <c r="M260" s="0" t="inlineStr">
         <is>
           <t>Dokončí audiovizuální dílo do výsledné podoby krátkého filmu nebo jiného audiovizuálního díla.Vnímá a chápe rozdíl mezi plánem a realizovaným výsledkem z hlediska srozumitelnosti.Uloží dílo na dostupném úložišti pro sdílení ostatním.Popíše možné způsoby sdílení audiovizuálního díla, včetně rizik, která toto sdílení obnáší.</t>
         </is>
       </c>
       <c r="N260" s="0" t="inlineStr">
         <is>
           <t>Podílí se na skupinové práci a tvorbě jednoduché animace či krátkého výtvarného příběh.</t>
         </is>
       </c>
       <c r="O260" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P260" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="inlineStr">
@@ -21514,56 +21748,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.  </t>
         </is>
       </c>
       <c r="G261" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H261" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-002-ZV9-006</t>
         </is>
       </c>
       <c r="I261" s="0" t="inlineStr">
         <is>
           <t>Popíše zážitek z výtvarného a audiovizuálního díla a zhodnotí, v čem spatřuje jejich význam.</t>
         </is>
       </c>
       <c r="J261" s="0" t="inlineStr">
         <is>
           <t>Žák prohlubuje svou schopnost verbalizovat své pocity ze setkání s uměleckým dílem (výtvarné dílo, filmové dílo) a toto dílo podle svých znalostí a zkušeností vysvětlit. Po recepci uměleckého díla se zapojí do diskuse o pocitech a zkušenostech, které dílo přineslo jemu i ostatním. Individuálně nebo společně s ostatními se zamýšlí nad přínosem díla pro něj samotného (zcela nový estetický prožitek) a pro širší komunitu, a to například z hlediska společenského nebo výchovného přesahu či jeho zpracování po formální stránce. Současně zjišťuje, v čem se jeho názor shoduje s ostatními nebo v čem ho názory jiných mohou obohatit. V rámci diskuse posiluje svůj respekt k názoru druhých a porozumí tomu, že výklad uměleckého díla nemusí být jednoznačný. Žák si uvědomí, že výtvarné či filmové dílo je důležitým kulturním i společenským fenoménem. V procesu učení je kladen důraz na zkušenost se soustředěným vnímáním díla, nejlépe v autentickém prostředí (galerie, muzeum, kino apod.).</t>
         </is>
       </c>
       <c r="K261" s="0" t="inlineStr">
         <is>
-          <t>vysvětlí rozdíly mezi různými prostředími, ve kterých dílo vnímá nebo událost probíhá (galerie, kino, veřejný prostor, škola)jednoduše sdělí, čemu dává přednost a proč (promítání filmu ve škole-v kině; pozorování fotografií obrazů ve škole-návštěva galerie)Verbalizuje svůj prožitek z výtvarného a filmového díla, posoudí jeho intenzitu</t>
+          <t>Vysvětlí rozdíly mezi různými prostředími, ve kterých dílo vnímá nebo událost probíhá (galerie, kino, veřejný prostor, škola).Jednoduše sdělí, čemu dává přednost a proč (promítání filmu ve škole-v kině; pozorování fotografií obrazů ve škole-návštěva galerie).Verbalizuje svůj prožitek z výtvarného a filmového díla, posoudí jeho intenzitu.</t>
         </is>
       </c>
       <c r="L261" s="0" t="inlineStr">
         <is>
-          <t>žák pozorně a soustředěně sleduje výtvarné či audiovizuální díloprohlubuje svou zkušenost s vnímáním díla v autentickém prostředí (galerie, muzeum, kino, veřejný prostor)odhaduje tvůrčí záměr vybraného dílazapojuje se do diskuze o uměleckém díle s respektem názoru druhého</t>
+          <t>Žák pozorně a soustředěně sleduje výtvarné či audiovizuální dílo.Prohlubuje svou zkušenost s vnímáním díla v autentickém prostředí (galerie, muzeum, kino, veřejný prostor).Odhaduje tvůrčí záměr vybraného díla.Zapojuje se do diskuze o uměleckém díle s respektem názoru druhého.</t>
         </is>
       </c>
       <c r="M261" s="0" t="inlineStr">
         <is>
           <t>Verbalizuje svůj osobní prožitek z uměleckého díla (pocity a tušení, formativnost, míra nových zkušeností).Popíše, v čem spatřuje tvůrčí záměr díla a jaké prostředky vyjádření si autor k tomuto záměru zvolil.Na základě svých znalostí a zkušeností zhodnotí, jaký má dílo přínos pro něj osobně a pro ostatní (společenský přesah, nová estetická zkušenost apod.).</t>
         </is>
       </c>
       <c r="N261" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O261" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P261" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="inlineStr">
@@ -21596,56 +21830,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.  </t>
         </is>
       </c>
       <c r="G262" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H262" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-002-ZV5-005</t>
         </is>
       </c>
       <c r="I262" s="0" t="inlineStr">
         <is>
           <t>Vyjádří, co prožíval při vnímání výtvarného a audiovizuálního díla</t>
         </is>
       </c>
       <c r="J262" s="0" t="inlineStr">
         <is>
           <t>Žák se učí verbalizovat své pocity a očekávání ze setkání s dílem či událostí a vyjádřit i nejisté poznatky a postřehy. Žák je veden k otevřenému sdělování a sdílení svých pocitů a zkušeností, které mu dílo přineslo. Výuka je vedena v duchu vstřícnosti s tím, že každý autentický prožitek nejen uměleckého díla je v pořádku a neexistuje špatná odpověď. Žák je konfrontován s různými pohledy a názory a učí se vzájemnému respektu a toleranci k názorům druhých. V procesu učení je kladen důraz na soustředěné a sdílené vnímání díla, ideálně v autentickém prostředí, kterým může být galerie, muzeum, kino a podobně, pokud to možnosti školy dovolí. Takový způsob vnímání přináší hlubší prožitek, který má individuální i společenský rozměr.</t>
         </is>
       </c>
       <c r="K262" s="0" t="inlineStr">
         <is>
-          <t>soustředí pozornost na konkrétní umělecké dílo, nebo událost získává zkušenost s vnímáním díla v autentickém prostředí galerie, muzea, kina, i při návštěvě výstavy, koncertu, projekce nebo jiné kulturní události (pořádané školou, kam dochází, nebo jinou školou)</t>
+          <t>Soustředí pozornost na konkrétní umělecké dílo, nebo událost. Získává zkušenost s vnímáním díla v autentickém prostředí galerie, muzea, kina, i při návštěvě výstavy, koncertu, projekce nebo jiné kulturní události (pořádané školou, kam dochází, nebo jinou školou).</t>
         </is>
       </c>
       <c r="L262" s="0" t="inlineStr">
         <is>
-          <t>žák dostává příležitost k tomu, aby mohl vnímat různá díla či projevy zejména výtvarné a audiovizuální kultury a mohl se soustředit na pocity, které v něm dílo nebo událost vyvolávají získává zkušenost s vnímáním díla v autentickém prostředí galerie, muzea, kina, i při návštěvě výstavy, koncertu, projekce nebo jiné kulturní události (pořádané např. základní uměleckou či jinou školou)uvědomuje si, že různá díla či události v něm vyvolávají různé pocity, představy a myšlenky a svůj prožitek zejména z výtvarného či filmového díla sdílí s ostatnímivyslechne názor někoho jiného na dílo či událost, dokáže o tomto názoru přemýšlet a respektuje ho</t>
+          <t>Žák dostává příležitost k tomu, aby mohl vnímat různá díla či projevy zejména výtvarné a audiovizuální kultury a mohl se soustředit na pocity, které v něm dílo nebo událost vyvolávají. Získává zkušenost s vnímáním díla v autentickém prostředí galerie, muzea, kina, i při návštěvě výstavy, koncertu, projekce nebo jiné kulturní události (pořádané např. základní uměleckou či jinou školou).Uvědomuje si, že různá díla či události v něm vyvolávají různé pocity, představy a myšlenky a svůj prožitek zejména z výtvarného či filmového díla sdílí s ostatními.Vyslechne názor někoho jiného na dílo či událost, dokáže o tomto názoru přemýšlet a respektuje ho.</t>
         </is>
       </c>
       <c r="M262" s="0" t="inlineStr">
         <is>
           <t>Popíše svou zkušenost s různými prostředími, ve kterých dílo vnímá nebo kde událost probíhá (galerie, kino, veřejný prostor, škola) a jednoduše sdělí, čemu dává přednost a proč (promítání filmu ve škole / v kině; vnímání reprodukcí obrazů ve škole / návštěva galerie, virtuální galerie).Položí si otázku, která je pro něj ke vnímání díla nebo události důležitá.Verbalizuje svůj prožitek z výtvarného a filmového díla, posoudí jeho intenzitu – jestli a jak na něj zapůsobilo.</t>
         </is>
       </c>
       <c r="N262" s="0" t="inlineStr">
         <is>
           <t>Vyjádří svůj zážitek ze setkání s výtvarným a audiovizuálním dílem.</t>
         </is>
       </c>
       <c r="O262" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P262" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="inlineStr">
@@ -21658,168 +21892,168 @@
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D263" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E263" s="0" t="inlineStr">
         <is>
           <t>Recepce a reflexe uměleckého díla</t>
         </is>
       </c>
       <c r="F263" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.  </t>
         </is>
       </c>
       <c r="G263" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H263" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-002-ZV9-007</t>
+          <t>UAK-VFV-002-ZV5-006</t>
         </is>
       </c>
       <c r="I263" s="0" t="inlineStr">
         <is>
-          <t>Komunikuje o uměleckých dílech minulosti a současnosti i o běžné vizuální a audiovizuální produkci s použitím oborových pojmů.</t>
+          <t>Komunikuje o výtvarném či filmovém uměleckém díle s využitím základních oborových pojmů.</t>
         </is>
       </c>
       <c r="J263" s="0" t="inlineStr">
         <is>
-          <t>Žák je veden ve výuce k tomu, aby dokázal popsat výtvarné či filmové dílo z formálního hlediska (vizuální popis díla, faktické informace). Důležité je to, aby rozpoznal a popsal prvky díla (např. linie, barvy, tvary, rytmus) a charakterizoval jejich vztahy. Dále je schopný rozlišit, zda se jedná například o malbu, kresbu, grafiku, digitální obraz, dílo plošné či prostorové. Výstupy filmové a audiovizuální kultury rozdělí na obraz, zvuk, střih a speciální efekty a je schopný tyto prvky popsat. V komunikaci o uměleckém díle je kladen důraz vedle důležitých děl minulosti také na současná díla, protože ta jsou bližší žákově žité realitě, často se s nimi dostává do kontaktu mimo výuku a bezprostředně na ně reaguje nebo je vystaven reakcím svého okolí. Chápe význam umělecké tvorby, zároveň si je vědom mnohem větší šíře vizuální a audiovizuální produkce jako součásti svého každodenního života (např. grafický design, reklama, produkty umělé inteligence).</t>
+          <t>Cílem výsledku učení je to, aby se žák orientoval v rozdílech mezi vybranými druhy děl – malbou, kresbou, grafikou, sochou, uměním ve veřejném prostoru, architekturou, hraným, dokumentárním, animovaným a experimentálním filmem (nenarativní pohyblivý obraz) a příklady užitého umění. Žák je veden k soustředěnému sledování uměleckých děl v autentickém prostředí, vnímání podobných prvků a rozdílů mezi nimi. Žák díky reflexi uměleckých děl získává základní orientaci ve výtvarné a filmové kultuře, která mu později pomůže v dalším prohlubování znalostí a zkušeností v těchto oblastech. Je důležité, aby si žák při komunikaci o uměleckém díle postupně rozšiřoval slovní zásobu o základní oborové pojmy (linie, tvar, barva a odstín, kontrast, koláž, malba, kresba, zátiší, portrét, krajina, celovečerní film, krátký film, filmová postava, animace, loutka, střih apod.).</t>
         </is>
       </c>
       <c r="K263" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje mezi vybranými druhy děl výtvarné a filmové povahy - malba, kresba, grafika, socha, umění ve veřejném prostoru, architektura, hraný, dokumentární, animovaný a experimentální film (nenarativní pohyblivý obraz), příklady užitého umění vizuální a audiovizuální reklamav komunikaci o díle využívá vybrané oborové pojmy (linie, tvar, barva, odstín, kontrast, kresba, malba, tempera, pastel, koláž, socha, sousoší, zátiší, portrét, krajina; celovečerní a krátký film, filmová postava, děj, příběh, animace, loutka, pohádka)</t>
+          <t>Uvědomuje si pocity a představy, které v něm výtvarné či filmové dílo vyvolává. Verbalizuje svůj prožitek a jeho intenzitu. </t>
         </is>
       </c>
       <c r="L263" s="0" t="inlineStr">
         <is>
-          <t>rozpoznává na uměleckých dílech současnosti i minulosti důležité prvky a jejich vztahy a poznává v čem se u různých děl podobají nebo naopak odlišujík vybraným dílům hledá souvislosti s významnými společenskými změnami a historickými událostmiporovnává výtvarná, architektonická, filmová a jiná audiovizuální díla z různých historických epoch se současnými uměleckými dílyprostřednictvím návštěvy galerie, muzea, kina nebo online sbírek objevuje díla a inspirační zdroje, kterými se chce dále zabývat a které se mohou stát inspirací pro jeho tvorbumezi díly nachází vztahy (formální podobnost, tvůrci, epochy, témata, historické události apod.)</t>
+          <t>setkává se s různými typy uměleckých děl (pestrost přístupů, možnost uplatnit různé pojmy)zformuluje a sdělí názor na vybrané výtvarné či filmové dílo rozlišuje užité umění vizuální a audiovizuální reklamusetkává se vhodnou formou se základními oborovými pojmy výtvarného a filmového umění a učí se je vhodně užívat</t>
         </is>
       </c>
       <c r="M263" s="0" t="inlineStr">
         <is>
-          <t>Popíše výtvarné dílo z hlediska jeho obsahu a formálních znaků (médium, námět, žánr, použitá technika, kompozice, místo a způsob instalace).Popíše filmové dílo z hlediska jeho obsahu a formálních znaků (obraz, zvuk, střih, speciální efekty).Vysvětlí, v čem spatřuje rozdíl mezi uměleckým dílem a běžnou vizuální produkcí.</t>
+          <t>Rozlišuje mezi vybranými druhy děl výtvarné a filmové povahy – malba, kresba, grafika, socha, umění ve veřejném prostoru, architektura, hraný, dokumentární, animovaný a experimentální film.Aktivně se zapojí do komunikace o různých typech uměleckých děl.V komunikaci o díle používá vybrané oborové pojmy (linie, tvar, barva, odstín, kontrast, kresba, malba, tempera, pastel, koláž, socha, sousoší, zátiší, portrét, krajina; celovečerní a krátký film, filmová postava, děj, příběh, animace, loutka, pohádka).</t>
         </is>
       </c>
       <c r="N263" s="0" t="inlineStr">
         <is>
-          <t>Vyjádří se k výtvarnému nebo audiovizuálnímu dílu, čím ho zaujalo, co mu přineslo. </t>
+          <t>Účastní se komunikace o výtvarném či filmovém díle, rozumí základním pojmům v komunikaci ostatních.</t>
         </is>
       </c>
       <c r="O263" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P263" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
           <t>Výtvarná a filmová výchova</t>
         </is>
       </c>
       <c r="D264" s="0" t="inlineStr">
         <is>
           <t>Charakteristika vzdělávacího oboruVzdělávací obor Výtvarná a filmová výchova se zaměřuje na obsahy výtvarného a filmového umění, v širším pojetí může zahrnovat i různé projevy audiovizuální tvorby a kultury (videoart, videa na internetových stránkách a sociálních sítích, televizní produkce).Cílem tvůrčích činností, při kterých se žák seznamuje s vyjadřovacími prostředky oboru, je poskytnout mu prostor pro seberealizaci, vnímání vizuálního umění a pochopení tvůrčího procesu jako celku.Na 1. stupni vycházejí činnosti z dětské hravosti a spontaneity, využívají žákovu fantazii. Žák navazuje na své dosavadní, zejména výtvarné zkušenosti a zážitky a postupně se seznamuje s dalšími prostředky a postupy, vycházejícími především z výtvarného umění. Na 2. stupni tyto zkušenosti již samostatně aplikuje a kombinuje s ohledem na tvůrčí záměr, a to jak při individuální, tak společné tvorbě, a zároveň objevuje vztahy mezi jednotlivými druhy umění a experimentuje s jejich různorodými prostředky. Vzdělávací obor je rozdělený do tří tematických okruhů: 1) vlastní tvorba a její sdílení, 2) recepce a reflexe uměleckého díla a 3) kulturní povědomí a jednání, které se navzájem prolínají.Tematický okruh Vlastní tvorba a její sdílení se zaměřuje na tvůrčí proces. Jedná se o postup od autorského záměru přes jeho realizaci až k reflexi, sdílení a prezentaci výsledků. V tomto procesu je důležité nalézání vhodných vyjadřovacích prostředků a experimentování s nimi. Žáci se učí tvůrčí práci s rozmanitými materiály, prostředky, postupy a technologiemi. Zejména na 1. stupni je důležité, aby byla při tvůrčích činnostech a individuální či společné hře rozvíjena jemná motorika a současně se utvářela škála oborových pojmů.V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák příležitost sdílet s ostatními zážitek ze setkání s uměleckým dílem. Důležité je to, aby žák mohl na umělecké dílo reagovat vlastní tvorbou, a to neverbálními i verbálními prostředky. Na 2. stupni si žák rozšiřuje schopnost reagovat i na jiná než umělecká díla a při jejich posouzení využívat vhodné oborové pojmy a formulovat svůj postoj k nim. V rámci tematického okruhu Kulturní povědomí a jednání se žák učí chápat důležitost umění a kultury pro společnost a jejich význam pro sebe i ostatní. Seznamuje se s různými kulturními aktivitami, tradicemi a institucemi, především ve svém okolí a regionu, na 2. stupni pak i v širším kontextu národním, evropském a mezinárodním. Objevuje rozmanitost výtvarné a audiovizuální kultury a hledá si k ní osobní vztah. Současně si uvědomuje vliv digitálních technologií na umění a kulturu a poznává možnosti jejich tvůrčího využití. Pro naplnění cílů oboru je důležitá spolupráce školy s institucemi, které umožňují přímé setkání s uměním a kulturou.</t>
         </is>
       </c>
       <c r="E264" s="0" t="inlineStr">
         <is>
           <t>Recepce a reflexe uměleckého díla</t>
         </is>
       </c>
       <c r="F264" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.  </t>
         </is>
       </c>
       <c r="G264" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H264" s="0" t="inlineStr">
         <is>
-          <t>UAK-VFV-002-ZV5-006</t>
+          <t>UAK-VFV-002-ZV9-007</t>
         </is>
       </c>
       <c r="I264" s="0" t="inlineStr">
         <is>
-          <t>Komunikuje o výtvarném či filmovém uměleckém díle s využitím základních oborových pojmů.</t>
+          <t>Komunikuje o uměleckých dílech minulosti a současnosti i o běžné vizuální a audiovizuální produkci s použitím oborových pojmů.</t>
         </is>
       </c>
       <c r="J264" s="0" t="inlineStr">
         <is>
-          <t>Cílem výsledku učení je to, aby se žák orientoval v rozdílech mezi vybranými druhy děl – malbou, kresbou, grafikou, sochou, uměním ve veřejném prostoru, architekturou, hraným, dokumentárním, animovaným a experimentálním filmem (nenarativní pohyblivý obraz) a příklady užitého umění. Žák je veden k soustředěnému sledování uměleckých děl v autentickém prostředí, vnímání podobných prvků a rozdílů mezi nimi. Žák díky reflexi uměleckých děl získává základní orientaci ve výtvarné a filmové kultuře, která mu později pomůže v dalším prohlubování znalostí a zkušeností v těchto oblastech. Je důležité, aby si žák při komunikaci o uměleckém díle postupně rozšiřoval slovní zásobu o základní oborové pojmy (linie, tvar, barva a odstín, kontrast, koláž, malba, kresba, zátiší, portrét, krajina, celovečerní film, krátký film, filmová postava, animace, loutka, střih apod.).</t>
+          <t>Žák je veden ve výuce k tomu, aby dokázal popsat výtvarné či filmové dílo z formálního hlediska (vizuální popis díla, faktické informace). Důležité je to, aby rozpoznal a popsal prvky díla (např. linie, barvy, tvary, rytmus) a charakterizoval jejich vztahy. Dále je schopný rozlišit, zda se jedná například o malbu, kresbu, grafiku, digitální obraz, dílo plošné či prostorové. Výstupy filmové a audiovizuální kultury rozdělí na obraz, zvuk, střih a speciální efekty a je schopný tyto prvky popsat. V komunikaci o uměleckém díle je kladen důraz vedle důležitých děl minulosti také na současná díla, protože ta jsou bližší žákově žité realitě, často se s nimi dostává do kontaktu mimo výuku a bezprostředně na ně reaguje nebo je vystaven reakcím svého okolí. Chápe význam umělecké tvorby, zároveň si je vědom mnohem větší šíře vizuální a audiovizuální produkce jako součásti svého každodenního života (např. grafický design, reklama, produkty umělé inteligence).</t>
         </is>
       </c>
       <c r="K264" s="0" t="inlineStr">
         <is>
-          <t>uvědomuje si pocity a představy, které v něm výtvarné či filmové dílo vyvolává verbalizuje svůj prožitek a jeho intenzitu </t>
+          <t>Rozlišuje mezi vybranými druhy děl výtvarné a filmové povahy - malba, kresba, grafika, socha, umění ve veřejném prostoru, architektura, hraný, dokumentární, animovaný a experimentální film (nenarativní pohyblivý obraz), příklady užitého umění vizuální a audiovizuální reklama.V komunikaci o díle využívá vybrané oborové pojmy (linie, tvar, barva, odstín, kontrast, kresba, malba, tempera, pastel, koláž, socha, sousoší, zátiší, portrét, krajina; celovečerní a krátký film, filmová postava, děj, příběh, animace, loutka, pohádka).</t>
         </is>
       </c>
       <c r="L264" s="0" t="inlineStr">
         <is>
-          <t>setkává se s různými typy uměleckých děl (pestrost přístupů, možnost uplatnit různé pojmy)zformuluje a sdělí názor na vybrané výtvarné či filmové dílo rozlišuje užité umění vizuální a audiovizuální reklamusetkává se vhodnou formou se základními oborovými pojmy výtvarného a filmového umění a učí se je vhodně užívat</t>
+          <t>Rozpoznává na uměleckých dílech současnosti i minulosti důležité prvky a jejich vztahy a poznává v čem se u různých děl podobají nebo naopak odlišují.K vybraným dílům hledá souvislosti s významnými společenskými změnami a historickými událostmi.Porovnává výtvarná, architektonická, filmová a jiná audiovizuální díla z různých historických epoch se současnými uměleckými díly.Prostřednictvím návštěvy galerie, muzea, kina nebo online sbírek objevuje díla a inspirační zdroje, kterými se chce dále zabývat a které se mohou stát inspirací pro jeho tvorbu.Mezi díly nachází vztahy (formální podobnost, tvůrci, epochy, témata, historické události apod.).</t>
         </is>
       </c>
       <c r="M264" s="0" t="inlineStr">
         <is>
-          <t>Rozlišuje mezi vybranými druhy děl výtvarné a filmové povahy – malba, kresba, grafika, socha, umění ve veřejném prostoru, architektura, hraný, dokumentární, animovaný a experimentální film.Aktivně se zapojí do komunikace o různých typech uměleckých děl.V komunikaci o díle používá vybrané oborové pojmy (linie, tvar, barva, odstín, kontrast, kresba, malba, tempera, pastel, koláž, socha, sousoší, zátiší, portrét, krajina; celovečerní a krátký film, filmová postava, děj, příběh, animace, loutka, pohádka).</t>
+          <t>Popíše výtvarné dílo z hlediska jeho obsahu a formálních znaků (médium, námět, žánr, použitá technika, kompozice, místo a způsob instalace).Popíše filmové dílo z hlediska jeho obsahu a formálních znaků (obraz, zvuk, střih, speciální efekty).Vysvětlí, v čem spatřuje rozdíl mezi uměleckým dílem a běžnou vizuální produkcí.</t>
         </is>
       </c>
       <c r="N264" s="0" t="inlineStr">
         <is>
-          <t>Účastní se komunikace o výtvarném či filmovém díle, rozumí základním pojmům v komunikaci ostatních.</t>
+          <t>Vyjádří se k výtvarnému nebo audiovizuálnímu dílu, čím ho zaujalo, co mu přineslo. </t>
         </is>
       </c>
       <c r="O264" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P264" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
@@ -21847,51 +22081,51 @@
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H265" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-003-ZV5-007</t>
         </is>
       </c>
       <c r="I265" s="0" t="inlineStr">
         <is>
           <t>Uvede příklad kulturní události či kulturní instituce ve svém nejbližším okolí.</t>
         </is>
       </c>
       <c r="J265" s="0" t="inlineStr">
         <is>
           <t>Cílem výsledku učení je to, aby žák postupně získával přehled o tom, co se z oblasti kultury v jeho nejbližším okolí odehrává, jaké události se pravidelně či ojediněle konají, které kulturní instituce může navštívit a co mu nabízejí. Výstup je tak zaměřený na propojování neformálního a informálního vzdělávání se vzděláváním formálním, a to zejména tím, že žáci dostávají ve výuce příležitosti hovořit o tom, co viděli, slyšeli, čeho se zúčastnili a s kým. Zároveň si mají žáci uvědomovat to, že kultura je součástí jejich každodenního života i života všech lidí v jejich nejbližším okolí a že je v různé míře a pestrosti vždy v jejich dosahu. Současně je důležité, aby na základě učitelova impulzu žáci vyhledávali a vzájemně si sdělovali svoje zkušenosti s činností kulturních institucí, případně jejich programy a aktivity dovedli popsat a doporučit ostatním. OVU podporuje místně zakotvené učení. Pomáhá vytvářet vztah žáka k místu, kde žije, k uměleckým a kulturním hodnotám, které má ve svém okolí.</t>
         </is>
       </c>
       <c r="K265" s="0" t="inlineStr">
         <is>
           <t>sdělí svůj zážitek ze společně (v rámci školní výuky) navštívené kulturní události  nebo události, kterou navštívil ve  svém volném čase  </t>
         </is>
       </c>
       <c r="L265" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s různými kulturními událostmi a rozmanitými projevy umělecké tvorby ve svém nejbližším okolí, lokalitě, regionu seznamuje se s významnými kulturními institucemi a tradicemi ve svém okolí, lokalitě, regionu</t>
+          <t>Seznamuje se s různými kulturními událostmi a rozmanitými projevy umělecké tvorby ve svém nejbližším okolí, lokalitě, regionu. Seznamuje se s významnými kulturními institucemi a tradicemi ve svém okolí, lokalitě, regionu.</t>
         </is>
       </c>
       <c r="M265" s="0" t="inlineStr">
         <is>
           <t>Uvede příklady kulturních institucí a akcí v blízkém okolí, regionu a uvede příklady aktivit, zážitků, s nimiž se může v těchto institucích setkat.Podělí se s ostatními o svůj zážitek z některé kulturní události, které se zúčastnil.Uvede důvod, proč by svým spolužákům nebo prarodičům a kamarádům doporučil navštívit nějakou kulturní událost či instituci.</t>
         </is>
       </c>
       <c r="N265" s="0" t="inlineStr">
         <is>
           <t>Uvede příklad kulturní události nebo uměleckého díla, se kterým se setkal ve svém okolí.</t>
         </is>
       </c>
       <c r="O265" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P265" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="inlineStr">
@@ -21924,56 +22158,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž si žák utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Oblast podporuje místně zakotvené učení a identifikaci s místem, ve kterém žijeme.</t>
         </is>
       </c>
       <c r="G266" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H266" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-003-ZV9-008</t>
         </is>
       </c>
       <c r="I266" s="0" t="inlineStr">
         <is>
           <t>Uvede příklady vlivu nových technologií na proměnu umělecké tvorby a jejího vnímání.</t>
         </is>
       </c>
       <c r="J266" s="0" t="inlineStr">
         <is>
           <t>Nové technologie, zejména digitální záznamové a přenosové technologie mají výrazný vliv na dynamiku proměn současného světa. Výrazným způsobem zasahují a ovlivňují i uměleckou tvorbu a její prezentaci. Žák by měl být schopný reflektovat, popsat a vysvětlit provázanost uměleckých oborů a kulturního a kreativního sektoru s digitálními technologiemi, jež významně ovlivnily a ovlivňují podobu uměleckých a kulturních projevů (tvorbu i reflexi) v posledních desetiletích. Měl by být schopný tyto vlivy v umění a kultuře vnímat, některé z nich pojmenovat a uvést konkrétní příklady. Měl by se základně orientovat v tom, jakým způsobem jsou digitální technologie součástí různých kulturních a tvůrčích odvětví (design, architektura, audiovizuální průmysl, filmová tvorba, záznamy a přenosy hudebních, divadelních či tanečních představení apod.).Využití digitálních technologií pro účely záznamu obrazu a zvuku i komunikace je dnes součástí naší každodenní zkušenosti. Mladým lidem nicméně chybí reflexe toho, jak digitální technologie (pozitivně či negativně) ovlivňují jejich rozhodování, návyky, ale i kreativní vztahování se ke světu. Pochopení vlivu digitálních technologií a nových médií na svět umění je důležitou součástí osobnostního vnímání a rozvoje, zvláště když telefony, tablety a jiná technika tvoří ve spoustě případů nedílnou součást žákovského vztahování se ke světu kolem nich.</t>
         </is>
       </c>
       <c r="K266" s="0" t="inlineStr">
         <is>
-          <t> vyhledává příklady použití nových technologií v umění a kultuře</t>
+          <t> Vyhledává příklady použití nových technologií v umění a kultuře.</t>
         </is>
       </c>
       <c r="L266" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s různými možnostmi využití nových technologií v umění (pohyblivý obraz ve výtvarném umění, VOD portály pro výběr audiovizuálních děl, počítačové hry)získává základní informace o ochraně autorských práv a o možnostech využití cizích uměleckých děluvede dvojici uměleckých děl (nebo uměleckého díla a běžné vizuální produkce), která má stejný nebo podobný námět, ale je zpracovaná rozdílnými prostředky (tzv. klasická a nová média)</t>
+          <t>Seznamuje se s různými možnostmi využití nových technologií v umění (pohyblivý obraz ve výtvarném umění, VOD portály pro výběr audiovizuálních děl, počítačové hry).Získává základní informace o ochraně autorských práv a o možnostech využití cizích uměleckých děl.Uvede dvojici uměleckých děl (nebo uměleckého díla a běžné vizuální produkce), která má stejný nebo podobný námět, ale je zpracovaná rozdílnými prostředky (tzv. klasická a nová média).</t>
         </is>
       </c>
       <c r="M266" s="0" t="inlineStr">
         <is>
           <t>Uvede dvojici uměleckých děl (nebo uměleckého díla a běžné vizuální produkce), která má stejný nebo podobný námět, ale je zpracovaná rozdílnými prostředky (tzv. klasická a nová média).Uvede příklad vlivu digitálních technologií v oblasti vizuálního a audiovizuálního umění a tvorby. Vysvětlí, jak on sám přistupuje pomocí digitálních technologií k uměleckým dílům a kulturním projevům (online vysílání, VOD portály, promítání filmů z domácích nosičů, online videa, komunikace prostřednictvím audiovizuálních sdělení, digitální hry).Rozumí principům digitální hygieny a digitálního wellbeingu.</t>
         </is>
       </c>
       <c r="N266" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O266" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P266" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="inlineStr">
@@ -22006,56 +22240,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž si žák utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Oblast podporuje místně zakotvené učení a identifikaci s místem, ve kterém žijeme.</t>
         </is>
       </c>
       <c r="G267" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H267" s="0" t="inlineStr">
         <is>
           <t>UAK-VFV-003-ZV9-009</t>
         </is>
       </c>
       <c r="I267" s="0" t="inlineStr">
         <is>
           <t>Představí ostatním konkrétní dílo, projev nebo osobnost z oblasti výtvarného a filmového umění a zdůvodní, v čem spatřuje jejich význam.</t>
         </is>
       </c>
       <c r="J267" s="0" t="inlineStr">
         <is>
           <t>Výsledek učení umožňuje žákům hlubší orientaci v oblasti umělecké tvorby a v diverzitě a bohatosti kulturních projevů. Je to příležitost, aby si žák vytvořil vztah k určitým typům uměleckého vyjádření, k určitým projevům kultury. V diskusi s ostatními postupně rozpoznává rozdílnost názorů, učí se porozumět rozmanitosti světa umění a argumentovat vlastní volbu. Důležité je to, aby ve svých názorech nevycházel pouze z intuice, ale učil se uměleckou tvorbu a projevy kultury analyzovat přiměřeně svým schopnostem. Tím si také zpřesňuje pojmový aparát. Jedná se vlastně o určitou propedeutiku „kritické reflexe“, která prostupuje recepcí uměleckého díla a kulturního dění v komplexnosti včetně mezioborových a společenských kontextů.</t>
         </is>
       </c>
       <c r="K267" s="0" t="inlineStr">
         <is>
-          <t>podělí se s ostatními o svůj zážitek z některé kulturní události, které se účastniluvede příklady kulturních institucí a akcí v blízkém okolí, regionu a uvede příklady aktivit, zážitků, s nimiž se může v těchto institucích setkatuvede důvod, proč by svým spolužákům nebo prarodičům a kamarádům doporučil navštívit nějakou kulturní událost či instituci</t>
+          <t>Podělí se s ostatními o svůj zážitek z některé kulturní události, které se účastnil.Uvede příklady kulturních institucí a akcí v blízkém okolí, regionu a uvede příklady aktivit, zážitků, s nimiž se může v těchto institucích setkat.Uvede důvod, proč by svým spolužákům nebo prarodičům a kamarádům doporučil navštívit nějakou kulturní událost či instituci.</t>
         </is>
       </c>
       <c r="L267" s="0" t="inlineStr">
         <is>
-          <t>vyjádřil svůj postoj k vybranému uměleckému dílu, projevu nebo osobnostivhodnou formou (např. diskusí, dotazníkem, anketou) svůj postoj k vybranému uměleckému dílu porovná s postoji ostatníchtvůrčím způsobem prezentuje vybrané umělecké dílo, projev nebo osobnost</t>
+          <t>Vyjádřil svůj postoj k vybranému uměleckému dílu, projevu nebo osobnosti.Vhodnou formou (např. diskusí, dotazníkem, anketou) svůj postoj k vybranému uměleckému dílu porovná s postoji ostatních.Tvůrčím způsobem prezentuje vybrané umělecké dílo, projev nebo osobnost.</t>
         </is>
       </c>
       <c r="M267" s="0" t="inlineStr">
         <is>
           <t>Vyjádří svůj postoj k vybranému uměleckému dílu, projevu nebo osobnosti a vhodnou formou (např. diskusí, dotazníkem, anketou) ho porovná s postoji ostatních.Tvůrčím způsobem prezentuje vybrané umělecké dílo, projev nebo osobnost.</t>
         </is>
       </c>
       <c r="N267" s="0" t="inlineStr">
         <is>
           <t>Představí ostatním výtvarné, architektonické nebo filmové dílo.</t>
         </is>
       </c>
       <c r="O267" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P267" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="inlineStr">
@@ -22068,496 +22302,496 @@
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D268" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E268" s="0" t="inlineStr">
         <is>
           <t>Interpretace, vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F268" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G268" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H268" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-001-ZV9-001</t>
+          <t>UAK-HTD-001-ZV5-001</t>
         </is>
       </c>
       <c r="I268" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do tvůrčího procesu v různých rolích na základě svých schopností, osvojených dovedností a osobních preferencí.</t>
+          <t>Zapojuje se aktivně do her, cvičení a tvořivých činností, v nichž získává, upevňuje a rozvíjí základní reprodukční, interpretační i tvůrčí dovednosti.</t>
         </is>
       </c>
       <c r="J268" s="0" t="inlineStr">
         <is>
-          <t>Tvůrčí a interpretační proces je v tomto oboru velmi komplexní. Nabízí různé možnosti seberealizace a uplatnění na základě osobnostních dispozic, schopností a dovedností, nadání žáka, ale i na základě jeho role ve třídě, ve skupině. Žák sám může být interpretem (zpívá, hraje na hudební nástroje, recituje) nebo tím, kdo přímo prezentuje výsledky tvorby (hraje, tančí), může se ovšem do tvůrčího procesu zapojit i v jiné roli – může být tím, kdo pomáhá vytvářet scénu, hudební doprovod, podílí se na koncepci prezentovaného tvaru, pomáhá s tvorbou scénáře/dialogů apod. Žák tak poznává proces umělecké tvorby z různých perspektiv a objevuje své místo v něm.</t>
+          <t>Umělecké vzdělávání provázejí aktivity, při nichž žák formou různých řízených činností, her, cvičení rozvíjí svou kreativitu, zkoumá své tvůrčí možnosti a buduje základní dovednosti potřebné pro reprodukční činnosti, interpretaci a individuální i skupinovou tvorbu v oblasti hudby, kreativního tance, divadla. Žák si uvědomuje své vlastní předpoklady pro tyto činnosti i předpoklady ostatních, objevuje a rozvíjí své přirozené schopnosti.   V hudebních hrách a cvičeních (rytmických, pěveckých a intonačních, sluchových, pohybových) žák využívá a zdokonaluje své hudební schopnosti a získané dovednosti. Díky těmto činnostem rozvíjí individuální hlasový potenciál při sólovém, skupinovém nebo sborovém zpěvu, své hlasové, rytmické, instrumentální dovednosti a návyky, učí se pracovat s dechem a dechovou oporou.Zkušenosti z tanečně-pohybových aktivit přispívají k budování zdravých pohybových návyků, k posilování sebedůvěry, rozvíjejí u žáka schopnost vnímat vlastní tělo a prostor a vyjadřovat se a komunikovat pohybem. Zkušenosti z her a cvičení zaměřených na hlasové, mluvní, komunikační, improvizační dovednosti a dovednosti pro partnerskou a skupinovou spolupráci uplatní žák zejména v oblasti dramatické výchovy a divadelní tvorby, ale i mimo ni.Význam těchto činností často přesahuje do jiných oblastí žákova života, pomáhají mu vytvářet si pozitivní vztah k sobě samému, druhému, společenství.</t>
         </is>
       </c>
       <c r="K268" s="0" t="inlineStr">
         <is>
-          <t>zkouší si pod vedením a s podporou učitele různé role a různé možnosti sebevyjádření v interpretačním a tvůrčím procesupřináší s podporou učitele nápady pro společnou práci reflektuje možnosti individuální a skupinové práce pro interpretaci a tvůrčí vyjádření zapojuje se do společných činností s oporou o dovedností a návyky získané v hrách a cvičeních využívá osvojené základní interpretační a tvůrčí dovednosti (hudební, taneční, pohybové) k vyjádření dějů, stavů, emocí, představ, situací a vztahů ve svých činnostech v jednoduché podobě propojuje prostředky a postupy vycházející z hudby, tance a divadla, ale také jiných druhů umění pojmenuje svou roli ve společném tvůrčím procesu</t>
+          <t>Zapojuje se do herních aktivit, v nichž uplatňuje svou představivost a fantazii a v nichž využívá své přirozené hlasové, mluvní a pohybové dovednosti, dovednosti pro hru s předměty a nástroji, rytmické dovednosti apod.Hravou formou se seznamuje se základními prvky hudby, jako je rytmus, melodie a zpěv.Zkoumá možnosti svého hlasu, rytmického cítění a pohybového projevu v souvislosti s hudbou.Zvládá základní pohybové dovednosti.Vyhledává příležitosti k pohybu.Vstupuje za postavu do jednoduchých rolových her a situací.</t>
         </is>
       </c>
       <c r="L268" s="0" t="inlineStr">
         <is>
-          <t>zkouší nové role ve společném činnosti přináší více vlastních nápadů a podílí se na diskusích o procesu tvorbyhledá s větší jistotou různé způsoby, prostředky a možností, jak se vyjadřovat prostřednictvím umění přijímá svou odpovědnost za individuální i společnou práci a snaží se plnit úkoly samostatně i ve spolupráci s jinými vybírá si způsob sebevyjádření podle svých preferencí pojmenuje svůj přínos pro společnou práci</t>
+          <t>Přijímá pravidla a zadání.Zapojuje se do individuálních, párových i skupinových herních aktivit a cvičení, v nichž získává základní dovednosti a návyky uplatnitelné v reprodukčních, interpretačních a tvůrčích činnostech hudební, taneční a dramatické výchovy:- rozvíjí svou hrubou i jemnou motoriku prostřednictvím cvičení a hry jednoduchých doprovodů za pomoci předmětů či snadno ovladatelných hudebních nástrojů,- sleduje průběh hudby a vnímá souvislosti s její náladou, dynamikou, tempem a svojí aktivitou, - formuje svůj hlasový projev nasloucháním sama sebe i druhých, - pracuje s jednoduššími rytmickými, pěveckými a intonačními cvičeními a hrami,- skrze vnímání vlastního těla a pohybu si v hrách a cvičeních osvojuje principy správného a zdravého držení těla, - zapojuje se do her a cvičení založených na vyjadřování a komunikaci pohybem/tanečním pohybem, - zapojuje se do herních aktivit a cvičení, v nichž získává základní dovednosti pro tvorbu v oblasti dramatické výchovy a divadla (hlasové a mluvní, pohybové, komunikační, improvizační, dovednosti pro hru v roli, skupinovou spolupráci apod.).</t>
         </is>
       </c>
       <c r="M268" s="0" t="inlineStr">
         <is>
-          <t>Využívá různé příležitosti a zkouší různé role v interpretačním a tvůrčím procesu.Zapojuje se do tvůrčího procesu, spolupracuje s ostatními, přináší vlastní nápady.Objevuje možnosti seberealizace ve tvůrčím a interpretačním procesu. Nabízí svůj podíl na tvůrčí práci nebo přijímá jemu odpovídající zadání od jiných (spolužáků, učitele). Přijímá zodpovědnost za svou individuální práci i za svůj podíl na společné tvorbě. Z rozmanitých způsobů vyjádření uměleckými prostředky a různých rolí ve tvůrčím procesu pojmenuje a zdůvodní ty, které jsou mu blízké.</t>
+          <t>Prostřednictvím her, cvičení zkoumá své tvůrčí možnosti, rozvíjí svou představivost a fantazii, získává a rozvíjí dovednosti a návyky uplatnitelné v reprodukčních, interpretačních a tvůrčích činnostech hudební, taneční a dramatické výchovy i mimo ně.Popíše, co se při těchto činnostech učil, co si zkoušel, v čem se rozvíjel, co si uvědomil.Pod vedením učitele a na základě zkušenosti z her, cvičení a tvůrčích činností koriguje svůj hlasový, mluvní, pěvecký, tělesný a pohybový projev i hru s hudebními i nehudebními nástroji a předměty.</t>
         </is>
       </c>
       <c r="N268" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do tvůrčího procesu v rolích, které odpovídají jeho dovednostem a potřebám.</t>
+          <t>Získává pomocí her a cvičení základní hudební, taneční, hlasové a pohybové dovednosti pro skupinovou interpretaci a tvorbu v oblasti hudby, tance a divadla.</t>
         </is>
       </c>
       <c r="O268" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P268" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D269" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E269" s="0" t="inlineStr">
         <is>
           <t>Interpretace, vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F269" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H269" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-001-ZV5-001</t>
+          <t>UAK-HTD-001-ZV9-001</t>
         </is>
       </c>
       <c r="I269" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se aktivně do her, cvičení a tvořivých činností, v nichž získává, upevňuje a rozvíjí základní reprodukční, interpretační i tvůrčí dovednosti.</t>
+          <t>Zapojuje se do tvůrčího procesu v různých rolích na základě svých schopností, osvojených dovedností a osobních preferencí.</t>
         </is>
       </c>
       <c r="J269" s="0" t="inlineStr">
         <is>
-          <t>Umělecké vzdělávání provázejí aktivity, při nichž žák formou různých řízených činností, her, cvičení rozvíjí svou kreativitu, zkoumá své tvůrčí možnosti a buduje základní dovednosti potřebné pro reprodukční činnosti, interpretaci a individuální i skupinovou tvorbu v oblasti hudby, kreativního tance, divadla. Žák si uvědomuje své vlastní předpoklady pro tyto činnosti i předpoklady ostatních, objevuje a rozvíjí své přirozené schopnosti.   V hudebních hrách a cvičeních (rytmických, pěveckých a intonačních, sluchových, pohybových) žák využívá a zdokonaluje své hudební schopnosti a získané dovednosti. Díky těmto činnostem rozvíjí individuální hlasový potenciál při sólovém, skupinovém nebo sborovém zpěvu, své hlasové, rytmické, instrumentální dovednosti a návyky, učí se pracovat s dechem a dechovou oporou.Zkušenosti z tanečně-pohybových aktivit přispívají k budování zdravých pohybových návyků, k posilování sebedůvěry, rozvíjejí u žáka schopnost vnímat vlastní tělo a prostor a vyjadřovat se a komunikovat pohybem. Zkušenosti z her a cvičení zaměřených na hlasové, mluvní, komunikační, improvizační dovednosti a dovednosti pro partnerskou a skupinovou spolupráci uplatní žák zejména v oblasti dramatické výchovy a divadelní tvorby, ale i mimo ni.Význam těchto činností často přesahuje do jiných oblastí žákova života, pomáhají mu vytvářet si pozitivní vztah k sobě samému, druhému, společenství.</t>
+          <t>Tvůrčí a interpretační proces je v tomto oboru velmi komplexní. Nabízí různé možnosti seberealizace a uplatnění na základě osobnostních dispozic, schopností a dovedností, nadání žáka, ale i na základě jeho role ve třídě, ve skupině. Žák sám může být interpretem (zpívá, hraje na hudební nástroje, recituje) nebo tím, kdo přímo prezentuje výsledky tvorby (hraje, tančí), může se ovšem do tvůrčího procesu zapojit i v jiné roli – může být tím, kdo pomáhá vytvářet scénu, hudební doprovod, podílí se na koncepci prezentovaného tvaru, pomáhá s tvorbou scénáře/dialogů apod. Žák tak poznává proces umělecké tvorby z různých perspektiv a objevuje své místo v něm.</t>
         </is>
       </c>
       <c r="K269" s="0" t="inlineStr">
         <is>
-          <t>zapojuje se do herních aktivit, v nichž uplatňuje svou představivost a fantazii a v nichž využívá své přirozené hlasové, mluvní a pohybové dovednosti, dovednosti pro hru s předměty a nástroji, rytmické dovednosti apod.hravou formou se seznamuje se základními prvky hudby, jako je rytmus, melodie a zpěvzkoumá možnosti svého hlasu, rytmického cítění a pohybového projevu v souvislosti s hudbouzvládá základní pohybové dovednosti.vyhledává příležitosti k pohybuvstupuje za postavu do jednoduchých rolových her a situací</t>
+          <t>Zkouší si pod vedením a s podporou učitele různé role a různé možnosti sebevyjádření v interpretačním a tvůrčím procesu.Přináší s podporou učitele nápady pro společnou práci. Reflektuje možnosti individuální a skupinové práce pro interpretaci a tvůrčí vyjádření.Zapojuje se do společných činností s oporou o dovedností a návyky získané v hrách a cvičeních. Využívá osvojené základní interpretační a tvůrčí dovednosti (hudební, taneční, pohybové) k vyjádření dějů, stavů, emocí, představ, situací a vztahů. Ve svých činnostech v jednoduché podobě propojuje prostředky a postupy vycházející z hudby, tance a divadla, ale také jiných druhů umění pojmenuje svou roli ve společném tvůrčím procesu.</t>
         </is>
       </c>
       <c r="L269" s="0" t="inlineStr">
         <is>
-          <t>přijímá pravidla a zadánízapojuje se do individuálních, párových i skupinových herních aktivit a cvičení, v nichž získává základní dovednosti a návyky uplatnitelné v reprodukčních, interpretačních a tvůrčích činnostech hudební, taneční a dramatické výchovy:- rozvíjí svou hrubou i jemnou motoriku prostřednictvím cvičení a hry jednoduchých doprovodů za pomoci předmětů či snadno ovladatelných hudebních nástrojů- sleduje průběh hudby a vnímá souvislosti s její náladou, dynamikou, tempem a svojí aktivitou - formuje svůj hlasový projev nasloucháním sama sebe i druhých - pracuje s jednoduššími rytmickými, pěveckými a intonačními cvičeními a hrami- skrze vnímání vlastního těla a pohybu si v hrách a cvičeních osvojuje principy správného a zdravého držení těla - zapojuje se do her a cvičení založených na vyjadřování a komunikaci pohybem/tanečním pohybem - zapojuje se do herních aktivit a cvičení, v nichž získává základní dovednosti pro tvorbu v oblasti dramatické výchovy a divadla (hlasové a mluvní, pohybové, komunikační, improvizační, dovednosti pro hru v roli, skupinovou spolupráci apod.) </t>
+          <t>Zkouší nové role ve společné činnosti. Přináší více vlastních nápadů a podílí se na diskusích o procesu tvorby.Hledá s větší jistotou různé způsoby, prostředky a možností, jak se vyjadřovat prostřednictvím umění. Přijímá svou odpovědnost za individuální i společnou práci a snaží se plnit úkoly samostatně i ve spolupráci s jinými. Vybírá si způsob sebevyjádření podle svých preferencí. Pojmenuje svůj přínos pro společnou práci.</t>
         </is>
       </c>
       <c r="M269" s="0" t="inlineStr">
         <is>
-          <t>Prostřednictvím her, cvičení zkoumá své tvůrčí možnosti, rozvíjí svou představivost a fantazii, získává a rozvíjí dovednosti a návyky uplatnitelné v reprodukčních, interpretačních a tvůrčích činnostech hudební, taneční a dramatické výchovy i mimo ně.Popíše, co se při těchto činnostech učil, co si zkoušel, v čem se rozvíjel, co si uvědomil.Pod vedením učitele a na základě zkušenosti z her, cvičení a tvůrčích činností koriguje svůj hlasový, mluvní, pěvecký, tělesný a pohybový projev i hru s hudebními i nehudebními nástroji a předměty.</t>
+          <t>Využívá různé příležitosti a zkouší různé role v interpretačním a tvůrčím procesu.Zapojuje se do tvůrčího procesu, spolupracuje s ostatními, přináší vlastní nápady.Objevuje možnosti seberealizace ve tvůrčím a interpretačním procesu. Nabízí svůj podíl na tvůrčí práci nebo přijímá jemu odpovídající zadání od jiných (spolužáků, učitele). Přijímá zodpovědnost za svou individuální práci i za svůj podíl na společné tvorbě. Z rozmanitých způsobů vyjádření uměleckými prostředky a různých rolí ve tvůrčím procesu pojmenuje a zdůvodní ty, které jsou mu blízké.</t>
         </is>
       </c>
       <c r="N269" s="0" t="inlineStr">
         <is>
-          <t>Získává pomocí her a cvičení základní hudební, taneční, hlasové a pohybové dovednosti pro skupinovou interpretaci a tvorbu v oblasti hudby, tance a divadla.</t>
+          <t>Zapojuje se do tvůrčího procesu v rolích, které odpovídají jeho dovednostem a potřebám.</t>
         </is>
       </c>
       <c r="O269" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P269" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D270" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E270" s="0" t="inlineStr">
         <is>
           <t>Interpretace, vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F270" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H270" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-001-ZV9-002</t>
+          <t>UAK-HTD-001-ZV5-002</t>
         </is>
       </c>
       <c r="I270" s="0" t="inlineStr">
         <is>
-          <t>Vědomě využívá své hudební schopnosti a dovednosti získané prostřednictvím vokálních, instrumentálních a hudebně pohybových činností v individuálních i skupinových aktivitách.</t>
+          <t>Využívá jednoduché postupy a prostředky vycházející z hudby, tance, divadla při samostatných i společných interpretačních a tvůrčích činnostech.</t>
         </is>
       </c>
       <c r="J270" s="0" t="inlineStr">
         <is>
-          <t>Skrze cvičení, hry, experimenty a činnosti žák prohlubuje své dovednosti a znalosti ve zpěvu, hře na nástroje a pohybu. Tvořivé činnosti, které vedou k osvojení hudebního jazyka, jsou podle individuální potřeby variovány a opakovány tak, aby žák získal dostatečnou jistotu potřebnou pro jejich prezentaci ve výsledném uměleckém tvaru. K aplikaci znalostí, dovedností, preferencí, idejí apod. dochází ve všech fázích vzdělávacího procesu od jeho počátku, výsledný umělecký tvar může po určitou dobu nebo při konkrétních činnostech absentovat (úplnou absenci nelze doporučit kvůli značnému motivačnímu potenciálu umělecké prezentace, byť na minimální úrovni) a cílem se pak stává sama cesta objevování, poznávání, sdílení, souznění, porozumění.</t>
+          <t>Žák využívá základní hudební, taneční a divadelní dovednosti při samostatných i společných interpretačních a tvůrčích činnostech, specificky potom:V oblasti hudební interpretace a tvorby: Zpívá písně v rozsahu přiměřeném individuálním schopnostem a při zpěvu využívá získané pěvecké dovednosti, rytmizuje a melodizuje jednoduché texty, využívá  snadno ovladatelné hudební nástroje (nástroje Orffova instrumentáře) k doprovodné hře, realizuje (zpěvem, hrou, tancem, doprovodnou hrou) jednoduchou melodii či píseň zapsanou pomocí not nebo jiného jednoduchého zápisu, vyjadřuje pohybem znějící hudbu (např. rytmus, dynamiku, formu, melodii). V oblasti tanečně-pohybové tvorby: Využívá své tělo a jeho pohybové možnosti jako výrazový prostředek ve svém pohybovém/tanečním projevu, ve společných kreativních pohybových hrách a jednoduchých tanečních improvizacích, s vědomím základních aspektů pohybu: prostorového, časového a dynamického. Užívá a kombinuje objevené taneční tvarosloví (pohybový slovník) v jednoduché taneční hře/etudě/kompozici, propojuje svůj pohyb s představou a s hudebním doprovodem.V oblasti divadelní tvorby: Využívá elementární divadelní formy a postupy divadla (např. rolové hry, improvizace, živé obrazy, jednoduché divadelní etudy, hru s předmětem a loutkou) ke zkoumání jemu dostupných námětů a témat a jejich sdělování.Žák se učí uplatnit tyto dovednosti v jednoduchém hudebním, pohybovém nebo divadelním výstupu nebo výstupu, který tyto prostředky propojuje. Cílem těchto činností není kopírování vzorů vytvořených učitelem (např. tanečních kroků, choreografií), pokud tato nápodoba, reprodukce není významnou součástí metodiky žákova rozvoje (např. při zpěvních nebo instrumentačních činnostech). Jejich smyslem je zejména rozvoj tvůrčích schopností a dovedností, představivosti a fantazie a žákova radost z tvorby a objevování různorodosti uměleckého vyjadřování a vlastního tvůrčího potenciálu. Učitel respektuje osobnostní nastavení žáka, jeho schopnosti a preference, pomáhá mu najít jeho místo v interpretačním a tvůrčím procesu. Podporuje prostřednictvím těchto činností žákův osobnostně sociální rozvoj, vytváří podmínky a příležitosti pro to, aby žák zažil pocit úspěchu z individuální nebo společné činnosti. Prezentace výsledků této činnosti mimo třídu (např. v rámci školních kulturních akcí, při setkání s rodiči) není primárním cílem procesu, ale může být případně jeho vhodným vyústěním. Dovednosti spojené s procesem umělecké tvorby lze žákům předávat i formou tvůrčích projektů, dílen, integrovaných tematických bloků využívajících prostředky umělecké tvorby apod. Rozvoj hudebních interpretačních dovedností vyžaduje kontinuální navazující výuku dlouhodobějšího charakteru.</t>
         </is>
       </c>
       <c r="K270" s="0" t="inlineStr">
         <is>
-          <t>zapojuje se do činností na základě (kreativního) poslechu vybrané hudbycíleně se zapojuje do hudebních her a cvičení (rytmických, pěveckých a intonačních, sluchových, pohybových), v nichž využívá a rozvíjí své hudební schopnosti a získané dovednost, vnímá v dané aktivitě svou roli i roli spolužáků pod vedením učitele a na základě zkušenosti z her, cvičení a tvůrčích činností koriguje svůj hlasový, mluvní, pěvecký, tělesný a pohybový projev i hru s hudebními i nehudebními nástroji a předměty zpívá písně v rozsahu přiměřeném k individuálním schopnostem a při zpěvu využívá získané pěvecké dovednosti rytmizuje a melodizuje jednoduché texty využívá jednoduché hudební nástroje k doprovodné hře realizuje (zpěvem, hrou, tancem, doprovodnou hrou) jednoduchou melodii či píseň zapsanou pomocí not nebo jiného jednoduchého zápisu vyjadřuje pohybem znějící hudbu (např. rytmus, dynamiku, formu, melodii) </t>
+          <t>Spontánně se vyjadřuje pohybem, hlasem, zpěvem, přijímá a vytváří různé role ve hře. Vyjadřuje své představy různými způsoby, prostředky, technikami i s využitím digitálních technologií.</t>
         </is>
       </c>
       <c r="L270" s="0" t="inlineStr">
         <is>
-          <t>vnímá sluchem falešné a čisté tóny při interpretaci své či spolužáků učí se korigovat svoji intonaci dle sluchové zkušenosti hledá správný postoj a dechovou oporu při zpěvu následuje souhru a dokáže se přizpůsobit danému tempu či dynamicedokáže zopakovat různé jednoduché rytmické či melodické úseky a po jejich osvojení si zkouší své vlastní kreativní varianty oceňuje svou originalitu i originalitu druhých (barva hlasu, rytmické a melodické nápady, ztvárnění pohybem)</t>
+          <t>V činnostech se seznamuje se základními prostředky a postupy vycházejícími z hudby, tance a divadla, ale také jiných druhů umění a s možností využívání digitálních technologií a nástrojů.Používá základní reprodukční, interpretační a tvůrčí dovednosti k vyjádření dějů, stavů, emocí, představ, situací a vztahů, specificky potom: Hudební výchova: - rozpoznává těžké a lehké doby a učí se v nich orientovat v daném tempu pod vedením učitele,- na základě zkušeností zkouší kreativní rytmický projev v rámci vybrané hudby, ať už při hře na tělo nebo na hudební či nehudební nástroj, - rozeznívá svůj hlas v různé dynamice a učí se ho podložit správným dýcháním i v uvolněném a správně postaveném držení těla, - na základě vedení učitelem se postupně učí zorientovat ve formě, dynamice, náladě hudby a demonstruje různé kvality hudby pohybem či doprovodným zvukem, hlasem, tóny jednoduchých nástrojů.Taneční a pohybová výchova: - objevuje základní pohybové a výrazové možnosti svého těla v kreativních pohybových hrách a jednoduchých tanečních improvizacích,- osvojuje si pohybové a taneční dovednosti týkající se základních aspektů pohybu: prostorového, časového a dynamického, - propojuje svůj pohyb s představou a s hudebním doprovodem, objevuje tak vlastní taneční tvarosloví (osobitý pohybový slovník). Dramatická výchova: - pod vedením učitele si v tvůrčích činnostech zkouší elementární divadelní formy a prostředky (etuda, živý obraz, rolová hra, improvizace, jednání za postavu v jednoduché situaci apod.), - s pomocí učitele a v různých rolích se zapojuje do skupinové práce při tvorbě drobného jevištního tvaru (hraje postavu, podílí na promýšlení dialogů, uspořádání jednoduché scény ve třídě, zvukovém nebo hudebním doprovodu apod.). </t>
         </is>
       </c>
       <c r="M270" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje získané pěvecké dovednosti a návyky při zpěvu i při mluvním projevu v běžném životě. Doprovodí vhodně zvolené písně či jednoduché hudební skladby různých žánrů pomocí hry na hudební nástroje, prostřednictvím využití dostupných digitálních aplikací, případně jejich kombinací.Provádí hudební experimenty. Využívá svůj hlas nebo hudební nástroje či dostupné digitální technologie ke tvorbě hudebních doprovodů, zvukových objektů či instalací. Účastní se vybraných hudebně-pohybových aktivit.</t>
+          <t>Využívá osvojené základní reprodukční, interpretační a tvůrčí dovednosti (hudební, taneční, pohybové, mluvní a komunikační) k vyjádření emocí, dějů, stavů, myšlenek, představ, situací a vztahů. Ve svých činnostech v jednoduché podobě propojuje prostředky a postupy vycházející z hudby, tance a divadla, ale také jiných druhů umění, pojmenuje svou roli ve společném tvůrčím procesu.Využívá ve svých činnostech jemu dostupné technologie a digitální nástroje (tablet, mobil apod.), dodržuje pravidla jejich využívání.</t>
         </is>
       </c>
       <c r="N270" s="0" t="inlineStr">
         <is>
-          <t>Rozvíjí a využívá získané dovednosti v individuálních nebo skupinových hudebně pohybových aktivitách, zpěvu, při hře na rytmické hudební nástroje.</t>
+          <t>Interpretuje samostatně i ve skupině jednoduché hudební celky, účastní se společné jevištní a taneční tvorby.</t>
         </is>
       </c>
       <c r="O270" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P270" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D271" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E271" s="0" t="inlineStr">
         <is>
           <t>Interpretace, vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F271" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H271" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-001-ZV5-002</t>
+          <t>UAK-HTD-001-ZV9-002</t>
         </is>
       </c>
       <c r="I271" s="0" t="inlineStr">
         <is>
-          <t>Využívá jednoduché postupy a prostředky vycházející z hudby, tance, divadla při samostatných i společných interpretačních a tvůrčích činnostech.</t>
+          <t>Vědomě využívá své hudební schopnosti a dovednosti získané prostřednictvím vokálních, instrumentálních a hudebně pohybových činností v individuálních i skupinových aktivitách.</t>
         </is>
       </c>
       <c r="J271" s="0" t="inlineStr">
         <is>
-          <t>Žák využívá základní hudební, taneční a divadelní dovednosti při samostatných i společných interpretačních a tvůrčích činnostech, specificky potom:V oblasti hudební interpretace a tvorby: Zpívá písně v rozsahu přiměřeném individuálním schopnostem a při zpěvu využívá získané pěvecké dovednosti, rytmizuje a melodizuje jednoduché texty, využívá  snadno ovladatelné hudební nástroje (nástroje Orffova instrumentáře) k doprovodné hře, realizuje (zpěvem, hrou, tancem, doprovodnou hrou) jednoduchou melodii či píseň zapsanou pomocí not nebo jiného jednoduchého zápisu, vyjadřuje pohybem znějící hudbu (např. rytmus, dynamiku, formu, melodii). V oblasti tanečně-pohybové tvorby: Využívá své tělo a jeho pohybové možnosti jako výrazový prostředek ve svém pohybovém/tanečním projevu, ve společných kreativních pohybových hrách a jednoduchých tanečních improvizacích, s vědomím základních aspektů pohybu: prostorového, časového a dynamického. Užívá a kombinuje objevené taneční tvarosloví (pohybový slovník) v jednoduché taneční hře/etudě/kompozici, propojuje svůj pohyb s představou a s hudebním doprovodem.V oblasti divadelní tvorby: Využívá elementární divadelní formy a postupy divadla (např. rolové hry, improvizace, živé obrazy, jednoduché divadelní etudy, hru s předmětem a loutkou) ke zkoumání jemu dostupných námětů a témat a jejich sdělování.Žák se učí uplatnit tyto dovednosti v jednoduchém hudebním, pohybovém nebo divadelním výstupu nebo výstupu, který tyto prostředky propojuje. Cílem těchto činností není kopírování vzorů vytvořených učitelem (např. tanečních kroků, choreografií), pokud tato nápodoba, reprodukce není významnou součástí metodiky žákova rozvoje (např. při zpěvních nebo instrumentačních činnostech). Jejich smyslem je zejména rozvoj tvůrčích schopností a dovedností, představivosti a fantazie a žákova radost z tvorby a objevování různorodosti uměleckého vyjadřování a vlastního tvůrčího potenciálu. Učitel respektuje osobnostní nastavení žáka, jeho schopnosti a preference, pomáhá mu najít jeho místo v interpretačním a tvůrčím procesu. Podporuje prostřednictvím těchto činností žákův osobnostně sociální rozvoj, vytváří podmínky a příležitosti pro to, aby žák zažil pocit úspěchu z individuální nebo společné činnosti. Prezentace výsledků této činnosti mimo třídu (např. v rámci školních kulturních akcí, při setkání s rodiči) není primárním cílem procesu, ale může být případně jeho vhodným vyústěním. Dovednosti spojené s procesem umělecké tvorby lze žákům předávat i formou tvůrčích projektů, dílen, integrovaných tematických bloků využívajících prostředky umělecké tvorby apod. Rozvoj hudebních interpretačních dovedností vyžaduje kontinuální navazující výuku dlouhodobějšího charakteru.</t>
+          <t>Skrze cvičení, hry, experimenty a činnosti žák prohlubuje své dovednosti a znalosti ve zpěvu, hře na nástroje a pohybu. Tvořivé činnosti, které vedou k osvojení hudebního jazyka, jsou podle individuální potřeby variovány a opakovány tak, aby žák získal dostatečnou jistotu potřebnou pro jejich prezentaci ve výsledném uměleckém tvaru. K aplikaci znalostí, dovedností, preferencí, idejí apod. dochází ve všech fázích vzdělávacího procesu od jeho počátku, výsledný umělecký tvar může po určitou dobu nebo při konkrétních činnostech absentovat (úplnou absenci nelze doporučit kvůli značnému motivačnímu potenciálu umělecké prezentace, byť na minimální úrovni) a cílem se pak stává sama cesta objevování, poznávání, sdílení, souznění, porozumění.</t>
         </is>
       </c>
       <c r="K271" s="0" t="inlineStr">
         <is>
-          <t>spontánně se vyjadřuje pohybem, hlasem, zpěvem, přijímá a vytváří různé role ve hře vyjadřuje své představy různými způsoby, prostředky, technikami i s využitím digitálních technologií</t>
+          <t>Zapojuje se do činností na základě (kreativního) poslechu vybrané hudby.Cíleně se zapojuje do hudebních her a cvičení (rytmických, pěveckých a intonačních, sluchových, pohybových), v nichž využívá a rozvíjí své hudební schopnosti a získané dovednost, vnímá v dané aktivitě svou roli i roli spolužáků. Pod vedením učitele a na základě zkušenosti z her, cvičení a tvůrčích činností koriguje svůj hlasový, mluvní, pěvecký, tělesný a pohybový projev i hru s hudebními i nehudebními nástroji a předměty. Zpívá písně v rozsahu přiměřeném k individuálním schopnostem a při zpěvu využívá získané pěvecké dovednosti. Rytmizuje a melodizuje jednoduché texty.Využívá jednoduché hudební nástroje k doprovodné hře. Realizuje (zpěvem, hrou, tancem, doprovodnou hrou) jednoduchou melodii či píseň zapsanou pomocí not nebo jiného jednoduchého zápisu. Vyjadřuje pohybem znějící hudbu (např. rytmus, dynamiku, formu, melodii). </t>
         </is>
       </c>
       <c r="L271" s="0" t="inlineStr">
         <is>
-          <t>v činnostech se seznamuje se základními prostředky a postupy vycházejícími z hudby, tance a divadla, ale také jiných druhů umění a s možností využívání digitálních technologií a nástrojů používá základní reprodukční, interpretační a tvůrčí dovednosti k vyjádření dějů, stavů, emocí, představ, situací a vztahů, specificky potom: Hudební výchova: - rozpoznává těžké a lehké doby a učí se v nich orientovat v daném tempu pod vedením učitele- na základě zkušeností zkouší kreativní rytmický projev v rámci vybrané hudby, ať už při hře na tělo nebo na hudební či nehudební nástroj - rozeznívá svůj hlas v různé dynamice a učí se ho podložit správným dýcháním i v uvolněném a správně postaveném držení těla - na základě vedení učitelem se postupně učí zorientovat ve formě, dynamice, náladě hudby a demonstruje různé kvality hudby pohybem či doprovodným zvukem, hlasem, tóny jednoduchých nástrojů Taneční a pohybová výchova: - objevuje základní pohybové a výrazové možnosti svého těla v kreativních pohybových hrách a jednoduchých tanečních improvizacích - osvojuje si pohybové a taneční dovednosti týkající se základních aspektů pohybu: prostorového, časového a dynamického - propojuje svůj pohyb s představou a s hudebním doprovodem, objevuje tak vlastní taneční tvarosloví (osobitý pohybový slovník) Dramatická výchova: - pod vedením učitele si v tvůrčích činnostech zkouší elementární divadelní formy a prostředky (etuda, živý obraz, rolová hra, improvizace, jednání za postavu v jednoduché situaci apod.) - s pomocí učitele a v různých rolích se zapojuje do skupinové práce při tvorbě drobného jevištního tvaru (hraje postavu, podílí na promýšlení dialogů, uspořádání jednoduché scény ve třídě, zvukovém nebo hudebním doprovodu apod.) </t>
+          <t>Vnímá sluchem falešné a čisté tóny při interpretaci své či spolužáků.Učí se korigovat svoji intonaci dle sluchové zkušenosti.Hledá správný postoj a dechovou oporu při zpěvu. Následuje souhru a dokáže se přizpůsobit danému tempu či dynamice.Dokáže zopakovat různé jednoduché rytmické či melodické úseky a po jejich osvojení si zkouší své vlastní kreativní varianty. Oceňuje svou originalitu i originalitu druhých (barva hlasu, rytmické a melodické nápady, ztvárnění pohybem).</t>
         </is>
       </c>
       <c r="M271" s="0" t="inlineStr">
         <is>
-          <t>Využívá osvojené základní reprodukční, interpretační a tvůrčí dovednosti (hudební, taneční, pohybové, mluvní a komunikační) k vyjádření emocí, dějů, stavů, myšlenek, představ, situací a vztahů. Ve svých činnostech v jednoduché podobě propojuje prostředky a postupy vycházející z hudby, tance a divadla, ale také jiných druhů umění, pojmenuje svou roli ve společném tvůrčím procesu.Využívá ve svých činnostech jemu dostupné technologie a digitální nástroje (tablet, mobil apod.), dodržuje pravidla jejich využívání.</t>
+          <t>Uplatňuje získané pěvecké dovednosti a návyky při zpěvu i při mluvním projevu v běžném životě. Doprovodí vhodně zvolené písně či jednoduché hudební skladby různých žánrů pomocí hry na hudební nástroje, prostřednictvím využití dostupných digitálních aplikací, případně jejich kombinací.Provádí hudební experimenty. Využívá svůj hlas nebo hudební nástroje či dostupné digitální technologie ke tvorbě hudebních doprovodů, zvukových objektů či instalací. Účastní se vybraných hudebně-pohybových aktivit.</t>
         </is>
       </c>
       <c r="N271" s="0" t="inlineStr">
         <is>
-          <t>Interpretuje samostatně i ve skupině jednoduché hudební celky, účastní se společné jevištní a taneční tvorby.</t>
+          <t>Rozvíjí a využívá získané dovednosti v individuálních nebo skupinových hudebně pohybových aktivitách, zpěvu, při hře na rytmické hudební nástroje.</t>
         </is>
       </c>
       <c r="O271" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P271" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D272" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
           <t>Interpretace, vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F272" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H272" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-001-ZV5-003</t>
+          <t>UAK-HTD-001-ZV9-003</t>
         </is>
       </c>
       <c r="I272" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do reflexe reprodukčních, tvůrčích a interpretačních činností s porozuměním základním oborovým pojmům.</t>
+          <t>Využívá osvojené postupy, prostředky kreativního tance k vnímání vlastního těla, k osobitému pohybovému a tanečnímu vyjadřování a k vlastní tvorbě.</t>
         </is>
       </c>
       <c r="J272" s="0" t="inlineStr">
         <is>
-          <t>Činnosti jsou završeny jednoduchými slovními reflexemi nebo tvůrčími formami reflexe (gesta nebo fyzické modelování v podobě tělových soch, zvukové vyjádření, výtvarné vyjádření apod.). Ty umožňují žákovi vyjádřit prožitek z tvůrčí a interpretační činnosti a v jednoduchých formulacích pojmenovat jeho význam pro sebe i pro skupinu.Součástí reflexe je i formulování jednoduché zpětné vazby k tvůrčím činnostem a interpretaci jiných. Cílem je to, aby se žák učil formulovat pozitivní zpětnou vazbu, přistupovat k tvorbě jiných s respektem, formulovat ocenění a nacházet inspirativní podněty pro sebe sama (vrstevnické učení). Pro zpětnou vazbu žák využívá i vlastní zkušenosti a znalosti, které získal ve tvůrčích a interpretačních činnostech. Díky vhodně formulovaným kritériím může učitel zaměřit zpětnou vazbu na kvality související s charakterem interpretace a tvorby, v přirozeném dialogu rozvíjet porozumění základním pojmům a vést žáky k jejich užívání.</t>
+          <t>Žák prohlubuje vztah k vlastnímu tělu a získané taneční a pohybové dovednosti a zručnosti. Prostřednictvím pohybu rozvíjí svou kreativitu a tělesnou inteligenci (kultivuje svůj pohybový projev, nachází oporu ve svém těle apod.). Pohybové a taneční aktivity zaměřené na vnímání vlastního těla a citlivé rozvíjení získaných pohybových návyků (vědomí tělesného těžiště, vyvážené postavení těla, funkční koordinace pohybu, propojení dechu a pohybu) jsou důležitou součástí výuky na 2. stupni, neboť pomáhají žákům vyrovnávat se s fyzickými proměnami těla v souvislosti s dospíváním. Žák se učí respektovat své tělesné a pohybové dispozice a vnímavě využívat své tělo (sebe sama) jako osobitý vyjadřovací prostředek ve tvůrčích pohybových a tanečních aktivitách. Mezi tyto aktivity patří např. kreativní taneční a pohybová zadání (etudy), strukturované improvizace a proces tvorby, ve kterém se žák učí vyjadřovat myšlenky, představy a pocity tanečním pohybem. Ve tvůrčím procesu žák zkoumá témata inspirovaná vlastním zážitkem, hudbou, vlastní fantazií, literaturou, výtvarným dílem, filmem apod. Rozvíjí schopnost vnímat a aktivně používat prostorové, časové a dynamické aspekty pohybu (např. přesnost v rytmu, prostorovou orientaci, propojení pohybu s hudbou).Umělecké vyjadřování skrze tělo je propojené s vnitřním prožíváním žáka, a proto má významný podíl na budování sebedůvěry, utváření identity a přijímání vlastní osobitosti. Skupinová tvorba podporuje žákovu schopnost spolupracovat v týmu a komunikovat se spolužáky. Při práci s vlastním tělem a hlasem je klíčové, aby učitel vytvářel ve třídě takové prostředí, ve kterém má žák pocit důvěry a bezpečí a může se rozhodnout, jakým způsobem se zapojí do prezentace výsledků tvorby. V reflexích, které jsou součástí tvůrčího procesu, se žák učí verbalizovat fyzické zkušenosti a prožitky, hovořit o pocitech, porozumět sdělení tanečního/pohybového vyjádření, naslouchat ostatním a respektovat odlišné pohledy a názory.</t>
         </is>
       </c>
       <c r="K272" s="0" t="inlineStr">
         <is>
-          <t>naslouchá zpětné vazbě učitele učitele a reaguje na ni ve své činnosti vyjadřuje verbálně i neverbálně své pocity a reakce na svou individuální i skupinovou práci rozumí jednoduchým kritériím hodnocení projevuje zájem o práci spolužáků, vyjadřuje verbálně i neverbálně jednoduchá ocenění ("líbí se mi", potleskem) v činnostech se seznamuje se základními oborovými pojmy (tón, rytmus, role, jeviště apod.) a začíná jim intuitivně rozumět</t>
+          <t>Využívá své tělo a jeho pohybové možnosti jako výrazový prostředek ve svém pohybovém / tanečním projevu, ve společných kreativních pohybových hrách a jednoduchých tanečních improvizacích, s vědomím základních aspektů pohybu: prostorového, časového a dynamického. Užívá a kombinuje objevené taneční tvarosloví (pohybový slovník) v jednoduché taneční hře / etudě / kompozici.Propojuje svůj pohyb s představou a s hudebním doprovodem. Zaměří pozornost na pohyb konkrétní části těla a na svůj fyzický nebo smyslový prožitek z tanečního pohybu.</t>
         </is>
       </c>
       <c r="L272" s="0" t="inlineStr">
         <is>
-          <t>zapojuje se do zpětné vazby vedené učitelem vyjadřuje, co ho na práci ostatních zaujalo při formulaci zpětné vazby a sebehodnocení se opírá o jednoduchá kritéria daná učitelem vyjadřuje své pocity a prožitky z individuální i skupinové činnosti, naslouchá zpětné vazbě, zamýšlí se nad svou prací a rozeznává, co mu šlo dobře, v čem by se mohl dále rozvíjet rozumí širší škále oborových pojmů, když jsou používány ve výuce nebo v rámci činnosti, a na základě toho správně reaguje</t>
+          <t>Objevuje vlastní fyzické a pohybové dispozice a pod vedením učitele zachází se svým tělem zdravě, s citem a s respektem ((např. měkký kontakt těla s podlahou, respektování funkčních zákonitostí pohybu, zdravé a správné držení těla, uvolnění nadbytečného napětí). Zaměřuje pozornost na pohybové vyjádření konkrétního aspektu pohybu nebo určené kvality pohybu (např. pohyb v určeném tempu, jasný začátek pohybu, rovný pohyb, lehký pohyb, skok, uvolnění). Propojuje svůj pohyb s představou a s hudebním doprovodem, reaguje na změny v hudebním doprovodu. Využívá různé náměty pro pohybové/taneční ztvárnění, např. hudební skladba, báseň, obraz, náladu, objekt, myšlenku Při pohybovém/tanečním projevu se s pomocí učitele soustředí na pohyb svého těla a svůj vnitřní prožitek (fyzické a smyslové vjemy, pocity) Objevuje možnosti jak zapojit digitální technologie do procesu tvorby, např. při zkoumání námětu, a seznamuje se s etickými pravidly souvisejícími s používáním digitálních technologií, pořizováním videozáznamů a jejich využívání a šíření</t>
         </is>
       </c>
       <c r="M272" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do reflexe vedené učitelem, opírá se o učitelem formulovaná kritéria hodnocení. Věnuje pozornost tvorbě jiných, dává a zdůvodňuje ocenění pro ostatní, pojmenovává, co ho na tvorbě zaujalo a čím je pro něj inspirativní. Přijímá zpětnou vazbu od učitele a spolužáků, vnímá ji jako inspiraci pro vlastní práci. Rozeznává rozdíl mezi prožitkem z individuální a skupinové tvorby a interpretace. Popíše svůj podíl na společném procesu interpretace a tvorby.Rozumí základním oborovým pojmům, s nimiž se seznámil v praktických reprodukčních, produkčních, interpretačních a tvůrčích činnostech. Využívá jemu dostupné pojmy a terminologii při popisu a případném hodnocení vlastního projevu i projevu druhých.</t>
+          <t>Zachází se svým tělem s respektem a citem na základě znalostí vlastních pohybových dispozic. Využívá své znalosti časových a prostorových aspektů pohybu. Obohacuje svůj taneční projev některými dynamickými kvalitami pohybu. Vnímá hudební doprovod a propojuje pohyb s hudbou.Pohybově/tanečně ztvární námět podle vlastního výběru, například hudební skladbu, báseň, obraz, náladu, objekt, myšlenku. Při pohybovém/tanečním projevu se soustředí na pohyb svého těla a svůj vnitřní prožitek. Využívá digitální technologie v procesu tvorby – při zkoumání námětu, pro pořizování záznamu nebo k tvůrčímu zachycení výstupu, zároveň respektuje etická pravidla související s používáním digitálních technologií, s pořizováním videozáznamů a jejich využíváním a šířením.</t>
         </is>
       </c>
       <c r="N272" s="0" t="inlineStr">
         <is>
-          <t>Reaguje na svou tvorbu i tvorbu ostatních jemu dostupnými prostředky - slovem, pohybem, zvukem či jinými nonverbálními prostředky.</t>
+          <t/>
         </is>
       </c>
       <c r="O272" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P272" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D273" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E273" s="0" t="inlineStr">
         <is>
           <t>Interpretace, vlastní tvorba a její sdílení</t>
         </is>
       </c>
       <c r="F273" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H273" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-001-ZV9-003</t>
+          <t>UAK-HTD-001-ZV5-003</t>
         </is>
       </c>
       <c r="I273" s="0" t="inlineStr">
         <is>
-          <t>Využívá osvojené postupy, prostředky kreativního tance k vnímání vlastního těla, k osobitému pohybovému a tanečnímu vyjadřování a k vlastní tvorbě.</t>
+          <t>Zapojuje se do reflexe reprodukčních, tvůrčích a interpretačních činností s porozuměním základním oborovým pojmům.</t>
         </is>
       </c>
       <c r="J273" s="0" t="inlineStr">
         <is>
-          <t>Žák prohlubuje vztah k vlastnímu tělu a získané taneční a pohybové dovednosti a zručnosti. Prostřednictvím pohybu rozvíjí svou kreativitu a tělesnou inteligenci (kultivuje svůj pohybový projev, nachází oporu ve svém těle apod.). Pohybové a taneční aktivity zaměřené na vnímání vlastního těla a citlivé rozvíjení získaných pohybových návyků (vědomí tělesného těžiště, vyvážené postavení těla, funkční koordinace pohybu, propojení dechu a pohybu) jsou důležitou součástí výuky na 2. stupni, neboť pomáhají žákům vyrovnávat se s fyzickými proměnami těla v souvislosti s dospíváním. Žák se učí respektovat své tělesné a pohybové dispozice a vnímavě využívat své tělo (sebe sama) jako osobitý vyjadřovací prostředek ve tvůrčích pohybových a tanečních aktivitách. Mezi tyto aktivity patří např. kreativní taneční a pohybová zadání (etudy), strukturované improvizace a proces tvorby, ve kterém se žák učí vyjadřovat myšlenky, představy a pocity tanečním pohybem. Ve tvůrčím procesu žák zkoumá témata inspirovaná vlastním zážitkem, hudbou, vlastní fantazií, literaturou, výtvarným dílem, filmem apod. Rozvíjí schopnost vnímat a aktivně používat prostorové, časové a dynamické aspekty pohybu (např. přesnost v rytmu, prostorovou orientaci, propojení pohybu s hudbou).Umělecké vyjadřování skrze tělo je propojené s vnitřním prožíváním žáka, a proto má významný podíl na budování sebedůvěry, utváření identity a přijímání vlastní osobitosti. Skupinová tvorba podporuje žákovu schopnost spolupracovat v týmu a komunikovat se spolužáky. Při práci s vlastním tělem a hlasem je klíčové, aby učitel vytvářel ve třídě takové prostředí, ve kterém má žák pocit důvěry a bezpečí a může se rozhodnout, jakým způsobem se zapojí do prezentace výsledků tvorby. V reflexích, které jsou součástí tvůrčího procesu, se žák učí verbalizovat fyzické zkušenosti a prožitky, hovořit o pocitech, porozumět sdělení tanečního/pohybového vyjádření, naslouchat ostatním a respektovat odlišné pohledy a názory.</t>
+          <t>Činnosti jsou završeny jednoduchými slovními reflexemi nebo tvůrčími formami reflexe (gesta nebo fyzické modelování v podobě tělových soch, zvukové vyjádření, výtvarné vyjádření apod.). Ty umožňují žákovi vyjádřit prožitek z tvůrčí a interpretační činnosti a v jednoduchých formulacích pojmenovat jeho význam pro sebe i pro skupinu.Součástí reflexe je i formulování jednoduché zpětné vazby k tvůrčím činnostem a interpretaci jiných. Cílem je to, aby se žák učil formulovat pozitivní zpětnou vazbu, přistupovat k tvorbě jiných s respektem, formulovat ocenění a nacházet inspirativní podněty pro sebe sama (vrstevnické učení). Pro zpětnou vazbu žák využívá i vlastní zkušenosti a znalosti, které získal ve tvůrčích a interpretačních činnostech. Díky vhodně formulovaným kritériím může učitel zaměřit zpětnou vazbu na kvality související s charakterem interpretace a tvorby, v přirozeném dialogu rozvíjet porozumění základním pojmům a vést žáky k jejich užívání.</t>
         </is>
       </c>
       <c r="K273" s="0" t="inlineStr">
         <is>
-          <t>využívá své tělo a jeho pohybové možnosti jako výrazový prostředek ve svém pohybovém / tanečním projevu, ve společných kreativních pohybových hrách a jednoduchých tanečních improvizacích, s vědomím základních aspektů pohybu: prostorového, časového a dynamického užívá a kombinuje objevené taneční tvarosloví (pohybový slovník) v jednoduché taneční hře / etudě / kompozici propojuje svůj pohyb s představou a s hudebním doprovodem zaměří pozornost na pohyb konkrétní části těla a na svůj fyzický nebo smyslový prožitek z tanečního pohybu</t>
+          <t>Naslouchá zpětné vazbě učitele učitele a reaguje na ni ve své činnosti. Vyjadřuje verbálně i neverbálně své pocity a reakce na svou individuální i skupinovou práci.Rozumí jednoduchým kritériím hodnocení. Projevuje zájem o práci spolužáků, vyjadřuje verbálně i neverbálně jednoduchá ocenění ("líbí se mi", potleskem). V činnostech se seznamuje se základními oborovými pojmy (tón, rytmus, role, jeviště apod.) a začíná jim intuitivně rozumět.</t>
         </is>
       </c>
       <c r="L273" s="0" t="inlineStr">
         <is>
-          <t>objevuje vlastní fyzické a pohybové dispozice a pod vedením učitele zachází se svým tělem zdravě, s citem a s respektem ((např. měkký kontakt těla s podlahou, respektování funkčních zákonitostí pohybu, zdravé a správné držení těla, uvolnění nadbytečného napětí) zaměřuje pozornost na pohybové vyjádření konkrétního aspektu pohybu nebo určené kvality pohybu (např. pohyb v určeném tempu, jasný začátek pohybu, rovný pohyb, lehký pohyb, skok, uvolnění) propojuje svůj pohyb s představou a s hudebním doprovodem, reaguje na změny v hudebním doprovodu využívá různé náměty pro pohybové/taneční ztvárnění, např. hudební skladba, báseň, obraz, náladu, objekt, myšlenku při pohybovém/tanečním projevu se s pomocí učitele soustředí na pohyb svého těla a svůj vnitřní prožitek (fyzické a smyslové vjemy, pocity) objevuje možnosti jak zapojit digitální technologie do procesu tvorby, např. při zkoumání námětu, a seznamuje se s etickými pravidly souvisejícími s používáním digitálních technologií, pořizováním videozáznamů a jejich využívání a šíření</t>
+          <t>Zapojuje se do zpětné vazby vedené učitelem vyjadřuje, co ho na práci ostatních zaujalo.Při formulaci zpětné vazby a sebehodnocení se opírá o jednoduchá kritéria daná učitelem. Vyjadřuje své pocity a prožitky z individuální i skupinové činnosti, naslouchá zpětné vazbě, zamýšlí se nad svou prací a rozeznává, co mu šlo dobře, v čem by se mohl dále rozvíjet.Rozumí širší škále oborových pojmů, když jsou používány ve výuce nebo v rámci činnosti, a na základě toho správně reaguje.</t>
         </is>
       </c>
       <c r="M273" s="0" t="inlineStr">
         <is>
-          <t>Zachází se svým tělem s respektem a citem na základě znalostí vlastních pohybových dispozic. Využívá své znalosti časových a prostorových aspektů pohybu. Obohacuje svůj taneční projev některými dynamickými kvalitami pohybu. Vnímá hudební doprovod a propojuje pohyb s hudbou.Pohybově/tanečně ztvární námět podle vlastního výběru, například hudební skladbu, báseň, obraz, náladu, objekt, myšlenku. Při pohybovém/tanečním projevu se soustředí na pohyb svého těla a svůj vnitřní prožitek. Využívá digitální technologie v procesu tvorby – při zkoumání námětu, pro pořizování záznamu nebo k tvůrčímu zachycení výstupu, zároveň respektuje etická pravidla související s používáním digitálních technologií, s pořizováním videozáznamů a jejich využíváním a šířením.</t>
+          <t>Zapojuje se do reflexe vedené učitelem, opírá se o učitelem formulovaná kritéria hodnocení. Věnuje pozornost tvorbě jiných, dává a zdůvodňuje ocenění pro ostatní, pojmenovává, co ho na tvorbě zaujalo a čím je pro něj inspirativní. Přijímá zpětnou vazbu od učitele a spolužáků, vnímá ji jako inspiraci pro vlastní práci. Rozeznává rozdíl mezi prožitkem z individuální a skupinové tvorby a interpretace. Popíše svůj podíl na společném procesu interpretace a tvorby.Rozumí základním oborovým pojmům, s nimiž se seznámil v praktických reprodukčních, produkčních, interpretačních a tvůrčích činnostech. Využívá jemu dostupné pojmy a terminologii při popisu a případném hodnocení vlastního projevu i projevu druhých.</t>
         </is>
       </c>
       <c r="N273" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Reaguje na svou tvorbu i tvorbu ostatních jemu dostupnými prostředky - slovem, pohybem, zvukem či jinými nonverbálními prostředky.</t>
         </is>
       </c>
       <c r="O273" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P273" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
@@ -22580,56 +22814,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H274" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-001-ZV9-004</t>
         </is>
       </c>
       <c r="I274" s="0" t="inlineStr">
         <is>
           <t>Využívá postupy a prostředky divadla k vlastní tvorbě, prozkoumávání témat, mezilidských vztahů a situací, poznávání sebe sama.</t>
         </is>
       </c>
       <c r="J274" s="0" t="inlineStr">
         <is>
           <t>Divadlo zobrazuje člověka a mezilidské situace a vztahy nejpřímějším způsobem – nástrojem zobrazování je sám člověk. Žák vstupuje pomocí rolové hry do postav ve fiktivních situacích, společně s ostatními v nich jedná. Využívá k tomu sebe sama – svá gesta, pohyb, hlas, může využít i předměty a loutky. Svou tvorbou zkoumá tyto situace, příběhy a mezilidské vztahy a komunikuje o nich pomocí jednoduchých divadelních prostředků. Žák je případně součástí této tvorby v jiné formě zapojení, podílí se například na přípravě, vymýšlí scénografii, tvoří scénář, podílí se na zvukovém nebo hudebním doprovodu nebo vybírá hudbu apod. Jako náměty k těmto činnostem slouží různé literární předlohy, scénáře, příběhy z reálného života, výtvarná či hudební díla, předměty. Náměty a témata by měly být žákům blízké, nabízené postupy práce by měly respektovat tzv. zónu nejbližšího rozvoje. Výsledky své práce žáci sdílejí s ostatními, ať už jako hotový malý jevištní tvar, nebo ve fázi rozpracovanosti. Nedílnou součástí této činnosti je reflexe,  která se zaměřuje na obsah (námět, látku, téma, zobrazované vztahy), na proces tvorby (spolupráci skupiny, vlastní účast na vytváření a prozkoumávání situace), její prezentaci před ostatními a na význam zkušeností získaných tvorbou pro sebe sama.</t>
         </is>
       </c>
       <c r="K274" s="0" t="inlineStr">
         <is>
-          <t>pod vedením učitele a na základě zkušenosti z her, cvičení a tvůrčích činností koriguje svůj hlasový, mluvní, tělesný a pohybový projev i hru s předměty, dokáže popsat, co se během těchto činností naučil a co zkoušel zapojuje se do herních aktivit, které rozvíjejí v herních aktivitách a cvičeních základní dovednosti pro tvorbu v oblasti dramatické výchovy jako je práce s hlasem, pohybem, prostorem, komunikací a spolupráci ve dvojici a ve skupině zapojuje se do her využívajících improvizaci a fyzické ztvárnění dějů a situací využívá elementární divadelní formy a postupy divadla (například hraje role, improvizuje, pracuje s předměty a loutkami, vytváří jednoduché etudy) ke zkoumání jemu dostupných námětů a témat a jejich sdělování * podílí se na základě svých dovedností, preferencí a zájmu na tvorbě a realizaci drobného jevištního tvaru (hraje postavu, promýšlí dialogy, připravuje scénu ve třídě, tvoří zvukový nebo hudebním doprovod apod.), pojmenuje svou roli ve společném tvůrčím procesu v tvorbě propojuje prostředky různých umění využívá jemu dostupné technologie při tvůrčích činnostech a v prezentacích, dodržuje pravidla jejich použití</t>
+          <t>Pod vedením učitele a na základě zkušenosti z her, cvičení a tvůrčích činností koriguje svůj hlasový, mluvní, tělesný a pohybový projev i hru s předměty, dokáže popsat, co se během těchto činností naučil a co zkoušel. Zapojuje se do herních aktivit, které rozvíjejí v herních aktivitách a cvičeních základní dovednosti pro tvorbu v oblasti dramatické výchovy jako je práce s hlasem, pohybem, prostorem, komunikací a spolupráci ve dvojici a ve skupině. Zapojuje se do her využívajících improvizaci a fyzické ztvárnění dějů a situací.Využívá elementární divadelní formy a postupy divadla (například hraje role, improvizuje, pracuje s předměty a loutkami, vytváří jednoduché etudy) ke zkoumání jemu dostupných námětů a témat a jejich sdělování * podílí se na základě svých dovedností, preferencí a zájmu na tvorbě a realizaci drobného jevištního tvaru (hraje postavu, promýšlí dialogy, připravuje scénu ve třídě, tvoří zvukový nebo hudebním doprovod apod.), pojmenuje svou roli ve společném tvůrčím procesu. V tvorbě propojuje prostředky různých umění.Využívá jemu dostupné technologie při tvůrčích činnostech a v prezentacích, dodržuje pravidla jejich použití.</t>
         </is>
       </c>
       <c r="L274" s="0" t="inlineStr">
         <is>
-          <t>postupně si osvojuje schopnost vstupovat za postavu do fiktivních situací při hrách a improvizacích, reflektuje své zážitky a s pomocí učitele pojmenuje téma, které situace obsahuje s jistější dovedností využívá divadelní prostředky (včetně možnosti využívání jednoduchých rekvizit, animace předmětů a loutek) k prozkoumávání témat a mezilidských vztahů v týmové tvorbě pro svou individuální i skupinovou tvorbu zkouší využívat různé náměty a zdroje (literární příběhy, příběhy a situace z reálného světa, výtvarná díla, hudební díla, poezie, předměty...) zapojuje se do komplexnějších týmových projektů, volí způsob a míru zapojení, přijímá odpovědnost za svou roli (herec/hráč, ten, kdo připravuje scénu, ozvučuje, pomáhá s tvorbou kostýmů apod.) a rozvíjí vlastní nápady zkouší do společné tvorby zapojovat různé druhy umění (hudbu, výtvarné pojetí scény a kostýmů, pohybovou stylizaci, filmové projekce, apod.)a experimentuje s technologiemi při tvorbě a prezentaci </t>
+          <t>Postupně si osvojuje schopnost vstupovat za postavu do fiktivních situací při hrách a improvizacích, reflektuje své zážitky a s pomocí učitele pojmenuje téma, které situace obsahuje. S jistější dovedností využívá divadelní prostředky (včetně možnosti využívání jednoduchých rekvizit, animace předmětů a loutek) k prozkoumávání témat a mezilidských vztahů v týmové tvorbě. Pro svou individuální i skupinovou tvorbu zkouší využívat různé náměty a zdroje (literární příběhy, příběhy a situace z reálného světa, výtvarná díla, hudební díla, poezie, předměty...). Zapojuje se do komplexnějších týmových projektů, volí způsob a míru zapojení, přijímá odpovědnost za svou roli (herec/hráč, ten, kdo připravuje scénu, ozvučuje, pomáhá s tvorbou kostýmů apod.) a rozvíjí vlastní nápady. Zkouší do společné tvorby zapojovat různé druhy umění (hudbu, výtvarné pojetí scény a kostýmů, pohybovou stylizaci, filmové projekce, apod.)a experimentuje s technologiemi při tvorbě a prezentaci. </t>
         </is>
       </c>
       <c r="M274" s="0" t="inlineStr">
         <is>
           <t>Prostřednictvím herních aktivit ve třídě (zejména rolové hry) vstupuje do fiktivních situací, reflektuje zážitek z této hry, pojmenuje svými slovy přítomné emoce a popíše význam tohoto zážitku pro pochopení témat, která situace obsahuje.Využívá jemu dosažitelné divadelní prostředky (včetně možnosti využít předměty, loutky) pro prozkoumávání myšlenek, emocí, dějů, situací, mezilidských vztahů, témat v procesu vlastní i týmové jevištní tvorby.Pro vlastní i týmovou tvorbu využívá různé náměty a zdroje.Podílí se na tvorbě drobných jevištních tvarů a prezentací pro spolužáky v jemu odpovídající týmové roli. Podle svých preferencí zapojuje do společné tvorby postupy a prostředky jiných druhů umění a jemu dostupné technologie. </t>
         </is>
       </c>
       <c r="N274" s="0" t="inlineStr">
         <is>
           <t>Využívá slovo a pohyb k znázornění jednoduchého děje nebo situace.</t>
         </is>
       </c>
       <c r="O274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P274" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="inlineStr">
@@ -22662,56 +22896,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž žák různými uměleckými prostředky vyjadřuje podle individuálních schopností svoje vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných, prezentuje svá díla a reflektuje proces individuální i skupinové tvorby.</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H275" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-001-ZV9-005</t>
         </is>
       </c>
       <c r="I275" s="0" t="inlineStr">
         <is>
           <t>Reflektuje tvůrčí a interpretační proces s využitím základních oborových pojmů.</t>
         </is>
       </c>
       <c r="J275" s="0" t="inlineStr">
         <is>
           <t>Reflexe vlastního tvůrčího procesu a schopnost dávání a přijímání zpětné vazby ke zhlédnutým výstupům spolužáků je důležitou součástí působení uměleckých oborů. Žák by měl být schopný vyjádřit se k vlastní tvorbě nebo svému podílu na ní a formulovat respektující zpětnou vazbu k tvorbě nebo výstupům spolužáků. Využívá k tomu vlastní přirozený jazyk, ale i základní pojmy náležející jednotlivým oborům. Při tvůrčích a interpretačních činnostech a reflexi rozšiřuje svůj pojmový aparát, který získal na 1. stupni a využívá osvojené základní pojmy v komunikaci. Pedagog vlastním užíváním pojmů v instrukcích, komentářích, nabízených zdrojích, zejména však vlastní otevřeností pro vyjasňování, doptávání se žáků podporuje a rozvíjí jejich dovednost pojmy aplikovat.Schopnost komunikace o díle vlastním či zhlédnutém by měla vést k rozvoji dialogu, diskuse a vzájemné inspirace mezi žáky a pedagogem a mezi žáky navzájem (vrstevnické učení).</t>
         </is>
       </c>
       <c r="K275" s="0" t="inlineStr">
         <is>
-          <t>zapojuje se do reflexe vedené učitelem, opírá se o učitelem formulovaná kritéria hodnocení rozeznává rozdíl mezi prožitkem z individuální a skupinové tvorby a interpretace popíše svůj podíl na společném procesu interpretace a tvorby věnuje pozornost tvorbě jiných, dává a zdůvodňuje ocenění pro ostatní, pojmenovává, co ho na tvorbě zaujalo a čím je pro něj inspirativní přijímá zpětnou vazbu od učitele a spolužáků, vnímá ji jako inspiraci pro vlastní práci rozumí základním oborovým pojmům, s nimiž se seznámil v praktických reprodukčních, produkčních, interpretačních a tvůrčích činnostech pracuje se současnou hudební notaci jako mezinárodní způsob záznamu hudební skladby, při nácviku, interpretaci či tvorbě, případně využívá např. grafické záznamy, partitury, obrázky, barevné karty a další pomůcky, které při těchto činnostech spolu s nápodobou zastoupí znalost notového systému </t>
+          <t>Zapojuje se do reflexe vedené učitelem, opírá se o učitelem formulovaná kritéria hodnocení. Rozeznává rozdíl mezi prožitkem z individuální a skupinové tvorby a interpretace. Popíše svůj podíl na společném procesu interpretace a tvorby. Věnuje pozornost tvorbě jiných, dává a zdůvodňuje ocenění pro ostatní, pojmenovává, co ho na tvorbě zaujalo a čím je pro něj inspirativní. Přijímá zpětnou vazbu od učitele a spolužáků, vnímá ji jako inspiraci pro vlastní práci.Rozumí základním oborovým pojmům, s nimiž se seznámil v praktických reprodukčních, produkčních, interpretačních a tvůrčích činnostech.Pracuje se současnou hudební notaci jako mezinárodní způsob záznamu hudební skladby, při nácviku, interpretaci či tvorbě, případně využívá např. grafické záznamy, partitury, obrázky, barevné karty a další pomůcky, které při těchto činnostech spolu s nápodobou zastoupí znalost notového systému.</t>
         </is>
       </c>
       <c r="L275" s="0" t="inlineStr">
         <is>
-          <t>aktivněji se zapojuje do společné reflexe, častěji v ní formuluje své názory, podporuje je argumenty, s dopomocí učitele reflektuje svoji práci při formulaci zpětné vazby využívá osvojená kritéria vnímá zpětnou vazbu jako inspiraci a podnět pro svou další práci popíše svůj podíl na společné práci a svou roli v ní inspiruje se prací ostatních a nachází v ní motivaci pro vlastní rozvoj na vhodně vybraném hudebním materiálu (např. lidové písni, úryvku artificiální, nonartificiální hudby) se seznámí s hudebními pojmy a názvoslovím od nejzákladnějších (kvality tónu, takt, notové hodnoty) po náročnější (hudebně výrazové prostředky/kvality, tempová a interpretační označení) v činnostech si osvojuje taneční pojmy - hlavní vertikální osa těla, pohybový princip, prostorové úrovně, směry, půdorysné a vzdušné prostorové dráhy, vedený pohyb, kontrast, frázování, improvizace, kompozice, choreografie... v činnostech si osvojuje divadelní pojmy - např. dialog, monolog, kompozice, imaginární rekvizita, dramatická situace, jednání, scénografie ...</t>
+          <t>Aktivněji se zapojuje do společné reflexe, častěji v ní formuluje své názory, podporuje je argumenty, s dopomocí učitele reflektuje svoji práci. Při formulaci zpětné vazby využívá osvojená kritéria. Vnímá zpětnou vazbu jako inspiraci a podnět pro svou další práci. Popíše svůj podíl na společné práci a svou roli v ní.Inspiruje se prací ostatních a nachází v ní motivaci pro vlastní rozvoj. Na vhodně vybraném hudebním materiálu (např. lidové písni, úryvku artificiální, nonartificiální hudby) se seznámí s hudebními pojmy a názvoslovím od nejzákladnějších (kvality tónu, takt, notové hodnoty) po náročnější (hudebně výrazové prostředky/kvality, tempová a interpretační označení). V činnostech si osvojuje taneční pojmy - hlavní vertikální osa těla, pohybový princip, prostorové úrovně, směry, půdorysné a vzdušné prostorové dráhy, vedený pohyb, kontrast, frázování, improvizace, kompozice, choreografie... V činnostech si osvojuje divadelní pojmy - např. dialog, monolog, kompozice, imaginární rekvizita, dramatická situace, jednání, scénografie ...</t>
         </is>
       </c>
       <c r="M275" s="0" t="inlineStr">
         <is>
           <t>Formuluje, co si díky reprodukční, interpretační a tvůrčí činnosti vyzkoušel, co se mu dařilo, co pro něj bylo těžké, co významného mu taková zkušenost dala, co se díky ní naučil apod. Sdělí, jak a čím se podílel na společném tvůrčím a interpretačním procesu, jak se do něj zapojil. Popíše pocit z tvorby a realizace svého záměru směrem k divákům/posluchačům (nejčastěji jsou jimi spolužáci ve třídě), případně zhodnotí proces společné tvorby a realizaci společného záměru.Zapojuje se do zpětnovazebního rozhovoru, respektuje kritéria zpětné vazby. Formuluje a argumentuje důvodná ocenění sobě i jiným, chybu a neúspěch vnímá jako potřebnou zkušenost pro svůj rozvoj, hledání nových cest a zlepšování individuálních i týmových dovedností. Poučeně a s respektem k sobě i ostatním využívá v činnostech osvojené pojmy a terminologii při nácviku, interpretaci, individuální i skupinové tvorbě a jejich reflexi.</t>
         </is>
       </c>
       <c r="N275" s="0" t="inlineStr">
         <is>
           <t>Sdílí s ostatními výsledky své tvorby, přijímá jednoduchou zpětnou vazbu.</t>
         </is>
       </c>
       <c r="O275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P275" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="inlineStr">
@@ -22724,168 +22958,168 @@
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D276" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E276" s="0" t="inlineStr">
         <is>
           <t>Recepce a reflexe uměleckého díla</t>
         </is>
       </c>
       <c r="F276" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H276" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-002-ZV9-006</t>
+          <t>UAK-HTD-002-ZV5-004</t>
         </is>
       </c>
       <c r="I276" s="0" t="inlineStr">
         <is>
-          <t>Oceňuje díky zkušenostem získaným z poslechových činností kvalitu a přínos hudebního díla.</t>
+          <t>Rozvíjí a buduje svůj vztah k hudbě pomocí poslechových činností a propojuje svou zkušenost se základními prvky hudební řeči.</t>
         </is>
       </c>
       <c r="J276" s="0" t="inlineStr">
         <is>
-          <t>Žák aktivně a pozorně vnímá znějící hudbu a poznává ji v jejích různých žánrových a stylových i funkčních podobách. Poslechové činnosti, jako jsou pohybová ztvárnění, používání hudebních i nehudebních pomůcek, dramatizace, práce s textem či notovým záznamem apod., otevírají cestu k chápání kulturního odkazu hudebních kompozic. Na základě poslechové zkušenosti hudebních děl či jejich ukázek si žák tvoří svůj osobní vztah k jednotlivým dílům, autorům, obdobím či stylům. Učí se hudbu analyzovat a hodnotit. Buduje a posiluje svůj vkus. Vnímá souvislosti s dalšími uměleckými projevy a obory, má také základní povědomí o historickém zázemí vzniklého díla.</t>
+          <t>Poslech buduje elementární základy hudební percepce a patří k prvotním formám kontaktu žáka s hudbou. Poslechové činnosti jsou tvořivé aktivity, které využívají a propojují více oblastí najednou – např. pohybovým či výtvarným vyjádřením hudby, dramatizací úseku hudebního díla, použitím jednoduchých hudebních i nehudebních nástrojů (pomůcek) – a tím vytvářejí prostor pro aktivní poslech. Díky emocionálnímu prožívání otevírají cesty k pochopení a vnímání základních stavebních prvků hudby a k hlubšímu porozumění obsahu hudby, tzv. apercepci. Tvořivé poslechové činnosti podporují hudební představivost, paměť a analýzu.</t>
         </is>
       </c>
       <c r="K276" s="0" t="inlineStr">
         <is>
-          <t>prostřednictvím poslechových činností si žák buduje elementární základy hudební percepcepozorně a citlivě vnímá vhodně vybrané hudební skladbu či její částje schopen emocionálně reagovat na atmosféru zvolené hudby pojmenuje v proudu znějící hudby některé výrazné hudební znaky (např. tempo, dynamiku, kontrasty, změny nálad, některé hudební nástroje) v rámci tvořivého poslechu se aktivně zapojuje do činností, při nichž využívá získané dovednosti vyjádří se k znějící hudbě a využívá k tomu získané hudební poznatky a dovednosti i zkušenosti z tvořivých aktivit rozumí základním pojmům jednotlivých umění při komunikaci o uměleckém díle (např. dirigent, orchestr, herec, tanečník, jeviště apod.) ve zhlédnutém nebo poslechnutém díle pojmenuje zřetelné výrazové prostředky a tím získává základní orientaci v performativních druzích umění (hudba, divadlo, tanec)</t>
+          <t>Vnímá rozdíly mezi tichou a hlasitou hudbou, rychlým či pomalým tempem.Dokáže reagovat na hudbu pohybem (tleskání v rytmu, chůze v tempu hudby, napodobováním rytmických úseků, apod.). Naslouchá jednoduchým skladbám či krátkým úsekům hudby, vyjadřuje své pocity a zážitky pomocí slov, obrázků, neverbálních projevů. Zapojuje se do jednoduchých aktivit propojených s poslechem hudby a vnímá v dané aktivitě svou roli i roli spolužáků.</t>
         </is>
       </c>
       <c r="L276" s="0" t="inlineStr">
         <is>
-          <t>prostřednictvím poslechových činností hledá svůj vztah k poslouchané hudební ukázce či vyslechnutému hudebnímu dílu učí se propojovat činnosti v průběhu znějící hudby tak, aby přirozeně ztvárňovaly výrazové prvky či významové aspekty hudebního díla je schopen diskutovat s využitím získávaných vědomostí a jemu dostupné terminologie o kvalitě hudební i interpretační a porovnávat mezi sebou vybraná díla z hlediska kvality reprodukce, způsobu interpretace apod. dále si rozvíjí vnímání hudebních znaků - jejich využití ve znějící hudbě (rytmus, harmonie, dynamika, kontrast, gradace, instrumentace, zvukomalba, styl) hledá souvislosti mezi daným dílem a dobou jeho vznikusleduje svůj vklad či roli při poslechových činnostech a stejně tak i vklad či roli svých spolužáků učí se spolupráci se spolužáky a vnímá sílu okamžiku při poslechu i navázané činnosti </t>
+          <t>Rozvíjí schopnost rozpoznávat hudební prvky, jako je tempo (pomalu / rychle, zrychlování / zpomalování) a rytmus (těžká / lehká doba), dynamika (hlasitě / potichu), reaguje na tyto prvky v rámci svých činností.Tříbí schopnost rozpoznávat sluchem barvu tónu či zrakem podobu některých hudebních nástrojů. Rozlišuje různé nálady v hudbě (veselá /smutná, klidná / dramatická). Aktivně se zapojuje do tvořivých aktivit souvisejících s poslechem hudby. V aktivitách vnímá smysl svého zapojení, tak i zapojení ostatních spolužáků a učí se spolupracovat.Rozvíjí své dovednosti při používání jednoduchých hudebních i nehudebních nástrojů.</t>
         </is>
       </c>
       <c r="M276" s="0" t="inlineStr">
         <is>
-          <t>Dokáže soustředěně a citlivě vnímat poslouchané dílo na základě učitelovy motivace. Je schopný rozlišit výrazné hudební znaky ve znějící hudbě (tempo, dynamiku, kontrasty, gradace, výrazové prostředky). Orientuje se ve formální struktuře poslouchané skladby či písně a dokáže pod vedením učitele rozpoznat hudební myšlenky. Při poslechu oceňuje interpretační vklad, hledá jeho kvality a přínos.Slovně vyjádří vlastní názor na poslouchanou skladbu na základě svých individuálních hudebních znalostí a zkušeností, zaujme kritický postoj k danému dílu.Dokáže vnímat umělecké hodnoty díla napříč všemi styly a žánry, přemýšlí o významu poslouchané hudby, o jejím textovém, dobovém poselství, uvědomuje si proměnu v roli posluchače (zvláště u nonartificiální hudby).Pojmenuje svůj vztah k hudbě a k její umělecké hodnotě, posiluje estetické vnímání.Zhodnotí vyzkoušené role v poslechových činnostech a projeví své preference.</t>
+          <t>Prostřednictvím poslechových činností si žák buduje elementární základy hudební percepce.Pozorně a citlivě vnímá vhodně vybrané hudební dílo. Je schopný emocionálně reagovat na atmosféru zvolené hudby. Pojmenuje v proudu znějící hudby některé výrazné hudební znaky (např. tempo, dynamiku, kontrasty, změny nálad, některé hudební nástroje). V rámci tvořivého poslechu se aktivně zapojuje do činností, při nichž využívá získané dovednosti. Vyjádří se ke znějící hudbě a využívá k tomu získané hudební poznatky a dovednosti i zkušenosti z tvořivých aktivit. </t>
         </is>
       </c>
       <c r="N276" s="0" t="inlineStr">
         <is>
-          <t>Rozvíjí svůj vztah k hudbě pomocí poslechových činností.</t>
+          <t>Buduje svůj vztah k hudbě pomocí poslechových činností.</t>
         </is>
       </c>
       <c r="O276" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P276" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
           <t>Hudební, taneční a dramatická výchova</t>
         </is>
       </c>
       <c r="D277" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Hudební, taneční a dramatická výchova je primárně založený na využívání sebe sama (svého těla, hlasu, pohybu, instrumentačních dovedností) jako prostředku uměleckého vyjádření. Jeho podstatou je bezprostřední a jedinečné setkání umělce a diváka/posluchače, ať už se jedná o setkání se spolužáky ve třídě nebo se živým uměním v autentickém prostředí mimo školu.  V tematickém okruhu Interpretace, vlastní tvorba a její sdílení jsou akcentovány činnosti rozvíjející múzické dovednosti žáka. Rozvíjejí reprodukční, interpretační a tvůrčí vyjadřování žáka a dovednost komunikovat prostřednictvím osvojených vyjadřovacích prostředků umění – uměleckých druhů od prosté nápodoby, po  interpretaci, vlastní tvorbu až po sdílení vlastní tvorby s diváky/posluchači. Působí na rozvoj žákovy jedinečné osobnosti v její celistvosti. Dávají prostor pro seberealizaci, podněcují fantazii a posilují emoční inteligenci. V procesu tvorby žák rozvíjí a kultivuje své vyjadřovací schopnosti, verbální i neverbální komunikaci, empatii a sociální inteligenci, vnímavou pozornost a respekt vůči sobě, prostředí i společenství. Na 1. stupni vycházejí tvůrčí činnosti z dětské hravosti, spontaneity a přirozené potřeby vyjadřovat se hlasem, pohybem a hrou. Na 2. stupni nabízejí tvůrčí a umělecké činnosti žákovi širokou škálu možností individuální volby výrazových prostředků pro své vlastní sdělení, zároveň mu umožňují přijímat různé role ve společném tvůrčím nebo interpretačním procesu a budují schopnost týmové spolupráce. Žák nachází vlastní preference a uvědomuje si význam těchto činností pro svůj rozvoj. Hudební činnosti specificky rozvíjejí hudební schopnosti žáka, jež se následně projevují individuálními hudebními dovednostmi sluchovými, rytmickými, pěveckými, intonačními, instrumentálními, hudebně pohybovými, hudebně tvořivými a poslechovými. Vedou žáka k porozumění hudebnímu umění, aktivnímu vnímání hudby a zpěvu a k jejich využívání jako svébytného prostředku komunikace. Pro budování těchto dovedností je potřebná pravidelnost, dlouhodobost a kontinuita.Tvůrčí a interpretační činnosti vycházející z kreativního tance pomáhají žákovi vytvářet trvalé vztahy mezi myšlením, prožíváním a fyzickou složkou. Prostřednictvím kreativních pohybových her, taneční tvorby a improvizace rozvíjí žák své osobité pohybové a taneční vyjadřování, citovost, citlivost a tělesnou inteligenci. S respektem k individuálním dispozicím vede učitel žáka k sebepoznávání skrze pohyb, k vnímání vlastního těla, posilování sebedůvěry a k pochopení významu pohybu. Tvůrčí činnosti vycházející z divadla zobrazují uměleckými prostředky svět mezilidských vztahů a situací. Žák v individuální, ale zejména skupinové a týmové tvorbě využívá prostředky divadla ke komunikaci s divákem, ale i k prozkoumávání situací, vztahů, příběhů, témat. Skrze improvizace, hry, divadelní tvorbu a jejich reflexi se tak učí porozumět jak prostředkům a postupům divadla, tak sobě samému, druhým, objevovat svět okolo sebe z nových perspektiv.  V tematickém okruhu Recepce a reflexe uměleckého díla dostává žák na 1. stupni příležitost sdílet spolu s ostatními zážitek ze setkání s uměleckým dílem a vypovídat o něm přirozeným jazykem nebo skrze vlastní tvůrčí činnost. Na 2. stupni popisuje svůj zážitek s porozuměním základním prostředkům, struktuře i významu díla. Žák se může s uměleckými díly seznamovat zprostředkovaně formou audiozáznamů a videozáznamů, ale škola by měla umožnit i přímý kontakt se živým uměním. Ten rozvíjí porozumění žáka podstatě tohoto oboru a žákovy schopnosti vnímat umělecká díla v autentickém a jedinečném okamžiku setkání umělce a diváka/posluchače. V tematickém okruhu Kulturní povědomí a jednání se žák učí porozumět významu živého umění a kultury pro sebe i pro společnost. Seznamuje se s příklady různých kulturních aktivit, tradic, institucí, zejména v místě, kde žije, ve svém regionu a na 2. stupni i v širším měřítku. Poznává živé umění a kulturu v jejich diverzitě, pestrosti a hledá si k nim svůj osobní vztah. Vzhledem k provázanosti oboru se živým uměním a kulturou je pro naplňování jeho cílů vítaná spolupráce školy s uměleckými a kulturními institucemi, základními uměleckými školami, institucemi neformálního vzdělávání, umělci z praxe. </t>
         </is>
       </c>
       <c r="E277" s="0" t="inlineStr">
         <is>
           <t>Recepce a reflexe uměleckého díla</t>
         </is>
       </c>
       <c r="F277" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H277" s="0" t="inlineStr">
         <is>
-          <t>UAK-HTD-002-ZV5-004</t>
+          <t>UAK-HTD-002-ZV9-006</t>
         </is>
       </c>
       <c r="I277" s="0" t="inlineStr">
         <is>
-          <t>Rozvíjí a buduje svůj vztah k hudbě pomocí poslechových činností a propojuje svou zkušenost se základními prvky hudební řeči.</t>
+          <t>Oceňuje díky zkušenostem získaným z poslechových činností kvalitu a přínos hudebního díla.</t>
         </is>
       </c>
       <c r="J277" s="0" t="inlineStr">
         <is>
-          <t>Poslech buduje elementární základy hudební percepce a patří k prvotním formám kontaktu žáka s hudbou. Poslechové činnosti jsou tvořivé aktivity, které využívají a propojují více oblastí najednou – např. pohybovým či výtvarným vyjádřením hudby, dramatizací úseku hudebního díla, použitím jednoduchých hudebních i nehudebních nástrojů (pomůcek) – a tím vytvářejí prostor pro aktivní poslech. Díky emocionálnímu prožívání otevírají cesty k pochopení a vnímání základních stavebních prvků hudby a k hlubšímu porozumění obsahu hudby, tzv. apercepci. Tvořivé poslechové činnosti podporují hudební představivost, paměť a analýzu.</t>
+          <t>Žák aktivně a pozorně vnímá znějící hudbu a poznává ji v jejích různých žánrových a stylových i funkčních podobách. Poslechové činnosti, jako jsou pohybová ztvárnění, používání hudebních i nehudebních pomůcek, dramatizace, práce s textem či notovým záznamem apod., otevírají cestu k chápání kulturního odkazu hudebních kompozic. Na základě poslechové zkušenosti hudebních děl či jejich ukázek si žák tvoří svůj osobní vztah k jednotlivým dílům, autorům, obdobím či stylům. Učí se hudbu analyzovat a hodnotit. Buduje a posiluje svůj vkus. Vnímá souvislosti s dalšími uměleckými projevy a obory, má také základní povědomí o historickém zázemí vzniklého díla.</t>
         </is>
       </c>
       <c r="K277" s="0" t="inlineStr">
         <is>
-          <t>vnímá rozdíly mezi tichou a hlasitou hudbou, rychlým či pomalým tempemdokáže reagovat na hudbu pohybem (tleskání v rytmu, chůze v tempu hudby, napodobováním rytmických úseků, apod.) naslouchá jednoduchým skladbám či krátkým úsekům hudby, vyjadřuje své pocity a zážitky pomocí slov, obrázků, neverbálních projevů zapojuje se do jednoduchých aktivit propojených s poslechem hudby a vnímá v dané aktivitě svou roli i roli spolužáků</t>
+          <t>Prostřednictvím poslechových činností si žák buduje elementární základy hudební percepce.Pozorně a citlivě vnímá vhodně vybrané hudební skladbu či její část.Je schopen emocionálně reagovat na atmosféru zvolené hudby.Pojmenuje v proudu znějící hudby některé výrazné hudební znaky (např. tempo, dynamiku, kontrasty, změny nálad, některé hudební nástroje). V rámci tvořivého poslechu se aktivně zapojuje do činností, při nichž využívá získané dovednosti. Vyjádří se k znějící hudbě a využívá k tomu získané hudební poznatky a dovednosti i zkušenosti z tvořivých aktivit.Rozumí základním pojmům jednotlivých umění při komunikaci o uměleckém díle (např. dirigent, orchestr, herec, tanečník, jeviště apod.). Ve zhlédnutém nebo poslechnutém díle pojmenuje zřetelné výrazové prostředky a tím získává základní orientaci v performativních druzích umění (hudba, divadlo, tanec).</t>
         </is>
       </c>
       <c r="L277" s="0" t="inlineStr">
         <is>
-          <t>rozvíjí schopnost rozpoznávat hudební prvky, jako je tempo (pomalu / rychle, zrychlování / zpomalování) a rytmus (těžká / lehká doba), dynamika (hlasitě / potichu), reaguje na tyto prvky v rámci svých činností tříbí schopnost rozpoznávat sluchem barvu tónu či zrakem podobu některých hudebních nástrojů rozlišuje různé nálady v hudbě (veselá /smutná, klidná / dramatická) * aktivně se zapojuje do tvořivých aktivit souvisejících s poslechem hudby v aktivitách vnímá smysl svého zapojení, tak i zapojení ostatních spolužáků a učí se spolupracovat rozvíjí své dovednosti při používání jednoduchých hudebních i nehudebních nástrojů</t>
+          <t>Prostřednictvím poslechových činností hledá svůj vztah k poslouchané hudební ukázce či vyslechnutému hudebnímu dílu. Učí se propojovat činnosti v průběhu znějící hudby tak, aby přirozeně ztvárňovaly výrazové prvky či významové aspekty hudebního díla. Je schopen diskutovat s využitím získávaných vědomostí a jemu dostupné terminologie o kvalitě hudební i interpretační a porovnávat mezi sebou vybraná díla z hlediska kvality reprodukce, způsobu interpretace apod. Dále si rozvíjí vnímání hudebních znaků - jejich využití ve znějící hudbě (rytmus, harmonie, dynamika, kontrast, gradace, instrumentace, zvukomalba, styl). Hledá souvislosti mezi daným dílem a dobou jeho vzniku.Sleduje svůj vklad či roli při poslechových činnostech a stejně tak i vklad či roli svých spolužáků.Učí se spolupráci se spolužáky a vnímá sílu okamžiku při poslechu i navázané činnosti.</t>
         </is>
       </c>
       <c r="M277" s="0" t="inlineStr">
         <is>
-          <t>Prostřednictvím poslechových činností si žák buduje elementární základy hudební percepce.Pozorně a citlivě vnímá vhodně vybrané hudební dílo. Je schopný emocionálně reagovat na atmosféru zvolené hudby. Pojmenuje v proudu znějící hudby některé výrazné hudební znaky (např. tempo, dynamiku, kontrasty, změny nálad, některé hudební nástroje). V rámci tvořivého poslechu se aktivně zapojuje do činností, při nichž využívá získané dovednosti. Vyjádří se ke znějící hudbě a využívá k tomu získané hudební poznatky a dovednosti i zkušenosti z tvořivých aktivit. </t>
+          <t>Dokáže soustředěně a citlivě vnímat poslouchané dílo na základě učitelovy motivace. Je schopný rozlišit výrazné hudební znaky ve znějící hudbě (tempo, dynamiku, kontrasty, gradace, výrazové prostředky). Orientuje se ve formální struktuře poslouchané skladby či písně a dokáže pod vedením učitele rozpoznat hudební myšlenky. Při poslechu oceňuje interpretační vklad, hledá jeho kvality a přínos.Slovně vyjádří vlastní názor na poslouchanou skladbu na základě svých individuálních hudebních znalostí a zkušeností, zaujme kritický postoj k danému dílu.Dokáže vnímat umělecké hodnoty díla napříč všemi styly a žánry, přemýšlí o významu poslouchané hudby, o jejím textovém, dobovém poselství, uvědomuje si proměnu v roli posluchače (zvláště u nonartificiální hudby).Pojmenuje svůj vztah k hudbě a k její umělecké hodnotě, posiluje estetické vnímání.Zhodnotí vyzkoušené role v poslechových činnostech a projeví své preference.</t>
         </is>
       </c>
       <c r="N277" s="0" t="inlineStr">
         <is>
-          <t>Buduje svůj vztah k hudbě pomocí poslechových činností.</t>
+          <t>Rozvíjí svůj vztah k hudbě pomocí poslechových činností.</t>
         </is>
       </c>
       <c r="O277" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P277" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="inlineStr">
         <is>
           <t>Umění a kultura</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Umění a kultura poskytuje žákovi rozmanité příležitosti k vlastní tvorbě a interpretaci, ke komunikaci uměleckými prostředky, k estetickému vnímání a prožívání světa i jeho utváření. Umožňuje žákovi uvědomit si a rozvíjet vlastní kreativitu a porozumět procesu tvorby a interpretace, především na základě vlastních tvůrčích činností a přímé zkušenosti ze setkání s uměleckými díly. Umělecké myšlení obohacuje přístupy ve vzdělávání o rovinu osobní, intuitivní a citovou a v tandemu s vědeckým a exaktním vnímáním světa podporuje komplexně osobnostní rozvoj žáka. Vzdělávací oblast pomáhá utvářet žákův vztah k uměleckému a kulturnímu dědictví, zároveň mu přibližuje diverzitu umělecké tvorby a kulturních projevů. Cílem oblasti je vybavit žáka nejen soubory znalostí, dovedností, osobnostních kvalit a hodnot specifických pro obory uměleckého vzdělávání, ale i takových, které uplatní mimo umělecké pole, v celoživotním vzdělávání a každodenním životě.Důrazem na wellbeing žáků může oblast Umění a kultura významně přispět k jejich psychické pohodě, ke kultivaci vzájemných vztahů a celkově k pozitivnímu klimatu školního společenství. Pomáhá vytvářet prostředí, které je vnímavé k individualitě každého žáka, respektuje a podporuje různorodost a zároveň vytváří prostor pro spolupráci, sdílení a společné tvoření. Rozmanité tvůrčí a interpretační činnosti poskytují všem žákům bez rozdílu příležitosti k sebepoznání, seberealizaci, participaci na společném díle, na uměleckém a kulturním dění školy, komunity, místa.  Vzdělávací oblast Umění a kultura je tvořená vzdělávacími obsahy výtvarné výchovy, hudební výchovy, dramatické výchovy, taneční a pohybové výchovy a filmové výchovy. Tyto obsahy jsou rozčleněné do dvou vzdělávacích oborů: Výtvarná a filmová výchova a Hudební, taneční a dramatická výchova. Škola by měla hledat/vytvářet příležitosti k propojování obou oborů tak, aby žák poznával uměleckou tvorbu v její provázanosti, integritě, komplexnosti. Obsahy dvou vzdělávacích oborů jsou rozdělené do tří tematických okruhů: Vlastní tvorba a její sdílení / Interpretace, vlastní tvorba a její sdílení [1] – žák různými uměleckými prostředky vyjadřuje podle individuálních schopností své vjemy, pocity, prožitky, představy, myšlenky, zpracovává různé náměty a témata, interpretuje díla jiných nebo prezentuje svá a reflektuje proces individuální i skupinové tvorby a interpretace. Recepce a reflexe uměleckého díla – žák se setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním. Kulturní povědomí a jednání – žák přirozeně utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Obsahy a cíle tematického okruhu podporují místně zakotvené učení a identifikaci s místem, ve kterém žák žije. Základní formou realizace Výtvarné a filmové výchovy a Hudební, taneční a dramatické výchovy je na obou stupních pravidelná kontinuální výuka. Škola si pro vybrané vzdělávací obsahy ovšem může zvolit další formy realizace – umělecké tematické bloky, tvůrčí dílny, třídní nebo školní projekty. Pro všechny formy výuky je vhodná spolupráce se základními uměleckými školami, uměleckými a kulturními institucemi a organizacemi nebo spolupráce učitele a výkonného umělce. Tato spolupráce vytváří příležitosti pro to, aby se žák setkal s uměleckými obsahy v různých kontextech, mohl vnímat umělecká díla v jejich původní podobě a v autentickém prostředí nebo měl možnost přímého setkání se živým uměním, ať už se jedná o divadlo, tanec, nebo hudbu aj. Zprostředkování zpětné vazby u jakékoli tvůrčí činnosti a autorského výstupu musí vždy probíhat v atmosféře vzájemné důvěry a respektu k jedinečnosti každého žáka. Důležité je podporovat vnitřní motivaci žáka, jeho osobní nasazení a zodpovědnost provázející celý tvůrčí proces. K hodnocení je zapotřebí přistupovat z pohledu pokroku žáka, v souvislosti s dovednostmi, kterých již dosáhl, a s důrazem na kvalitu jeho zapojení se do procesu tvorby. V hodnocení lze ocenit i žákovu chuť rozvíjet své dovednosti, tvořit, experimentovat a dále pracovat na díle s vědomím, že se jedná o výsledek určité etapy tvorby. V hodnocení je důležité věnovat pozornost i míře žákova zapojení do reflexí a společných diskusí o vlastní tvorbě a interpretaci i o uměleckém díle. [1]  V oboru Hudební, taneční a dramatická výchova mají velký význam i interpretační činnosti. Interpretací rozumíme způsob, jakým žák přistupuje k původnímu uměleckému dílu a jak ho předává posluchačům nebo divákům. </t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
@@ -22908,56 +23142,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H278" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-002-ZV9-007</t>
         </is>
       </c>
       <c r="I278" s="0" t="inlineStr">
         <is>
           <t>Využívá získané zkušenosti a znalosti k vlastnímu výkladu uměleckého díla a jeho základní analýze.</t>
         </is>
       </c>
       <c r="J278" s="0" t="inlineStr">
         <is>
           <t>Setkání s uměleckými díly umožňuje žákovi lépe porozumět jeho citovému prožívání a sdílet ho s ostatními. Je impulzem pro vlastní výklad uměleckého díla s respektem k výkladům spolužáků. Setkání s uměleckými díly z oblasti hudby, tance nebo divadla v autentickém prostředí (divadla, koncertní síně, veřejný prostor) je pro porozumění podstatě tohoto oboru zásadní. Autentickým prostředím může být i škola, pokud je program, představení pro toto prostředí vytvořeno. Setkávání se s uměleckými díly pomocí kvalitních záznamů jsou vhodným doplňkem poznávání performativních druhů umění. Žák může vlastní výklad uměleckého díla vyjádřit slovně, písemně, ve vzájemné diskusi nebo následnými tvůrčími činnostmi. Analýzu díla opírá žák o zkušenosti a znalosti, které získal v předchozích tvůrčích a reflektivních činnostech. Cílem není zevrubná a hluboká analýza, ale budování žákovy dovednosti objektivnějšího posuzování díla, využívání nabytých znalostí a zkušeností jako nástroje k přemýšlení o druhu a žánru díla, jeho struktuře, významu použitých prostředků pro celkové vyznění díla - specificky potom:Hudební dílo: Popíše sledované hudební představení a jeho složky (např. hudební styl a žánr, autory a interprety, zastoupení hudebních nástrojů, sólový a sborový zpěv, akustické či nazvučené provedení), vyjádří se k celkové stavbě hudebního programu (např. ocení dramaturgii, gradaci, vhodnost vybraných skladeb), zhodnotí, která část programu nebo skladba se mu líbila a proč…Tanec: Popíše sledované taneční představení (popis jednotlivých scén, postav a jejich vzájemných vztahů, pohybového ztvárnění), pojmenuje myšlenky a témata, které v představení nachází (o čem to bylo), a pro něj významná sdělení (co s ním rezonovalo), uvede příklady uměleckých prostředků, které byly použity k vyjádření myšlenek a citových pohnutek v tanečním díle (např. propojení hudby a choreografie, využití prostoru, rekvizit, scénického designu, kostýmu, světelných efektů, zvukového designu)…Divadlo: Popíše sledované divadelní představení a jeho klíčové momenty, jako jsou postavy a jejich vzájemné vztahy, uvede, jaké umělecké prostředky byly použity k vytvoření atmosféry a jak přispěly k vyjádření příběhu, pojmenuje témata, která v představení nachází, a pro něj významná sdělení…</t>
         </is>
       </c>
       <c r="K278" s="0" t="inlineStr">
         <is>
-          <t>v učitelem řízené činnosti vyjadřuje své pocity a myšlenky po zhlédnutí uměleckého vystoupení, sděluje je jemu odpovídajícími způsoby (slovně, výtvarně, pohybově, zvukově apod.) popíše , co se mu na představení líbilo, a pokouší se říct, proč analyzuje dílo na základě jeho druhu:Hudební dílo: - popíše, jaké hudební nástroje slyšel, a kdo zpíval nebo hrál- řekne, co se mu na hudebním vystoupení líbilo nebo nelíbilo a proč Tanec: - popíše, co viděl v tanečním představení, a jak se tanečníci pohybovali- pojmenuje, co se mu na tanci líbilo a proč, a jaké emoce v něm vyvolával Divadlo: - popíše děj inscenace - sdělí vlastními slovy, o čem bylo divadelní představení a které postavy a co ho na představení zaujalo a proč  </t>
+          <t>V učitelem řízené činnosti vyjadřuje své pocity a myšlenky po zhlédnutí uměleckého vystoupení, sděluje je jemu odpovídajícími způsoby (slovně, výtvarně, pohybově, zvukově apod.). Popíše , co se mu na představení líbilo, a pokouší se říct, proč. Analyzuje dílo na základě jeho druhu:Hudební dílo: - popíše, jaké hudební nástroje slyšel, a kdo zpíval nebo hrál,- řekne, co se mu na hudebním vystoupení líbilo nebo nelíbilo a proč. Tanec: - popíše, co viděl v tanečním představení, a jak se tanečníci pohybovali,- pojmenuje, co se mu na tanci líbilo a proč, a jaké emoce v něm vyvolával.Divadlo: - popíše děj inscenace, - sdělí vlastními slovy, o čem bylo divadelní představení a které postavy a co ho na představení zaujalo a proč.  </t>
         </is>
       </c>
       <c r="L278" s="0" t="inlineStr">
         <is>
-          <t>reflektuje své pocity a myšlenky po sledování uměleckého vystoupení a využívá různé formy vyjadřování, které jsou mu učitelem nabídnuty , jako je diskuse s ostatními, psaní krátkých příběhů, taneční improvizace nebo vytváření hudby pojmenuje, jaké umělecké prostředky byly použity, a čím přispívají k celkovému dojmu z díla analyzuje dílo na základě jeho druhu: Hudební dílo: - s pomocí učitele popisuje, jaký hudební styl a žánr byl v představení, a kdo byli interpreti - zhodnotí, jak se mu líbily různé části hudebního programu a co na nich ocenil Tanec: - analyzuje taneční představení a popisuje jednotlivé scény a postavy- pojmenuje, jaká témata a myšlenky se v tanci objevují a co pro něj znamenají Divadlo: - popisuje klíčové momenty divadelního představení a vztahy mezi postavami - s pomocí učitele formuluje poselství a téma představení, které osobně vnímal</t>
+          <t>Reflektuje své pocity a myšlenky po sledování uměleckého vystoupení a využívá různé formy vyjadřování, které jsou mu učitelem nabídnuty , jako je diskuse s ostatními, psaní krátkých příběhů, taneční improvizace nebo vytváření hudby. Pojmenuje, jaké umělecké prostředky byly použity, a čím přispívají k celkovému dojmu z díla. Analyzuje dílo na základě jeho druhu: Hudební dílo: - s pomocí učitele popisuje, jaký hudební styl a žánr byl v představení, a kdo byli interpreti,- zhodnotí, jak se mu líbily různé části hudebního programu a co na nich ocenil. Tanec: - analyzuje taneční představení a popisuje jednotlivé scény a postavy,- pojmenuje, jaká témata a myšlenky se v tanci objevují a co pro něj znamenají.Divadlo: - popisuje klíčové momenty divadelního představení a vztahy mezi postavami, - s pomocí učitele formuluje poselství a téma představení, které osobně vnímal.</t>
         </is>
       </c>
       <c r="M278" s="0" t="inlineStr">
         <is>
           <t>Reflektuje své pocity, emoce a myšlenky vyvolané sledováním uměleckých vystoupení a využívá k tomu různé formy vyjádření (např. zapojení se do diskuse nebo řízeného rozhovoru, psaní básní, tvoření výtvarných děl, taneční vyjádření, improvizované rozehrávání situací, hudební tvorbu). Popíše, jaké zřetelné umělecké prostředky byly použity v daném díle, a zapojuje se do diskuse o tom, jakým způsobem přispívají použité umělecké prostředky k celkovému dojmu a sdělení díla. U zhlédnutého díla určí a charakterizuje umělecký druh (hudba, tanec, divadlo), případně žánr (např. koncert, opera, muzikál, balet, folklorní tanec, současný tanec, činohra, loutkové divadlo), analyzuje dílo na základě jeho druhu.  </t>
         </is>
       </c>
       <c r="N278" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O278" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P278" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="inlineStr">
@@ -22990,56 +23224,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H279" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-002-ZV5-005</t>
         </is>
       </c>
       <c r="I279" s="0" t="inlineStr">
         <is>
           <t>Vyjádří svůj zážitek z hudebního, divadelního nebo tanečního díla nebo programu.</t>
         </is>
       </c>
       <c r="J279" s="0" t="inlineStr">
         <is>
           <t>Žák se setkává s uměleckými díly nebo jejich ukázkami. Kontakt s těmito díly probíhá ve škole zprostředkovaně, důležitý je ale především přímý kontakt žáka se živým uměním v autentickém prostředí. Žák popíše zážitek z takového setkání, vyjádří vlastními slovy své pocity z díla. Zapojí se do pedagogem řízené komunikace o díle, která může probíhat formou diskuse, reflexe, ale i formou tvořivých aktivit, které využívají slovesnou tvorbu, pohyb, vizuální vyjádření, zvuky a tóny apod. Díky těmto aktivitám se žák odpoutává od čistě racionálního výkladu díla pomocí slov, hledá i jiné výrazové prostředky pro sdělení prožitků, vztahu k dílu, k tomu, co ho oslovilo, jak na něj dílo působí. </t>
         </is>
       </c>
       <c r="K279" s="0" t="inlineStr">
         <is>
-          <t>vyjadřuje pod vedením učitele svůj zážitek slovem (jednoduchou slovní formulací, vyprávěním) po setkání s uměleckým dílem ve škole nebo v autentickém prostředí zpracovává svůj zážitek pomocí hry a tvořivých činností vedených učitelem</t>
+          <t>Vyjadřuje pod vedením učitele svůj zážitek slovem (jednoduchou slovní formulací, vyprávěním). Po setkání s uměleckým dílem ve škole nebo v autentickém prostředí zpracovává svůj zážitek pomocí hry a tvořivých činností vedených učitelem.</t>
         </is>
       </c>
       <c r="L279" s="0" t="inlineStr">
         <is>
-          <t>popíše v rozhovoru s učitelem a spolužáky svůj dojem ze zhlédnutého díla s pomocí učitele vybírá k vyjádření svých zážitků ze setkání s uměleckým dílem různé výrazové prostředky (slovo, pohyb, výtvarné prostředky apod.) </t>
+          <t>Popíše v rozhovoru s učitelem a spolužáky svůj dojem ze zhlédnutého díla.S pomocí učitele vybírá k vyjádření svých zážitků ze setkání s uměleckým dílem různé výrazové prostředky (slovo, pohyb, výtvarné prostředky apod.). </t>
         </is>
       </c>
       <c r="M279" s="0" t="inlineStr">
         <is>
           <t>Vyjádří svůj zážitek ze setkání s hudebním, tanečním nebo divadelním dílem, z navštíveného koncertu, představení nebo programu prostřednictvím slova nebo pohybu, výtvarné tvorby nebo jiných výrazových prostředků. Zapojí se do diskuse, která se vztahuje k zážitku ze setkání s uměleckým dílem. Svůj postoj podpoří jednoduchými argumenty, proč by (ne)chtěl tento zážitek opakovat, proč by ho (ne)doporučil jiným. Využije na podnět učitele svůj zážitek ve vlastních tvůrčích aktivitách.</t>
         </is>
       </c>
       <c r="N279" s="0" t="inlineStr">
         <is>
           <t>Vyjádří svůj zážitek z divadelního, tanečního či hudebního díla nebo programu.</t>
         </is>
       </c>
       <c r="O279" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P279" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="inlineStr">
@@ -23072,56 +23306,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž se žák setkává s různými uměleckými díly, učí se porozumět jazyku různých druhů umění a s větší mírou porozumění reflektovat svůj zážitek ze setkání s uměním.</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H280" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-002-ZV5-006</t>
         </is>
       </c>
       <c r="I280" s="0" t="inlineStr">
         <is>
           <t>Rozliší hudební, taneční a divadelní dílo a orientuje se v prostředcích jejich vyjádření.</t>
         </is>
       </c>
       <c r="J280" s="0" t="inlineStr">
         <is>
           <t>Žák přímo v autentickém prostředí nebo zprostředkovaně (formou audiozáznamů a videozáznamů nebo prostřednictvím dostupných online zdrojů) přichází do kontaktu s hudebními, dramatickými a tanečními díly nebo jejich ukázkami. Díky společnému rozhovoru o díle nebo jiným činnostem reflektujícím tento zážitek získává orientaci v základních podobách, formách, druzích živého umění (opera, balet, činoherní představení, loutkové představení, taneční představení aj.) a prostředcích jejich vyjádření.</t>
         </is>
       </c>
       <c r="K280" s="0" t="inlineStr">
         <is>
-          <t>zná názvy základních druhů umění (hudba, divadlo, tanec, výtvarné umění) a pozná, ke kterému umění zhlédnuté nebo poslechnuté dílo patří</t>
+          <t>Zná názvy základních druhů umění (hudba, divadlo, tanec, výtvarné umění) a pozná, ke kterému umění zhlédnuté nebo poslechnuté dílo patří.</t>
         </is>
       </c>
       <c r="L280" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje jednotlivé druhy umění, jednoduše pojmenuje typická díla (kniha, obraz, píseň, skladba, divadelní představení, film…) a místa, kde se s nimi může setkat (galerie, muzea, divadla, kina, koncertní sály, knihovny) na základě zkušeností z vlastní tvůrčí činnosti a ze setkání s uměleckým dílem pojmenuje výrazové prostředky hudby, tance a divadla (mluvené slovo, pohyb, tanec, zpěv, hra na hudební nástroj...)</t>
+          <t>Rozlišuje jednotlivé druhy umění, jednoduše pojmenuje typická díla (kniha, obraz, píseň, skladba, divadelní představení, film…) a místa, kde se s nimi může setkat (galerie, muzea, divadla, kina, koncertní sály, knihovny).Na základě zkušeností z vlastní tvůrčí činnosti a ze setkání s uměleckým dílem pojmenuje výrazové prostředky hudby, tance a divadla (mluvené slovo, pohyb, tanec, zpěv, hra na hudební nástroj...).</t>
         </is>
       </c>
       <c r="M280" s="0" t="inlineStr">
         <is>
           <t>Popíše autentické prostředí pro prezentaci daného uměleckého díla nebo projevu kultury (činoherní, taneční představení – divadlo, hudba – koncertní sál). Rozumí základním pojmům jednotlivých umění při komunikaci o uměleckém díle (např. dirigent, orchestr, herec, tanečník, jeviště). Ve zhlédnutém nebo poslechnutém díle pojmenuje zřetelné výrazové prostředky, a tím získává základní orientaci v performativních druzích umění (hudba, divadlo, tanec).</t>
         </is>
       </c>
       <c r="N280" s="0" t="inlineStr">
         <is>
           <t>Rozliší hudební, taneční a divadelní dílo na základě jejich charakteristických znaků.</t>
         </is>
       </c>
       <c r="O280" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P280" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="inlineStr">
@@ -23154,56 +23388,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž si žák utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Oblast podporuje místně zakotvené učení a identifikaci s místem, ve kterém žije.</t>
         </is>
       </c>
       <c r="G281" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H281" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-003-ZV5-007</t>
         </is>
       </c>
       <c r="I281" s="0" t="inlineStr">
         <is>
           <t>Uvede příklady hudebních, divadelních nebo tanečních projevů, kulturní tradice, kulturní instituce vztahující se k těmto druhům umění ve svém nejbližším okolí, lokalitě či regionu.</t>
         </is>
       </c>
       <c r="J281" s="0" t="inlineStr">
         <is>
           <t>Žák se seznamuje s příklady hudebních, divadelních a tanečních projevů, kulturních tradic a kulturních institucí, které se vztahují k těmto druhům umění v místě i v regionu. Ví, jaké kulturní aktivity a instituce jsou dostupné v jeho okolí. Učitel podporuje u žáků vnímání kulturní diverzity v regionu, věnuje pozornost i uměleckým a kulturním projevům menšinových kultur, etnik, komunit. Pomáhá tak žákům získat základní orientaci v místní kultuře a vytvářet si vztah k místu, kde žijí, k uměleckým a kulturním hodnotám, které mají ve svém okolí.</t>
         </is>
       </c>
       <c r="K281" s="0" t="inlineStr">
         <is>
-          <t>k tradičním svátkům  přiřadí některé zvyky z vlastní rodiny a místa, ve kterém žije spolupodílí se na udržování regionálních tradic</t>
+          <t>K tradičním svátkům  přiřadí některé zvyky z vlastní rodiny a místa, ve kterém žije. Spolupodílí se na udržování regionálních tradic.</t>
         </is>
       </c>
       <c r="L281" s="0" t="inlineStr">
         <is>
-          <t>zapojuje se do rozhovoru o kulturní akci, která ve škole proběhla, o kulturní instituci, kterou společně se třídou navštívili nachází v kulturních zvyklostech a tradicích spolužáků společné znaky i rozdíly (např. různé svátky a způsob jejich slavení)</t>
+          <t>Zapojuje se do rozhovoru o kulturní akci, která ve škole proběhla, o kulturní instituci, kterou společně se třídou navštívili.Nachází v kulturních zvyklostech a tradicích spolužáků společné znaky i rozdíly (např. různé svátky a způsob jejich slavení).</t>
         </is>
       </c>
       <c r="M281" s="0" t="inlineStr">
         <is>
           <t>Ze zdrojů vyhledá uměleckou tvorbu (tradici), která je spjatá s lokalitou, ve které žije. Uvede příklady kulturních institucí v blízkém okolí, regionu a uvede příklady aktivit, zážitků, s nimiž se v těchto institucích může setkat.Spolupracuje například na projektu, který se zaměřuje na porovnání uměleckých projevů rozdílných kultur. Popíše některé podoby uměleckých a kulturních projevů spjatých s jinou kulturou. V diskusi pojmenovává přínos různých kulturních projevů v lokalitě, ve které žije.</t>
         </is>
       </c>
       <c r="N281" s="0" t="inlineStr">
         <is>
           <t>Uvede příklad hudebních, divadelních nebo tanečních projevů a nejvýznamnějších kulturních tradic ve svém okolí.</t>
         </is>
       </c>
       <c r="O281" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P281" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="inlineStr">
@@ -23236,56 +23470,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž si žák utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Oblast podporuje místně zakotvené učení a identifikaci s místem, ve kterém žije.</t>
         </is>
       </c>
       <c r="G282" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H282" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-003-ZV9-008</t>
         </is>
       </c>
       <c r="I282" s="0" t="inlineStr">
         <is>
           <t>Zhodnotí přínos svého zapojení do třídních, školních nebo místních kulturních nebo uměleckých aktivit a projektů.</t>
         </is>
       </c>
       <c r="J282" s="0" t="inlineStr">
         <is>
           <t>Hudba, tanec a divadlo svou performativní povahou nabízejí žákům příležitost setkání a přímé komunikace umělce s publikem. Účast v uměleckých a kulturních projektech umožňuje žákům zažívat jedinečnou atmosféru těchto setkání. Hudba, tanec a divadlo nabízejí díky své týmové povaze širokou škálu příležitostí pro každého žáka. Může si tak vybírat způsob svého zapojení do uměleckých a kulturních projektů a aktivit od vystupování na jevišti přes choreografii, scénografii, tvorbu scénáře, technickou podporu až po organizaci a propagaci a využít tak své dovednosti a schopnosti. Škola by měla nabízet v průběhu výuky těchto oborů širokou škálu aktivit, do kterých se žák může zapojit a které mu umožní rozvíjet a prohlubovat jeho umělecké dovednosti a kompetence nebo rozvíjet jeho dovednosti organizační, produkční apod. (školní akademie, zahájení, ukončení roku, školní programy k významným svátkům, prezentace projektů ve škole, místě, kde se škola nachází, apod.).Žák reflektuje a zhodnotí přínos svého zapojení do třídních, školních nebo místních kulturních a uměleckých aktivit a projektů. V této reflexi zvažuje, jak tyto aktivity přispěly k jeho osobnímu a sociálnímu rozvoji, například zlepšením dovedností v oblasti komunikace, spolupráce, organizace a tvořivosti. Zkoumá také to, jak jeho účast přispěla k rozšíření jeho znalostí a porozumění různým uměleckým formám a kulturním projevům. Navíc hodnotí, jakým způsobem mohl jeho příspěvek obohatit kulturní život školy nebo komunity.</t>
         </is>
       </c>
       <c r="K282" s="0" t="inlineStr">
         <is>
-          <t>ve svých činnostech v jednoduché podobě propojuje prostředky a postupy vycházející z hudby, tance a divadla, ale také jiných druhů umění, pojmenuje svou roli ve společném tvůrčím procesu zapojuje se do školních aktivit, jako jsou třídní vystoupení, školní prezentace pro rodiče a spolužáky apod.orientuje se v nabídce zájmových kroužků a aktivit ve škole i mimo ni (např. ZUŠ, DDM), dokáže vyjádřit, které aktivity by ho bavily, a popsat, proč by se do nich rád zapojil na podnět a s dopomocí učitele sleduje, co se v okolí děje, a vypráví ostatním o kulturních událostech, jako jsou místní festivaly nebo slavnosti, které se mu líbí</t>
+          <t>Ve svých činnostech v jednoduché podobě propojuje prostředky a postupy vycházející z hudby, tance a divadla, ale také jiných druhů umění, pojmenuje svou roli ve společném tvůrčím procesu. Zapojuje se do školních aktivit, jako jsou třídní vystoupení, školní prezentace pro rodiče a spolužáky apod.Orientuje se v nabídce zájmových kroužků a aktivit ve škole i mimo ni (např. ZUŠ, DDM), dokáže vyjádřit, které aktivity by ho bavily, a popsat, proč by se do nich rád zapojil.Na podnět a s dopomocí učitele sleduje, co se v okolí děje, a vypráví ostatním o kulturních událostech, jako jsou místní festivaly nebo slavnosti, které se mu líbí.</t>
         </is>
       </c>
       <c r="L282" s="0" t="inlineStr">
         <is>
-          <t>zná různé možnosti, jak aktivně trávit volný čas, a zná nabídku nejen školních, ale i dalších institucí a organizací v okolí, jako jsou ZUŠ, DDM a různé kroužky vyjádří své preference, proč by se do určité aktivity zapojil, jakých aktivit by se zúčastnil zapojuje se do přípravy a prezentace třídních nebo školních uměleckých a kulturních projektů spolupracuje na projektu, který se zaměřuje na porovnání uměleckých projevů rozdílných kultur navrhuje různé způsoby, jak obohatit kulturní dění ve škole, konzultuje své nápady s učiteli, spolužáky a přijímá zpětnou vazbu na jejich realizovatelnost na podnět učitele sleduje kulturní události ve svém regionu, jako jsou místní festivaly nebo komunitní akce, a diskutuje o nich a jejich významu pro sebe i jiné se svými učiteli a spolužáky </t>
+          <t>Zná různé možnosti, jak aktivně trávit volný čas, a zná nabídku nejen školních, ale i dalších institucí a organizací v okolí, jako jsou ZUŠ, DDM a různé kroužky.Vyjádří své preference, proč by se do určité aktivity zapojil, jakých aktivit by se zúčastnil. Zapojuje se do přípravy a prezentace třídních nebo školních uměleckých a kulturních projektů.Spolupracuje na projektu, který se zaměřuje na porovnání uměleckých projevů rozdílných kultur. Navrhuje různé způsoby, jak obohatit kulturní dění ve škole, konzultuje své nápady s učiteli, spolužáky a přijímá zpětnou vazbu na jejich realizovatelnost. Na podnět učitele sleduje kulturní události ve svém regionu, jako jsou místní festivaly nebo komunitní akce, a diskutuje o nich a jejich významu pro sebe i jiné se svými učiteli a spolužáky. </t>
         </is>
       </c>
       <c r="M282" s="0" t="inlineStr">
         <is>
           <t>Zná nabídku školy i dalších institucí a organizací ve svém okolí pro aktivní trávení volného času, zejména v oblasti uměleckých aktivit dětí a mládeže (ZUŠ, DDM, kroužky organizované různými institucemi, organizacemi, spolky), argumentuje své preference, případně možnosti aktivního zapojení se do těchto aktivit.Zapojuje se v jemu odpovídající roli do přípravy a prezentace různých uměleckých a kulturních projektů ve škole (mohou to být různé úrovně produkce, od menších vystoupení v rámci školy až po větší produkce, které jsou otevřené veřejnosti: hudební koncerty, divadelní představení, taneční vystoupení, školní akademie, oslavy).Navrhne způsoby, jak obohatit kulturní dění ve škole (může navrhnout organizaci kulturního večera ve škole, divadelního nebo tanečního představení, hudebního koncertu nebo uměleckého workshopu, rozloučení se školou apod.), konzultuje své nápady s učiteli a spolužáky a přijímá zpětnou vazbu.Sleduje kulturní události v místě, kde žije (festivaly, tradiční kulturní slavnosti, komunitní akce), pojmenuje jejich uměleckou i kulturní rozmanitost, diskutuje o nich s učiteli a spolužáky, zvažuje možnost svého pasivního i aktivního zapojení.</t>
         </is>
       </c>
       <c r="N282" s="0" t="inlineStr">
         <is>
           <t>Zapojí se do třídních, školních nebo místních uměleckých aktivit a projektů.</t>
         </is>
       </c>
       <c r="O282" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P282" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="inlineStr">
@@ -23318,56 +23552,56 @@
           <t>Tematický okruh je zaměřený na dosažení výsledků učení, díky nimž si žák utváří postoje k uměleckému a kulturnímu dědictví, současnému umění a rozmanitým projevům kultury v dnešním světě. Oblast podporuje místně zakotvené učení a identifikaci s místem, ve kterém žije.</t>
         </is>
       </c>
       <c r="G283" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H283" s="0" t="inlineStr">
         <is>
           <t>UAK-HTD-003-ZV9-009</t>
         </is>
       </c>
       <c r="I283" s="0" t="inlineStr">
         <is>
           <t>Uvede příklady živého umění, kulturních projevů, akcí, tradic a kulturních institucí na regionální, národní i celosvětové úrovni.</t>
         </is>
       </c>
       <c r="J283" s="0" t="inlineStr">
         <is>
           <t>Žák se seznamuje s příklady živého umění, kulturních projevů, akcí, tradic a institucí na různých úrovních – místní, regionální, národní i globální. Zapojuje se do návštěv kulturních institucí, jako jsou divadla, koncertní síně, galerie a muzea, kde přímo zažívá různé formy umění. Může se podílet na projektech, které vedou k objevování místního kulturního dědictví skrze rozhovory s místními umělci, může dokumentovat místní tradice nebo vytvářet vlastní umělecká díla inspirovaná těmito kulturními projevy. Žáci mohou být seznamováni se živým uměním a kulturou v širším měřítku (národním, globálním) také formou multimediální prezentace, filmových ukázek nebo účasti pozvaných odborníků z různých kulturních oblastí. Cílem je rozvíjet povědomí žáků o kulturním bohatství, podnítit jejich zájem o různé formy umění a kultury a propojit je s jejich každodenním životem, podporovat jejich aktivní zapojení do kulturního dění. Důraz je kladen na důležitost pochopení a ocenění kulturní rozmanitosti, na celkovou kulturní gramotnost a otevřenost vůči různým formám uměleckého a kulturního vyjádření.</t>
         </is>
       </c>
       <c r="K283" s="0" t="inlineStr">
         <is>
-          <t>ze zdrojů si vyhledá uměleckou tvorbu (tradici), která je spjatá s lokalitou, ve které žije uvede příklady kulturních institucí v blízkém okolí, regionu a uvede příklady aktivit, zážitků, s nimiž se může v těchto institucích setkat popíše některé podoby uměleckých a kulturních projevů vlastní kultury a některých spjatých s jinou kulturou s porozuměním vnímá rozdílnost v kulturních zvycích a tradicích vlastních a svých spolužáků oceňuje pestrost uměleckých a kulturních projevů v regionu, ve kterém žije</t>
+          <t>Ze zdrojů si vyhledá uměleckou tvorbu (tradici), která je spjatá s lokalitou, ve které žije. Uvede příklady kulturních institucí v blízkém okolí, regionu a uvede příklady aktivit, zážitků, s nimiž se může v těchto institucích setkat. Popíše některé podoby uměleckých a kulturních projevů vlastní kultury a některých spjatých s jinou kulturou. S porozuměním vnímá rozdílnost v kulturních zvycích a tradicích vlastních a svých spolužáků. Oceňuje pestrost uměleckých a kulturních projevů v regionu, ve kterém žije.</t>
         </is>
       </c>
       <c r="L283" s="0" t="inlineStr">
         <is>
-          <t>pojmenuje kulturní instituce z oblasti hudby, tance a divadla na regionální i národní úrovni spolupracuje na projektu, který se zaměřuje na hlubším poznávání uměleckých projevů vlastní kultury i kultur jiných zemí nachází v regionu, kde žije, projevy různých kultur k získávání informací o kulturním dění využívá i digitální média o svých kulturních aktivitách si vede záznamy </t>
+          <t>Pojmenuje kulturní instituce z oblasti hudby, tance a divadla na regionální i národní úrovni.Spolupracuje na projektu, který se zaměřuje na hlubším poznávání uměleckých projevů vlastní kultury i kultur jiných zemí.Nachází v regionu, kde žije, projevy různých kultur. K získávání informací o kulturním dění využívá i digitální média. O svých kulturních aktivitách si vede záznamy. </t>
         </is>
       </c>
       <c r="M283" s="0" t="inlineStr">
         <is>
           <t>Uvede příklady kulturních institucí a kulturních akcí z oblasti hudby, tance a divadla regionálního, národního a celosvětového významu.Popíše podoby uměleckých a kulturních projevů spjatých s jinou kulturou, nachází podobnosti a rozdíly mezi regionálními, národními a celosvětovými kulturními projevy (např. jak se slaví určité svátky, folklor, lidové umění).Využívá digitální technologie a další jemu dostupné zdroje k získávání informací o významných uměleckých a kulturních aktivitách ve svém regionu i v celostátním a světovém měřítku.Své zkušenosti a poznatky zpracovává různým způsobem (vede si kulturní deník, prezentuje svůj zážitek z kulturní akce nebo návštěvy kulturní instituce ostatním apod.).</t>
         </is>
       </c>
       <c r="N283" s="0" t="inlineStr">
         <is>
           <t>Uvede příklad významné kulturní instituce a tradice ve svém okolí, v naší zemi nebo ve světě.</t>
         </is>
       </c>
       <c r="O283" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P283" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="inlineStr">
@@ -24794,56 +25028,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H301" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV9-001</t>
         </is>
       </c>
       <c r="I301" s="0" t="inlineStr">
         <is>
           <t>Zvládá v souladu s individuálními možnostmi širší spektrum osvojovaných pohybových dovedností a uplatňuje je v individuálních a týmových pohybových činnostech.</t>
         </is>
       </c>
       <c r="J301" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- zvládá v souladu se svými individuálními možnostmi, potřebami a aktuálním zdravotním stavem osvojované pohybové dovednosti a uplatňuje je v individuálních a týmových pohybových činnostech Žáci si na 2. stupni osvojují v TV široké spektrum pohybových dovedností. Není reálné vytvářet ke každé dovednosti samostatný OVU. Proto v popisu k obecněji pojatému OVU vymezujeme obsah, který by měl společným základem rozvoje pohybových dovedností:průpravná, kondiční, kompenzační, relaxační a jiná cvičení s korektivním efektem; psychomotorická cvičení a hry nesoutěžního charakteru; pohybové hry s různým zaměřením, netradiční pohybové hry v různém prostředí; gymnastika – akrobacie, přeskoky, cvičení s náčiním a na nářadí; estetické a kondiční formy cvičení s hudbou a rytmickým doprovodem, tanec; úpoly a základy sebeobrany; atletika – běh (rychlý, vytrvalý), skok do dálky, skok do výšky, hod míčkem; sportovní hry – házená, fotbal, basketbal, volejbal, florbal (volba 2 her) – herní činnosti jednotlivce, herní kombinace, herní systémy, utkání; turistika a pobyt v přírodě – příprava turistické akce, chůze se zátěží, táboření, hry a pohybové činnosti v přírodě; lyžování (podle podmínek školy) – sjezdové a běžecké lyžování, bezpečnost v zimní horské krajině. Další pohybové činnosti podle podmínek škol.Jedním z hlavních cílů TV je umožnit žákům osvojit si co nejširší spektrum pohybových dovedností, z nichž některé budou zařazovat do svého pohybového režimu a rozvíjet je celoživotně. Rozvoj pohybových dovedností je předpokladem pro další celoživotní pohybové vzdělávání a socializaci.</t>
         </is>
       </c>
       <c r="K301" s="0" t="inlineStr">
         <is>
-          <t>na základě ukázky se seznamuje s očekávanými pohybovými dovednostmi</t>
+          <t>Na základě ukázky se seznamuje s očekávanými pohybovými dovednostmi.</t>
         </is>
       </c>
       <c r="L301" s="0" t="inlineStr">
         <is>
-          <t>nacvičuje pohybové dovednostireaguje na zpětnou vazbu učitele nebo spolužáka</t>
+          <t>Nacvičuje pohybové dovednosti.Reaguje na zpětnou vazbu učitele nebo spolužáka.</t>
         </is>
       </c>
       <c r="M301" s="0" t="inlineStr">
         <is>
           <t>Předvede pohybové dovednosti.Využívá tyto dovednosti při individuální či týmové činnosti.Reaguje na zpětnou vazbu učitele nebo spolužáka.</t>
         </is>
       </c>
       <c r="N301" s="0" t="inlineStr">
         <is>
           <t>Osvojí si pohybové dovednosti a uplatňuje je v individuálních a týmových pohybových činnostech.</t>
         </is>
       </c>
       <c r="O301" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P301" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="inlineStr">
@@ -24876,56 +25110,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H302" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV5-001</t>
         </is>
       </c>
       <c r="I302" s="0" t="inlineStr">
         <is>
           <t>Zvládá v souladu s individuálními možnostmi osvojované pohybové dovednosti a uplatňuje je v individuálních a týmových pohybových činnostech.</t>
         </is>
       </c>
       <c r="J302" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - zvládá v souladu se svými individuálními možnostmi, potřebami a aktuálním zdravotním stavem osvojované pohybové dovednosti a uplatňuje je v aplikovaných (individuálních a týmových) pohybových činnostech  Žák si na 1. stupni osvojuje v TV spektrum pohybových dovedností na odpovídající úrovni. Není reálné vytvářet ke každé dovednosti očekávaný výsledek učení (OVU). Proto v popisu k obecněji pojatému OVU vymezujeme obsah, který by měl být společným základem pohybového rozvoje:průpravná, kondiční, kompenzační, relaxační a jiná cvičení se zdravotním korektivním efektem; psychomotorická cvičení a hry nesoutěžního charakteru; pohybové hry – s různým zaměřením; rytmické a kondiční formy cvičení – cvičení s hudbou nebo rytmickým doprovodem; základy gymnastiky – průpravná cvičení, akrobacie, cvičení s náčiním a na nářadí; průpravné úpoly – přetahy, přetlaky, pády; základy atletiky – běh (rychlý a vytrvalostní), skok do dálky, skok do výšky, hod míčkem; základy sportovních her – manipulace s míčem či jiným herním náčiním, herní činnosti jednotlivce, spolupráce ve hře, utkání podle zjednodušených pravidel; plavání – základní plavecká výuka, prvky sebezáchrany a bezpečnosti; turistika a pobyt v přírodě – chůze v terénu, hry a další pohybové činnosti v přírodě. Další činnosti podle podmínek škol.Jedním z hlavních cílů TV je umožnit žákům osvojit si co nejširší spektrum pohybových dovedností, z nichž některé budou žáci zařazovat pravidelně do svého pohybového režimu a rozvíjet je celoživotně. Rozvoj pohybových dovedností je předpokladem pro další celoživotní pohybové vzdělávání.</t>
         </is>
       </c>
       <c r="K302" s="0" t="inlineStr">
         <is>
-          <t>na základě ukázky má představu o pohybové dovednosti</t>
+          <t>Na základě ukázky má představu o pohybové dovednosti.</t>
         </is>
       </c>
       <c r="L302" s="0" t="inlineStr">
         <is>
-          <t>aktivně nacvičuje pohybovou dovednost a snaží se ji uplatňovat v pohybových činnostech</t>
+          <t>Aktivně nacvičuje pohybovou dovednost a snaží se ji uplatňovat v pohybových činnostech.</t>
         </is>
       </c>
       <c r="M302" s="0" t="inlineStr">
         <is>
           <t>Předvede pohybovou dovednost podle stanovených kritérií.Uplatňuje pohybovou dovednost v dané individuální či týmové pohybové činnosti.</t>
         </is>
       </c>
       <c r="N302" s="0" t="inlineStr">
         <is>
           <t>Zvládá osvojované pohybové dovednosti a uplatňuje je v individuálních a týmových pohybových činnostech.</t>
         </is>
       </c>
       <c r="O302" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P302" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="inlineStr">
@@ -24938,168 +25172,168 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D303" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E303" s="0" t="inlineStr">
         <is>
           <t>Činnosti ovlivňující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="F303" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H303" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-001-ZV5-002</t>
+          <t>CZB-TEV-001-ZV9-002</t>
         </is>
       </c>
       <c r="I303" s="0" t="inlineStr">
         <is>
-          <t>Tvoří podle zadání, své fantazie, hudebního či rytmického doprovodu varianty jednoduchých pohybových dovedností.</t>
+          <t>Tvoří varianty pohybových dovedností podle zadání, své fantazie, hudebního a rytmického doprovodu, podle účelu pohybových činností, společně zvolené taktiky hry, soutěže.</t>
         </is>
       </c>
       <c r="J303" s="0" t="inlineStr">
         <is>
-          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - využívá dostupné (doporučené) upravené didaktické a sportovní pomůcky přizpůsobené pro jeho optimální zapojení do pohybových činností při tvoření různých variant pohybových dovedností podle zadání, své fantazie, hudebního a rytmického doprovodu, řešení pohybového úkolu Smyslem pohybových dovedností není jejich provádění ve stále stejné podobě, ale i vytváření variant pohybu přizpůsobených konkrétním záměrům, praktickým situacím, náladám, hudebnímu doprovodu, herní a soutěžní taktice, nebo jen prováděné pro radost z pohybu. S tvořivostí souvisí i řešení konkrétních praktických pohybových úkolů při různých činnostech a v různém prostředí. Jednou z hlavních motivací pro vztah k pohybu a zvládání pohybových činností je i utváření variant osvojených pohybových dovedností a jejich využití v praktických činnostech (pro radost, v souladu s pohybovým záměrem, s hudbou, herním či soutěžním cílem atd.). Schopnost měnit a přizpůsobovat pohybové dovednosti je základem i pro četné praktické činnosti, bezpečný pohyb v přírodě, řešení pohybových úkolů atd. </t>
+          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- vyhledává a užívá dostupné upravené didaktické, sportovní a sportovně-kompenzační pomůcky přizpůsobené pro jeho optimální zapojení do pohybových činností na úrovni TV, rekreace a sportu, diskutuje o jejich využití pro rekreační a sportovní pohybové činnosti při tvoření různých variant pohybových dovedností podle zadání, své fantazie, hudebního a rytmického doprovoduSmyslem pohybových činností je i schopnost vytvářet varianty pohybových dovedností přizpůsobené konkrétním záměrům, praktickým situacím, náladám, hudebnímu a rytmickému doprovodu, konkrétním situacím her a soutěží v souladu s dohodnutou taktikou, nebo jen pohyb pro radost. Schopnost měnit a přizpůsobovat pohybové dovednosti je základem i pro samostatné či společné řešení praktických pohybových úkolů, bezpečný pohyb v přírodě atd.Jednou z hlavních motivací pro vztah k pohybu a zvládání pohybových činností je i utváření variant osvojených pohybových dovedností (pro radost, v souladu s pohybovým záměrem, herním soutěžním cílem atd.). S tvořivostí souvisí i řešení konkrétních praktických pohybových úkolů při různých činnostech a v různém prostředí, které lze přenášet i do běžného života.</t>
         </is>
       </c>
       <c r="K303" s="0" t="inlineStr">
         <is>
-          <t>na základě ukázek má představu o variantách pohybových dovednostínaplánuje vlastní variantu pohybové dovednosti</t>
+          <t>Zkouší a nacvičuje vlastní varianty pohybových dovedností.Seznamuje se variantami her a soutěží.</t>
         </is>
       </c>
       <c r="L303" s="0" t="inlineStr">
         <is>
-          <t>vymýšlí vlastní varianty pohybových dovedností podle sebe nebo zadánínacvičuje vlastní varianty pohybových dovedností na hudební či rytmický doprovod</t>
+          <t>Nacvičuje další (nové) varianty pohybových dovedností i s hudebním a rytmickým doprovodem.Nacvičuje taktické varianty her a soutěží.</t>
         </is>
       </c>
       <c r="M303" s="0" t="inlineStr">
         <is>
-          <t>Tvoří varianty jednoduchých pohybových dovedností na různé motivy podle zadání.Předvede vlastní varianty pohybových dovedností na hudební či rytmický doprovod samostatně i ve skupině.</t>
+          <t>Vytváří vlastní varianty pohybových dovedností i s hudebním a rytmickým doprovodem a předvede je.Při týmových hrách a soutěžích využívá různé taktické varianty pohybových dovedností a spolupráce.</t>
         </is>
       </c>
       <c r="N303" s="0" t="inlineStr">
         <is>
-          <t>Rozumí zadání a vyjádří dle své fantazie, hudebního či rytmického doprovodu varianty jednoduchých pohybových dovedností.</t>
+          <t>Tvoří podle zadání a své fantazie, hudebního či rytmického doprovodu varianty jednoduchých pohybových dovedností.</t>
         </is>
       </c>
       <c r="O303" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P303" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D304" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E304" s="0" t="inlineStr">
         <is>
           <t>Činnosti ovlivňující pohybové učení a zdraví</t>
         </is>
       </c>
       <c r="F304" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H304" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-001-ZV9-002</t>
+          <t>CZB-TEV-001-ZV5-002</t>
         </is>
       </c>
       <c r="I304" s="0" t="inlineStr">
         <is>
-          <t>Tvoří varianty pohybových dovedností podle zadání, své fantazie, hudebního a rytmického doprovodu, podle účelu pohybových činností, společně zvolené taktiky hry, soutěže.</t>
+          <t>Tvoří podle zadání, své fantazie, hudebního či rytmického doprovodu varianty jednoduchých pohybových dovedností.</t>
         </is>
       </c>
       <c r="J304" s="0" t="inlineStr">
         <is>
-          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- vyhledává a užívá dostupné upravené didaktické, sportovní a sportovně-kompenzační pomůcky přizpůsobené pro jeho optimální zapojení do pohybových činností na úrovni TV, rekreace a sportu, diskutuje o jejich využití pro rekreační a sportovní pohybové činnosti při tvoření různých variant pohybových dovedností podle zadání, své fantazie, hudebního a rytmického doprovoduSmyslem pohybových činností je i schopnost vytvářet varianty pohybových dovedností přizpůsobené konkrétním záměrům, praktickým situacím, náladám, hudebnímu a rytmickému doprovodu, konkrétním situacím her a soutěží v souladu s dohodnutou taktikou, nebo jen pohyb pro radost. Schopnost měnit a přizpůsobovat pohybové dovednosti je základem i pro samostatné či společné řešení praktických pohybových úkolů, bezpečný pohyb v přírodě atd.Jednou z hlavních motivací pro vztah k pohybu a zvládání pohybových činností je i utváření variant osvojených pohybových dovedností (pro radost, v souladu s pohybovým záměrem, herním soutěžním cílem atd.). S tvořivostí souvisí i řešení konkrétních praktických pohybových úkolů při různých činnostech a v různém prostředí, které lze přenášet i do běžného života.</t>
+          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - využívá dostupné (doporučené) upravené didaktické a sportovní pomůcky přizpůsobené pro jeho optimální zapojení do pohybových činností při tvoření různých variant pohybových dovedností podle zadání, své fantazie, hudebního a rytmického doprovodu, řešení pohybového úkolu Smyslem pohybových dovedností není jejich provádění ve stále stejné podobě, ale i vytváření variant pohybu přizpůsobených konkrétním záměrům, praktickým situacím, náladám, hudebnímu doprovodu, herní a soutěžní taktice, nebo jen prováděné pro radost z pohybu. S tvořivostí souvisí i řešení konkrétních praktických pohybových úkolů při různých činnostech a v různém prostředí. Jednou z hlavních motivací pro vztah k pohybu a zvládání pohybových činností je i utváření variant osvojených pohybových dovedností a jejich využití v praktických činnostech (pro radost, v souladu s pohybovým záměrem, s hudbou, herním či soutěžním cílem atd.). Schopnost měnit a přizpůsobovat pohybové dovednosti je základem i pro četné praktické činnosti, bezpečný pohyb v přírodě, řešení pohybových úkolů atd. </t>
         </is>
       </c>
       <c r="K304" s="0" t="inlineStr">
         <is>
-          <t>zkouší a nacvičuje vlastní varianty pohybových dovednostíseznamuje se variantami her a soutěží</t>
+          <t>Na základě ukázek má představu o variantách pohybových dovedností.Naplánuje vlastní variantu pohybové dovednosti.</t>
         </is>
       </c>
       <c r="L304" s="0" t="inlineStr">
         <is>
-          <t>nacvičuje další (nové) varianty pohybových dovedností i s hudebním a rytmickým doprovodemnacvičuje taktické varianty her a soutěží</t>
+          <t>Vymýšlí vlastní varianty pohybových dovedností podle sebe nebo zadání.Nacvičuje vlastní varianty pohybových dovedností na hudební či rytmický doprovod.</t>
         </is>
       </c>
       <c r="M304" s="0" t="inlineStr">
         <is>
-          <t>Vytváří vlastní varianty pohybových dovedností i s hudebním a rytmickým doprovodem a předvede je.Při týmových hrách a soutěžích využívá různé taktické varianty pohybových dovedností a spolupráce.</t>
+          <t>Tvoří varianty jednoduchých pohybových dovedností na různé motivy podle zadání.Předvede vlastní varianty pohybových dovedností na hudební či rytmický doprovod samostatně i ve skupině.</t>
         </is>
       </c>
       <c r="N304" s="0" t="inlineStr">
         <is>
-          <t>Tvoří podle zadání a své fantazie, hudebního či rytmického doprovodu varianty jednoduchých pohybových dovedností.</t>
+          <t>Rozumí zadání a vyjádří dle své fantazie, hudebního či rytmického doprovodu varianty jednoduchých pohybových dovedností.</t>
         </is>
       </c>
       <c r="O304" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P304" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C305" s="0" t="inlineStr">
@@ -25122,56 +25356,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G305" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H305" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV9-003</t>
         </is>
       </c>
       <c r="I305" s="0" t="inlineStr">
         <is>
           <t>Samostatně uplatňuje osvojené postupy ke zlepšení či udržení své tělesné zdatnosti, duševní a sociální pohody, k překonávání námahy a obtíží spojených s tělesnou a psychickou zátěží.</t>
         </is>
       </c>
       <c r="J305" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- samostatně uplatňuje s ohledem na své možnosti, zkušenosti a aktuální zdravotní stav (s možnou pomocí učitele, asistenta pedagoga) speciální kompenzační, korektivní či jinak rozvíjející cvičení a aplikované pohybové aktivity pro rozvoj tělesné zdatnostiZákladními návyky pro rozvoj tělesné zdatnosti jsou především pravidelnost pohybových činností, odpovídající intenzita pohybu a dostatečný čas věnovaný pohybovým činnostem. Žáci na 2. stupni by nejen měli vědět, co je základem tělesné zdatnosti (silové, rychlostní, vytrvalostní a obratnostní schopnosti), ale měli by samostatně usilovat o rozvoj tělesné zdatnosti. Zároveň by si měli osvojit návyk pravidelně měřit a hodnotit úroveň své tělesné zdatnosti a na základě hodnocení se rozhodovat o dalším postupu rozvoje tělesné zdatnosti.Výrazný podíl na zdraví má i pohybová aktivita (zdatnost) a dobrá nálada. Rozvoj těchto kvalit je stěžejní především v základním vzdělávání. Tělesná zdatnost je základem zdraví, tělesné výkonnosti člověka, ale i práceschopnosti a duševní pohody. Tělesná zdatnost, duševní a sociální pohoda (sociální naladění) nabývají na významu v době dospívání, zejména v souvislosti s tělesnými změnami. Na úrovni 2. stupně základního vzdělávání by mělo docházet k samostatné péči žáků o tělesnou zdatnost a psychickou pohodu podmíněnou dostatkem pohybu.</t>
         </is>
       </c>
       <c r="K305" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s dalšími způsoby rozvoje tělesné zdatnosti </t>
+          <t>Seznamuje se s dalšími způsoby rozvoje tělesné zdatnosti. </t>
         </is>
       </c>
       <c r="L305" s="0" t="inlineStr">
         <is>
-          <t>rozvíjí tělesnou zdatnost podle pokynů učitele a svých individuálních možnostíuplatňuje vůli při překonávání námahy spojenou s tělesnou zátěží </t>
+          <t>Rozvíjí tělesnou zdatnost podle pokynů učitele a svých individuálních možností.Uplatňuje vůli při překonávání námahy spojenou s tělesnou zátěží. </t>
         </is>
       </c>
       <c r="M305" s="0" t="inlineStr">
         <is>
           <t>Provede vybraný test tělesné zdatnosti na úrovni svých individuálních možností.Překonává námahu a obtíže spojené s tělesnou zátěží.Po určité tréninkové části provede sebereflexi – vyhodnotí aspekty své pohybové činnosti a upraví ji tak, aby v si v následující části vedl lépe.Navrhuje, jak dále rozvíjet tělesnou zdatnost.Uplatňuje osvojené postupy ke zlepšení či udržení své tělesné zdatnosti, duševní a sociální pohody.</t>
         </is>
       </c>
       <c r="N305" s="0" t="inlineStr">
         <is>
           <t>Zlepšuje svou fyzickou zdatnost, vnímá duševní a sociální pohodu, překonává obtíže spojené s fyzickou zátěží.</t>
         </is>
       </c>
       <c r="O305" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P305" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="inlineStr">
@@ -25204,56 +25438,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G306" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H306" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV5-003</t>
         </is>
       </c>
       <c r="I306" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje osvojované postupy vedoucí k rozvoji tělesné zdatnosti, k duševní a sociální pohodě, k pozitivnímu naladění, k překonávání námahy a obtíží spojených s tělesnou zátěží.</t>
         </is>
       </c>
       <c r="J306" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - uplatňuje s ohledem na své možnosti (s pomocí učitele, asistenta pedagoga) speciální kompenzační, korektivní či jinak rozvíjející cvičení a aplikované pohybové aktivity pro rozvoj tělesné zdatnosti Základními návyky pro rozvoj tělesné zdatnosti jsou především pravidelnost pohybových činností, odpovídající intenzita pohybu a dostatečný čas věnovaný pohybovým činnostem. Žák by měl poznat, co je základem tělesné zdatnosti (silové, rychlostní, vytrvalostní a obratnostní schopnosti), a adaptovat se na tělesnou zátěž při pohybových činnostech. Zároveň by měl umět pravidelně měřit a hodnotit úroveň tělesné zdatnosti. Zdravý životní styl ovlivňuje zdraví člověka až z 60 %. Výrazný podíl na zdraví má i pohybová aktivita (rozvoj tělesné zdatnosti) a dobrá nálada. Tělesná zdatnost je základním předpokladem zdraví a výkonnosti člověka. Škola by v TV a dalších pohybových činnostech v režimu dne měla tyto návyky podporovat. Rozvoj těchto kvalit u každého žáka je rozhodující především v základním vzdělávání. </t>
         </is>
       </c>
       <c r="K306" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se se způsoby rozvoje tělesné zdatnosti</t>
+          <t>Seznamuje se se způsoby rozvoje tělesné zdatnosti.</t>
         </is>
       </c>
       <c r="L306" s="0" t="inlineStr">
         <is>
-          <t>rozvíjí tělesnou zdatnost podle pokynů učitele a svých individuálních možností uplatňuje vůli při překonávání námahy spojenou s tělesnou zátěží</t>
+          <t>Rozvíjí tělesnou zdatnost podle pokynů učitele a svých individuálních možností.Uplatňuje vůli při překonávání námahy spojenou s tělesnou zátěží.</t>
         </is>
       </c>
       <c r="M306" s="0" t="inlineStr">
         <is>
           <t>Navrhuje na základě zpětné vazby učitele, jak dále rozvíjet tělesnou zdatnost.Překonává námahu a obtíže spojené s tělesnou zátěží.</t>
         </is>
       </c>
       <c r="N306" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje základní postupy vedoucí k rozvoji tělesné zdatnosti, k duševní a sociální pohodě, k pozitivnímu naladění, k překonávání námahy a obtíží spojených s tělesnou zátěží.</t>
         </is>
       </c>
       <c r="O306" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P306" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="inlineStr">
@@ -25286,56 +25520,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G307" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H307" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV5-004</t>
         </is>
       </c>
       <c r="I307" s="0" t="inlineStr">
         <is>
           <t>Zapojuje se do organizace svého pohybového režimu, plánuje své pohybové činnosti a jejich konkrétní realizaci.</t>
         </is>
       </c>
       <c r="J307" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - zapojuje se (pod vedením učitele, asistenta pedagoga, vychovatele) do pohybových činností v režimu školy spolu s ostatními žáky (jejich pomocí) s ohledem na úroveň svých dovedností, na své zájmy; prostřednictvím zapojení se do pohybových aktivit v různých sociálních rolích zjišťuje svou pozici ve skupině TV sama o sobě nemůže zcela zajistit odpovídající rozvoj pohybových dovedností a tělesné zdatnosti. Je třeba využívat další možnosti zařazování pohybových činností v režimu školy (ranní cvičení před zahájením výuky, tělovýchovné chvilky, pohybové rekreační přestávky, učení v pohybu, integrovaná terénní výuka, integrovaná projektová výuka, škola v přírodě, cvičení v rámci školní družiny) a motivovat žáka k pohybovým aktivitám i mimo školu. Vedle režimu práce a odpočinku (spánku) a stravovacího režimu je pohybový režim jednou z nejdůležitějších částí denního režimu člověka ovlivňujících zdravý životní styl. Žák by měl být veden k pravidelné pohybové činnosti jako základu rozvoje zdraví a utváření všestranné pohody. Potřebu navyšování pohybových činností v denním režimu školy potvrdil i projekt MŠMT Pohyb a výživa. </t>
         </is>
       </c>
       <c r="K307" s="0" t="inlineStr">
         <is>
-          <t>stanoví si ve spolupráci s vyučujícím konkrétní cíl pro úpravu svého pohybového režimu</t>
+          <t>Stanoví si ve spolupráci s vyučujícím konkrétní cíl pro úpravu svého pohybového režimu.</t>
         </is>
       </c>
       <c r="L307" s="0" t="inlineStr">
         <is>
-          <t>vede si záznam o absolvovaných pohybových aktivitách</t>
+          <t>Vede si záznam o absolvovaných pohybových aktivitách.</t>
         </is>
       </c>
       <c r="M307" s="0" t="inlineStr">
         <is>
           <t>Vyhodnotí, zda se mu podařilo splnit stanovený cíl svého pohybového režimu.Zaznamenanou pohybovou aktivitu zhodnotí z hlediska pravidelnosti, délky trvání a intenzity.</t>
         </is>
       </c>
       <c r="N307" s="0" t="inlineStr">
         <is>
           <t>Plánuje a zapojuje se do pohybových činností spolu s ostatními žáky.</t>
         </is>
       </c>
       <c r="O307" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P307" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="inlineStr">
@@ -25368,56 +25602,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G308" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H308" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV9-004</t>
         </is>
       </c>
       <c r="I308" s="0" t="inlineStr">
         <is>
           <t>Aktivně se podílí na plánování a organizaci svého pohybového režimu (ve škole, mimo školu) a naplňuje ho.</t>
         </is>
       </c>
       <c r="J308" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- aktivně se podílí na organizaci a realizaci svého pohybového režimu ve škole a prostřednictvím aplikovaných pohybových aktivit prokazuje odpovídající sebevědomí a úspěšnost, klade si adekvátní motorické cíle a dosahuje jichTV v rozsahu 2 hodin týdně nemůže zcela zajistit odpovídající rozvoj pohybových dovedností a tělesné zdatnosti. Je třeba využívat další možnosti zařazování pohybových činností v režimu školy (ranní cvičení před zahájením výuky, tělovýchovné chvilky, pohybové rekreační přestávky, učení v pohybu, integrovaná terénní výuka, integrovaná projektová výuka) a činností ve spolupráci s mimoškolními partnery (Česká unie sportu, tělovýchovné jednoty, sportovní kluby, zájmové organizace, spolky atd.). Žák na úrovni 2. stupně by se měl samostatně zapojovat do organizace a realizace svého pohybového režimu a spoluvytvářet ho podle svých potřeb a zaměření.Na 2. stupni základního vzdělávání by se pravidelné zapojení do pohybových činností především v rámci školy mělo stát cílenou složkou péče o zdraví a rozvoj pohybové gramotnosti. Proto je navyšování času pro cílené pohybové činnosti všech žáků velmi důležité, především pro žáky, kteří mají mimo školu málo možností k pohybu, nedostatečnou podporu i málo vlastního zájmu o pohyb.</t>
         </is>
       </c>
       <c r="K308" s="0" t="inlineStr">
         <is>
-          <t>samostatně sestaví týdenní plán pohybových aktivit pro rozvoj kondice a zdraví </t>
+          <t>Samostatně sestaví týdenní plán pohybových aktivit pro rozvoj kondice a zdraví. </t>
         </is>
       </c>
       <c r="L308" s="0" t="inlineStr">
         <is>
-          <t>vede si záznam o absolvovaných pohybových aktivitách a pohybovém režimu </t>
+          <t>Vede si záznam o absolvovaných pohybových aktivitách a pohybovém režimu. </t>
         </is>
       </c>
       <c r="M308" s="0" t="inlineStr">
         <is>
           <t>Vyhodnotí záznamy absolvovaných pohybových činností a jejich parametrů v týdenním plánu.Na vyzvání učitele předvede některou z uváděných pohybových činností.Zhodnotí vlastní režim, posoudí jeho vhodnost vzhledem k rozvoji tělesné zdatnosti a zdraví, případně (ve spolupráci s učitelem) optimalizuje svůj plán. </t>
         </is>
       </c>
       <c r="N308" s="0" t="inlineStr">
         <is>
           <t>Plánuje a zapojuje se do pohybových činností spolu s ostatními žáky a chápe význam pohybových aktivit pro zdraví.</t>
         </is>
       </c>
       <c r="O308" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P308" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="inlineStr">
@@ -25450,56 +25684,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G309" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H309" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV9-005</t>
         </is>
       </c>
       <c r="I309" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje zásady hygieny a bezpečného chování při pohybových činnostech v prostředí sportovišť a přírody; aktivně předchází krizovým situacím a při jejich vzniku adekvátně reaguje.</t>
         </is>
       </c>
       <c r="J309" s="0" t="inlineStr">
         <is>
           <t>V TV jsou žáci adekvátně oblečení a obutí v souladu s nároky dané pohybové aktivity prostředí, v němž činnost provádějí (tělocvična, bazén, gymnastický sál, příroda). Při každé nové pohybové činnosti a přechodu do jiného prostředí učitel předává instrukce k bezpečnosti, které mají žáci dodržovat. Jejich znalost a dodržování jsou základem tohoto výstupu. Daný očekávaný výstup vychází z předpokladu, že žáci na 2. stupni už většinu prostředí, v nichž se realizuje TV v dané škole, i většinu opakujících se pohybových činností znají a mohou samostatně a aktivně přispívat k dodržování hygienických a bezpečnostních pravidel.Praktické uplatňování hygieny a zejména bezpečnosti při TV je jedním z hlavních předpokladů realizace pohybových činností a získávání potřebných praktických návyků zdravého využívání pohybu. Zvládání daných pravidel je důležité pro realizaci pohybových činností v celém dalším životě.</t>
         </is>
       </c>
       <c r="K309" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se se zásadami hygieny a bezpečnosti osvojování nových pohybových činností </t>
+          <t>Seznamuje se se zásadami hygieny a bezpečnosti osvojování nových pohybových činností. </t>
         </is>
       </c>
       <c r="L309" s="0" t="inlineStr">
         <is>
-          <t>zná zásady hygieny a bezpečnosti při pohybových činnostechuvědomuje si problém, který by mohl vést k ohrožení jeho bezpečí nebo bezpečí jiné osoby </t>
+          <t>Zná zásady hygieny a bezpečnosti při pohybových činnostech.Uvědomuje si problém, který by mohl vést k ohrožení jeho bezpečí nebo bezpečí jiné osoby. </t>
         </is>
       </c>
       <c r="M309" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje základní zásady hygieny a bezpečnosti při pohybových činnostech v prostředí daného sportoviště.Upozorní na jakýkoli problém, který by mohl vést k ohrožení jeho bezpečí nebo bezpečí jiné osoby.Svým jednáním předchází nebezpečným situacím.</t>
         </is>
       </c>
       <c r="N309" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje zásady bezpečnosti a hygieny při a po pohybových aktivitách, předchází nebezpečným situacím.</t>
         </is>
       </c>
       <c r="O309" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P309" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="inlineStr">
@@ -25532,56 +25766,56 @@
           <t>Tematický okruh zajišťuje ve společném vzdělávání žáků 1. a 2. stupně základního vzdělávání to nejdůležitější, co vede k rozvoji pohybové gramotnosti. Jeho podstatou je především rozvoj pohybových dovedností žáka na základě co nejširší nabídky pohybových činností (v souladu s věkovými možnostmi žáka, jeho zájmy a podmínkami škol). Odehrává se v motivujícím prostředí, odpovídajícími způsoby výuky a v podněcujícím přístupu k žákům, hodnoceným na základě jejich zájmu a osobního zlepšování. Tematický okruh směřuje i k poznání rozvoje tělesné zdatnosti (na základě pochopení délky, kvality, intenzity pohybu, překonávání námahy při pohybových činnostech) a výhod zapojení do pravidelné pohybové činnosti jako předpokladu zdravého vývoje organismu a přínosů pro zdravý životní styl. To by mělo u žáka utvářet nejen poznání o potřebě dostatečného množství pohybu, ale především rozvíjet jeho návyky a potřebu pravidelného opakování pohybových činností a jejich zařazování do každodenního pohybového režimu – v kontrastu s dlouhodobou statickou zátěží výuky vsedě. Součástí tématu je i problematika hygieny a bezpečnosti při pohybových činnostech. </t>
         </is>
       </c>
       <c r="G310" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H310" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-001-ZV5-005</t>
         </is>
       </c>
       <c r="I310" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje základní zásady hygieny a bezpečnosti při pohybových činnostech, svým jednáním předchází nebezpečným situacím a při jejich vzniku adekvátně reaguje.</t>
         </is>
       </c>
       <c r="J310" s="0" t="inlineStr">
         <is>
           <t>Pohybové činnosti žáků v TV se odehrávají v různých prostorech tělocvičny, hřiště, přírody, bazénu atd. Každé prostředí i každá pohybová činnost mají svá specifická pravidla bezpečnosti a hygieny. Žák má být adekvátně oblečený a obutý v souladu s nároky dané pohybové aktivity prostředí, v němž činnost provádí (tělocvična, bazén, gymnastický sál aj.). Při každé nové pohybové činnosti a přechodu do jiného prostředí učitel předává instrukce k bezpečnosti, které má žák dodržovat. Jejich znalost a dodržování jsou základem tohoto výstupu. Praktické uplatňování hygieny a zejména bezpečnosti při TV je jedním z hlavních předpokladů realizace pohybových činností a získávání potřebných praktických návyků zdravého využívání pohybu. </t>
         </is>
       </c>
       <c r="K310" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se se základními zásadami hygieny a bezpečnosti při různých pohybových činnostech</t>
+          <t>Seznamuje se se základními zásadami hygieny a bezpečnosti při různých pohybových činnostech.</t>
         </is>
       </c>
       <c r="L310" s="0" t="inlineStr">
         <is>
-          <t>zná základní zásady hygieny a bezpečnosti při různých pohybových činnostechuvědomuje si problém, který by mohl vést k ohrožení jeho bezpečí nebo bezpečí jiného žáka</t>
+          <t>Zná základní zásady hygieny a bezpečnosti při různých pohybových činnostech.Uvědomuje si problém, který by mohl vést k ohrožení jeho bezpečí nebo bezpečí jiného žáka.</t>
         </is>
       </c>
       <c r="M310" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje základní zásady hygieny a bezpečnosti při různých pohybových činnostech.Upozorní na jakýkoli problém, který by mohl vést k ohrožení jeho bezpečí nebo bezpečí jiného žáka.Svým jednáním předchází nebezpečným situacím.Adaptuje se na vodní prostředí, dodržuje hygienu plavání, zvládá v souladu s individuálními předpoklady plavecké dovednosti.Zvládá v souladu s individuálními předpoklady vybranou plaveckou techniku, prvky sebezáchrany a bezpečnosti.</t>
         </is>
       </c>
       <c r="N310" s="0" t="inlineStr">
         <is>
           <t>Uplatňuje základní zásady bezpečnosti a hygieny při a po pohybových aktivitách.</t>
         </is>
       </c>
       <c r="O310" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P310" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="inlineStr">
@@ -25614,56 +25848,56 @@
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G311" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H311" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-002-ZV9-006</t>
         </is>
       </c>
       <c r="I311" s="0" t="inlineStr">
         <is>
           <t>Používá osvojované tělocvičné názvosloví, správně reaguje na pokyny, povely, smluvená gesta a signály, samostatně řídí skupinu při pohybové činnosti.</t>
         </is>
       </c>
       <c r="J311" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- používá osvojované tělocvičné názvosloví, správně reaguje na pokyny, povely a signály, s ohledem na svoje možnosti vykonává podle nich individuální i týmovou pohybovou činnostTělocvičné názvosloví a dorozumívání při TV je velmi specifické. Používají se jak oficiální tělocvičné pojmy, tak různá zkratkovitá pojmenování, smluvená gesta a zvukové signály pro organizaci a realizaci pohybových činností. Osvojování daných pojmů a dalších prvků dorozumívání v TV souvisí s konkrétními pohybovými činnostmi. Na 2. stupni by měl žák reagovat nejen na pokyny a povely, ale i na různé signály, gesta používaná v TV (např. na gesta a signály rozhodčího při sportovních hrách).Specifické názvosloví, konkrétní gesta a signály zpřesňují, zjednodušují a zkracují dorozumívání v TV a také usnadňují organizaci a bezpečnost pohybových činností. Znalost tělocvičného názvosloví je důležitá jak pro dalším studium, tak pro běžný život, především pro společné rekreační pohybové aktivity, porozumění sportovním zprávám v tisku i pro sledování sportovních přenosů v televizi a na různých platformách v digitálním prostoru. Schopnost používat tělocvičné pojmy patří k základním znalostem a dovednostem žáka.</t>
         </is>
       </c>
       <c r="K311" s="0" t="inlineStr">
         <is>
-          <t>reaguje na pokyny, povely a signály spojenými s pohybovou činností</t>
+          <t>Reaguje na pokyny, povely a signály spojenými s pohybovou činností.</t>
         </is>
       </c>
       <c r="L311" s="0" t="inlineStr">
         <is>
-          <t>rozumí a pojmenuje pokyny, povely a signály spojené s pohybovou činností</t>
+          <t>Rozumí a pojmenuje pokyny, povely a signály spojené s pohybovou činností.</t>
         </is>
       </c>
       <c r="M311" s="0" t="inlineStr">
         <is>
           <t>Sestaví a vede krátké rozcvičení s ohledem na následující pohybovou činnost.Používá správné tělocvičné názvosloví.Organizuje skupinu, dává instrukce, kontroluje a opravuje provedení cvičení spolužáků.</t>
         </is>
       </c>
       <c r="N311" s="0" t="inlineStr">
         <is>
           <t>Reaguje správně na základní pokyny, povely, signály a vykonává podle nich individuální i týmovou pohybovou činnost.</t>
         </is>
       </c>
       <c r="O311" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P311" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="inlineStr">
@@ -25696,56 +25930,56 @@
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G312" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H312" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-002-ZV5-006</t>
         </is>
       </c>
       <c r="I312" s="0" t="inlineStr">
         <is>
           <t>Reaguje správně na základní pokyny, povely, signály a vykonává podle nich individuální i týmovou pohybovou činnost.</t>
         </is>
       </c>
       <c r="J312" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - používá osvojované tělocvičné názvosloví, správně reaguje na pokyny, povely, signály a s ohledem na svoje možnosti a podle nich vykonává individuální i týmovou pohybovou činnost Tělocvičné názvosloví a dorozumívání při TV je velmi specifické. Pro organizaci a realizaci pohybových činností se používají jak oficiální tělocvičné pojmy, tak různá zkratkovitá pojmenování, smluvená gesta a zvukové signály. Osvojování daných pojmů a dalších prvků dorozumívání v TV je postupné a souvisí s konkrétními pohybovými činnostmi, na jejich základě je žák schopný provádět bezpečně konkrétní činnosti. S danou terminologií by měl být žák seznamován od začátku vzdělávání v TV. Znalost tělocvičného názvosloví, pokynů, povelů a gest je důležitá pro organizaci a realizaci pohybových činností v TV i při dalším studiu a v životě. Schopnost používat tělocvičné pojmy a další prostředky dorozumění patří k základním znalostem a dovednostem žáka.</t>
         </is>
       </c>
       <c r="K312" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s pokyny, povely a signály spojenými s různými pohybovými činnostmi</t>
+          <t>Seznamuje se s pokyny, povely a signály spojenými s různými pohybovými činnostmi.</t>
         </is>
       </c>
       <c r="L312" s="0" t="inlineStr">
         <is>
-          <t>rozumí pokynům, povelům a signálům spojených s různými pohybovými činnostmi</t>
+          <t>Rozumí pokynům, povelům a signálům spojených s různými pohybovými činnostmi.</t>
         </is>
       </c>
       <c r="M312" s="0" t="inlineStr">
         <is>
           <t>Podle pokynů, povelů a signálů vykonává různé pohybové činnosti.Se spolužáky společně posoudí soulad cvičení a slovních instrukcí.</t>
         </is>
       </c>
       <c r="N312" s="0" t="inlineStr">
         <is>
           <t>Reaguje správně na základní pokyny, povely, signály a vykonává podle nich individuální i týmovou pohybovou činnost.</t>
         </is>
       </c>
       <c r="O312" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P312" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="inlineStr">
@@ -25758,496 +25992,496 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C313" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D313" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E313" s="0" t="inlineStr">
         <is>
           <t>Činnosti podporující pohybové učení</t>
         </is>
       </c>
       <c r="F313" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G313" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H313" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-002-ZV5-007</t>
+          <t>CZB-TEV-002-ZV9-007</t>
         </is>
       </c>
       <c r="I313" s="0" t="inlineStr">
         <is>
-          <t>Dodržuje základní pravidla jednoduchých her a soutěží, adekvátně reaguje na zjevné přestupky.</t>
+          <t>Dodržuje základní pravidla her a soutěží, označí přestupky proti herním či soutěžním pravidlům a vysvětlí, v čem došlo k jejich porušení.</t>
         </is>
       </c>
       <c r="J313" s="0" t="inlineStr">
         <is>
-          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - dodržuje základní pravidla jednoduchých her a soutěží a jejich nutné modifikace související s jeho aktivním zapojením – pozná a označí zjevné přestupky proti nim a adekvátně na ně reaguje Pro motivaci a využití osvojovaných pohybových dovedností jsou v TV na 1. stupni využívány pohybové hry, zjednodušené sportovní hry a různé soutěže. Tyto činnosti mají svá konkrétní pravidla, která slouží k bezproblémové realizaci her a soutěží a k bezpečnosti žáků. Žák by si měl daná pravidla osvojit, dodržovat je a adekvátně reagovat na jejich nedodržování (upozornit na jejich porušování). Hry a soutěže se řídí společnými pravidly. Znalost těchto pojmů a pravidel i jejich dodržování je pro realizaci daných pohybových činností a pro bezpečnost žáka nezbytná. Je i výrazným prvkem jeho socializace. </t>
+          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- dodržuje základní pravidla jednoduchých her a soutěží a jejich nutné modifikace související s jeho aktivním zapojením, označí přestupky proti herním či soutěžním pravidlům, vysvětlí, proč jsou v rozporu s pravidlyPro motivaci a využití osvojovaných pohybových dovedností jsou v TV na 2. stupni využívány různé typy her a soutěží. Tyto činnosti mají svá konkrétní pravidla, která slouží k bezproblémové realizaci her a soutěží a k bezpečnosti žáků. Žáci by měli daná pravidla znát, dodržovat je, v případě porušení pravidel tuto situaci rozpoznat (upozornit na ni) a adekvátně reagovat na jejich nedodržování. Měli by být schopni i vysvětlit, k jakému porušení pravidel došlo a proč není možné ho tolerovat.Hry a soutěže se řídí společnými pravidly. Znalost těchto pojmů a pravidel je pro společnou a bezpečnou realizaci pohybových činností nezbytná. Je důležitá i jako prvek socializace při organizování a realizaci společných pohybových činností mimo školu a v osobním životě. Jejich znalost umožňuje s porozuměním vnímat informace o sportu a sledovat přenosy sportovních soutěží.</t>
         </is>
       </c>
       <c r="K313" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se se základními pravidly her a soutěží </t>
+          <t>Seznamuje se se základními pravidly her a soutěží.  </t>
         </is>
       </c>
       <c r="L313" s="0" t="inlineStr">
         <is>
-          <t>zná základní pravidla her a soutěží rozlišuje základní porušení pravidel</t>
+          <t>Zná základní pravidla osvojovaných her a soutěží.Rozlišuje základní porušení pravidel.  </t>
         </is>
       </c>
       <c r="M313" s="0" t="inlineStr">
         <is>
           <t>Dodržuje pravidla her a soutěží a chová se v duchu fair play. Uvede a vysvětlí, k jakému porušení pravidel došlo. Sleduje hru či soutěž a upozorňuje na porušení pravidel.</t>
         </is>
       </c>
       <c r="N313" s="0" t="inlineStr">
         <is>
-          <t>Dodržuje základní pravidla jednoduchých her a soutěží.</t>
+          <t>Zná a dodržuje základní pravidla her a soutěží, rozpozná, když dojde k jejich porušení.</t>
         </is>
       </c>
       <c r="O313" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P313" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D314" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E314" s="0" t="inlineStr">
         <is>
           <t>Činnosti podporující pohybové učení</t>
         </is>
       </c>
       <c r="F314" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G314" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H314" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-002-ZV9-007</t>
+          <t>CZB-TEV-002-ZV5-007</t>
         </is>
       </c>
       <c r="I314" s="0" t="inlineStr">
         <is>
-          <t>Dodržuje základní pravidla her a soutěží, označí přestupky proti herním či soutěžním pravidlům a vysvětlí, v čem došlo k jejich porušení.</t>
+          <t>Dodržuje základní pravidla jednoduchých her a soutěží, adekvátně reaguje na zjevné přestupky.</t>
         </is>
       </c>
       <c r="J314" s="0" t="inlineStr">
         <is>
-          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- dodržuje základní pravidla jednoduchých her a soutěží a jejich nutné modifikace související s jeho aktivním zapojením, označí přestupky proti herním či soutěžním pravidlům, vysvětlí, proč jsou v rozporu s pravidlyPro motivaci a využití osvojovaných pohybových dovedností jsou v TV na 2. stupni využívány různé typy her a soutěží. Tyto činnosti mají svá konkrétní pravidla, která slouží k bezproblémové realizaci her a soutěží a k bezpečnosti žáků. Žáci by měli daná pravidla znát, dodržovat je, v případě porušení pravidel tuto situaci rozpoznat (upozornit na ni) a adekvátně reagovat na jejich nedodržování. Měli by být schopni i vysvětlit, k jakému porušení pravidel došlo a proč není možné ho tolerovat.Hry a soutěže se řídí společnými pravidly. Znalost těchto pojmů a pravidel je pro společnou a bezpečnou realizaci pohybových činností nezbytná. Je důležitá i jako prvek socializace při organizování a realizaci společných pohybových činností mimo školu a v osobním životě. Jejich znalost umožňuje s porozuměním vnímat informace o sportu a sledovat přenosy sportovních soutěží.</t>
+          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - dodržuje základní pravidla jednoduchých her a soutěží a jejich nutné modifikace související s jeho aktivním zapojením – pozná a označí zjevné přestupky proti nim a adekvátně na ně reaguje Pro motivaci a využití osvojovaných pohybových dovedností jsou v TV na 1. stupni využívány pohybové hry, zjednodušené sportovní hry a různé soutěže. Tyto činnosti mají svá konkrétní pravidla, která slouží k bezproblémové realizaci her a soutěží a k bezpečnosti žáků. Žák by si měl daná pravidla osvojit, dodržovat je a adekvátně reagovat na jejich nedodržování (upozornit na jejich porušování). Hry a soutěže se řídí společnými pravidly. Znalost těchto pojmů a pravidel i jejich dodržování je pro realizaci daných pohybových činností a pro bezpečnost žáka nezbytná. Je i výrazným prvkem jeho socializace. </t>
         </is>
       </c>
       <c r="K314" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se se základními pravidly her a soutěží   </t>
+          <t>Seznamuje se se základními pravidly her a soutěží.</t>
         </is>
       </c>
       <c r="L314" s="0" t="inlineStr">
         <is>
-          <t>zná základní pravidla osvojovaných her a soutěží rozlišuje základní porušení pravidel  </t>
+          <t>Zná základní pravidla her a soutěží.Rozlišuje základní porušení pravidel.</t>
         </is>
       </c>
       <c r="M314" s="0" t="inlineStr">
         <is>
           <t>Dodržuje pravidla her a soutěží a chová se v duchu fair play. Uvede a vysvětlí, k jakému porušení pravidel došlo. Sleduje hru či soutěž a upozorňuje na porušení pravidel.</t>
         </is>
       </c>
       <c r="N314" s="0" t="inlineStr">
         <is>
-          <t>Zná a dodržuje základní pravidla her a soutěží, rozpozná, když dojde k jejich porušení.</t>
+          <t>Dodržuje základní pravidla jednoduchých her a soutěží.</t>
         </is>
       </c>
       <c r="O314" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P314" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C315" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D315" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E315" s="0" t="inlineStr">
         <is>
           <t>Činnosti podporující pohybové učení</t>
         </is>
       </c>
       <c r="F315" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G315" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H315" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-002-ZV9-008</t>
+          <t>CZB-TEV-002-ZV5-008</t>
         </is>
       </c>
       <c r="I315" s="0" t="inlineStr">
         <is>
-          <t>Zaznamená a zhodnotí s pomocí dostupných technologií pohybový výkon, na základě zjištěných výsledků a dalších podnětů usiluje o jeho zlepšení.</t>
+          <t>Měří pohybové výkony a na základě pokynů učitele či porovnání výkonů s předchozími na ně adekvátně reaguje.</t>
         </is>
       </c>
       <c r="J315" s="0" t="inlineStr">
         <is>
-          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- změří a zaznamená pohybové výkony v různých pohybových činnostech, porovnává a zhodnotí kvalitu pohybové dovednosti, rozpozná správné a chybné provedení pohybové dovednosti u sebe i jiných a podle podnětů (učitele, asistenta pedagoga, spolužáků) usiluje o jejich zlepšení, v relevantních situacích pak upozorní na činnosti či podmínky, které jsou v rozporu s jeho zdravotním stavem, projeví dostatek kompetencí pro jejich úpravu potřebnou pro účast v nichJedná se o základní dovednosti v TV i v celém životě při sledování a hodnocení pohybových výkonů, bez nich provádění pohybových činností ztrácí smysl. Žák na úrovni 2. stupně měří vzdálenosti, rychlost pohybu, čas (např. délka a výška skoku, rychlost běhu, plavání, bruslení, jízdy na lyžích, měření úseků hry – poločas, oddechový čas), počítá dosažené body, branky, posuzuje správné provedení pohybu atd. Zápis výkonu a jeho porovnání s předchozím výkonem žáka má motivační, ale i praktický význam pro život – vede k hodnocení osobních výkonů a k rozhodnutí o jejich dalším zlepšování, které se ve škole děje na základě korektivních doporučení učitele či vzájemného hodnocení žáků. V současné době expanze digitálních přístrojů a aplikací by se mělo zjednodušit jak měření činností, tak jejich záznam a vyhodnocování. Žák by měl dané způsoby měření umět používat. Měření výkonů by nemělo být cílem TV, ale prostředkem pro cílený rozvoj pohybových dovedností a tělesné zdatnosti.Měření pohybových výkonů a jejich evidence je důležitá pro porovnání vlastních výkonů a jejich následné vyhodnocení. V současné době už žáci mohou využívat k měření i digitální technologie a pomocí různých programů sdílet své pokroky i mezi sebou (pokud budou chtít). Dlouhodobé využívání evidence a hodnocení výkonů (jejich změny či stagnace) vede k adekvátní reakci žáků a snaze o zlepšení výkonů. Měření pohybových výkonů a jejich zaznamenávání na 2. stupni má nejen motivační charakter, ale především praktický dopad při vytváření celoživotního návyku pravidelného sledování a vyhodnocování tělesné zdatnosti jako základního ukazatele kvality zdraví v průběhu celého života.</t>
+          <t>Znění alternativního OV pro inkluzivní vzdělávání v TV - vhodně používá pomůcky pro měření pohybových výkonů, zaznamená naměřené pohybové výkony a porovná je s předchozími, adekvátně reaguje na podněty vedoucí ke zlepšení, uvádí na základě znalosti svého aktuálního zdravotního stavu pro něj nevhodná cvičení a pohybové činnosti Jedná se o základní dovednosti v TV i v celém životě při sledování a hodnocení pohybových výkonů. Žák na úrovni 5. ročníku měří vzdálenosti, rychlost pohybu, čas (např. délka a výška skoku, rychlost běhu, plavání, bruslení, jízdy na lyžích, měření úseků hry – poločas, oddechový čas). Zápis výkonu a jeho porovnání s předchozím výkonem žáka souvisí s hodnocením osobního zlepšení. Zlepšení vede přes konkrétní (korektivní) doporučení učitele nebo spolužáků. Měření a vedení evidence pohybových výkonů a průběhu je důležité pro porovnání vlastních výkonů a jejich následné vyhodnocení. Dlouhodobé využívání evidence a hodnocení výkonů (jejich změny či stagnace) jsou podkladem pro adekvátní reakce a snahu o zlepšení výkonů a tělesné zdatnosti. Zlepšování pohybových výkonů má zejména na 1. stupni motivační charakter. </t>
         </is>
       </c>
       <c r="K315" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s dalšími způsoby pro změření svého výkonu </t>
+          <t>Seznamuje se s různými způsoby pro změření svého výkonu.</t>
         </is>
       </c>
       <c r="L315" s="0" t="inlineStr">
         <is>
-          <t>zkouší různé způsoby pro změření svého výkonuseznamuje se s vhodnými aplikacemi pro změření (zaznamenání) pohybové činnosti  </t>
+          <t>Zkouší různé způsoby pro změření svého výkonu.Seznamuje se s vhodnými aplikacemi pro změření (zaznamenání) pohybové činnosti.</t>
         </is>
       </c>
       <c r="M315" s="0" t="inlineStr">
         <is>
-          <t>Změří svůj výkon.Vybere a použije vhodnou aplikaci pro změření (zaznamenání) pohybové činnosti. Změřený výkon zaznamená a porovná se svým předchozím výkonem.Uvede, co je možnou příčinou zlepšení či zhoršení výkonu.  Rozhodne o zařazení pohybových činností do denního režimu, které povedou ke zlepšení (udržení) daného výkonu při dalším měření. Usiluje o zlepšení pohybového výkonu.</t>
+          <t>Změří svůj výkon.Vybere a použije vhodnou aplikaci pro změření (zaznamenání) pohybové činnosti.Změřený výkon zaznamená a porovná se svým předchozím výkonem.Uvede, co je možnou příčinou zlepšení či zhoršení výkonu.Rozhodne o zařazení pohybových činností do denního režimu, které povedou ke zlepšení (udržení) daného výkonu při dalším měření.</t>
         </is>
       </c>
       <c r="N315" s="0" t="inlineStr">
         <is>
-          <t>Měří pohybové výkony, porovnává je s výkony přechozími a usiluje o jejich zlepšení.</t>
+          <t>Měří dle pokynů pohybové výkony a porovnává je s výkony přechozími.</t>
         </is>
       </c>
       <c r="O315" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P315" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D316" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E316" s="0" t="inlineStr">
         <is>
           <t>Činnosti podporující pohybové učení</t>
         </is>
       </c>
       <c r="F316" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G316" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H316" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-002-ZV5-008</t>
+          <t>CZB-TEV-002-ZV9-008</t>
         </is>
       </c>
       <c r="I316" s="0" t="inlineStr">
         <is>
-          <t>Měří pohybové výkony a na základě pokynů učitele či porovnání výkonů s předchozími na ně adekvátně reaguje.</t>
+          <t>Zaznamená a zhodnotí s pomocí dostupných technologií pohybový výkon, na základě zjištěných výsledků a dalších podnětů usiluje o jeho zlepšení.</t>
         </is>
       </c>
       <c r="J316" s="0" t="inlineStr">
         <is>
-          <t>Znění alternativního OV pro inkluzivní vzdělávání v TV - vhodně používá pomůcky pro měření pohybových výkonů, zaznamená naměřené pohybové výkony a porovná je s předchozími, adekvátně reaguje na podněty vedoucí ke zlepšení, uvádí na základě znalosti svého aktuálního zdravotního stavu pro něj nevhodná cvičení a pohybové činnosti Jedná se o základní dovednosti v TV i v celém životě při sledování a hodnocení pohybových výkonů. Žák na úrovni 5. ročníku měří vzdálenosti, rychlost pohybu, čas (např. délka a výška skoku, rychlost běhu, plavání, bruslení, jízdy na lyžích, měření úseků hry – poločas, oddechový čas). Zápis výkonu a jeho porovnání s předchozím výkonem žáka souvisí s hodnocením osobního zlepšení. Zlepšení vede přes konkrétní (korektivní) doporučení učitele nebo spolužáků. Měření a vedení evidence pohybových výkonů a průběhu je důležité pro porovnání vlastních výkonů a jejich následné vyhodnocení. Dlouhodobé využívání evidence a hodnocení výkonů (jejich změny či stagnace) jsou podkladem pro adekvátní reakce a snahu o zlepšení výkonů a tělesné zdatnosti. Zlepšování pohybových výkonů má zejména na 1. stupni motivační charakter. </t>
+          <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV- změří a zaznamená pohybové výkony v různých pohybových činnostech, porovnává a zhodnotí kvalitu pohybové dovednosti, rozpozná správné a chybné provedení pohybové dovednosti u sebe i jiných a podle podnětů (učitele, asistenta pedagoga, spolužáků) usiluje o jejich zlepšení, v relevantních situacích pak upozorní na činnosti či podmínky, které jsou v rozporu s jeho zdravotním stavem, projeví dostatek kompetencí pro jejich úpravu potřebnou pro účast v nichJedná se o základní dovednosti v TV i v celém životě při sledování a hodnocení pohybových výkonů, bez nich provádění pohybových činností ztrácí smysl. Žák na úrovni 2. stupně měří vzdálenosti, rychlost pohybu, čas (např. délka a výška skoku, rychlost běhu, plavání, bruslení, jízdy na lyžích, měření úseků hry – poločas, oddechový čas), počítá dosažené body, branky, posuzuje správné provedení pohybu atd. Zápis výkonu a jeho porovnání s předchozím výkonem žáka má motivační, ale i praktický význam pro život – vede k hodnocení osobních výkonů a k rozhodnutí o jejich dalším zlepšování, které se ve škole děje na základě korektivních doporučení učitele či vzájemného hodnocení žáků. V současné době expanze digitálních přístrojů a aplikací by se mělo zjednodušit jak měření činností, tak jejich záznam a vyhodnocování. Žák by měl dané způsoby měření umět používat. Měření výkonů by nemělo být cílem TV, ale prostředkem pro cílený rozvoj pohybových dovedností a tělesné zdatnosti.Měření pohybových výkonů a jejich evidence je důležitá pro porovnání vlastních výkonů a jejich následné vyhodnocení. V současné době už žáci mohou využívat k měření i digitální technologie a pomocí různých programů sdílet své pokroky i mezi sebou (pokud budou chtít). Dlouhodobé využívání evidence a hodnocení výkonů (jejich změny či stagnace) vede k adekvátní reakci žáků a snaze o zlepšení výkonů. Měření pohybových výkonů a jejich zaznamenávání na 2. stupni má nejen motivační charakter, ale především praktický dopad při vytváření celoživotního návyku pravidelného sledování a vyhodnocování tělesné zdatnosti jako základního ukazatele kvality zdraví v průběhu celého života.</t>
         </is>
       </c>
       <c r="K316" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s různými způsoby pro změření svého výkonu</t>
+          <t>Seznamuje se s dalšími způsoby pro změření svého výkonu. </t>
         </is>
       </c>
       <c r="L316" s="0" t="inlineStr">
         <is>
-          <t>zkouší různé způsoby pro změření svého výkonuseznamuje se s vhodnými aplikacemi pro změření (zaznamenání) pohybové činnosti </t>
+          <t>Zkouší různé způsoby pro změření svého výkonu.Seznamuje se s vhodnými aplikacemi pro změření (zaznamenání) pohybové činnosti. </t>
         </is>
       </c>
       <c r="M316" s="0" t="inlineStr">
         <is>
-          <t>Změří svůj výkon.Vybere a použije vhodnou aplikaci pro změření (zaznamenání) pohybové činnosti.Změřený výkon zaznamená a porovná se svým předchozím výkonem.Uvede, co je možnou příčinou zlepšení či zhoršení výkonu.Rozhodne o zařazení pohybových činností do denního režimu, které povedou ke zlepšení (udržení) daného výkonu při dalším měření.</t>
+          <t>Změří svůj výkon.Vybere a použije vhodnou aplikaci pro změření (zaznamenání) pohybové činnosti. Změřený výkon zaznamená a porovná se svým předchozím výkonem.Uvede, co je možnou příčinou zlepšení či zhoršení výkonu.  Rozhodne o zařazení pohybových činností do denního režimu, které povedou ke zlepšení (udržení) daného výkonu při dalším měření. Usiluje o zlepšení pohybového výkonu.</t>
         </is>
       </c>
       <c r="N316" s="0" t="inlineStr">
         <is>
-          <t>Měří dle pokynů pohybové výkony a porovnává je s výkony přechozími.</t>
+          <t>Měří pohybové výkony, porovnává je s výkony přechozími a usiluje o jejich zlepšení.</t>
         </is>
       </c>
       <c r="O316" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P316" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B317" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C317" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D317" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E317" s="0" t="inlineStr">
         <is>
           <t>Činnosti podporující pohybové učení</t>
         </is>
       </c>
       <c r="F317" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G317" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H317" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-002-ZV9-009</t>
+          <t>CZB-TEV-002-ZV5-009</t>
         </is>
       </c>
       <c r="I317" s="0" t="inlineStr">
         <is>
-          <t>Naplňuje při pohybových činnostech některé olympijské myšlenky – čestné soupeření, respekt k odlišnostem, podpora znevýhodněných osob, ochrana přírody, uplatňování práv a povinností vyplývajících z různých rolí.</t>
+          <t>Při pohybových činnostech jedná v duchu fair play, respektuje pohybové dovednosti, předpoklady a zájmy ostatních.</t>
         </is>
       </c>
       <c r="J317" s="0" t="inlineStr">
         <is>
-          <t>Fair play jednání na 2. stupni zdůrazňuje čestné jednání, spolupráci a vzájemnou pomoc, uplatňování práv a povinností při hrách a soutěžích, samostatné rozpoznávání situací, kdy je porušováno čestné jednání, respekt k pohybové úrovni jiných žáků, kdy odlišnost může vycházet ze sociálního či zdravotního znevýhodnění. Žák by si měl být vědom toho, že k olympijským myšlenkám patří i ochrana přírody při pohybových činnostech, ochrana majetku a zdraví atd.Jednání v duchu fair play je jedním ze základních morálních přínosů tělesné výchovy a sportu. Je významným přínosem TV pro celkový rozvoj osobnosti žáků, který je přenositelný do běžného každodenního života.</t>
+          <t>Čestné jednání při TV (v duchu fair play) představuje na 1. stupni především pomoc, spolupráci, ohleduplnost a respekt k ostatním. Žák respektuje pohybovou úroveň jiných žáků, je schopný jim při realizaci pohybových činností pomoci a povzbudit je. Čestné soupeření v duchu fair play je jedním ze základních morálních přínosů tělesné výchovy a sportu. Uplatňování čestného jednání, vzájemné ohleduplnosti, pomoci a spolupráce při pohybových činnostech je významným přínosem TV pro rozvoj osobnosti žáka, který je přenositelný do běžného každodenního života. </t>
         </is>
       </c>
       <c r="K317" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s principy fair play při náročnějších pohybových činnostechuvede (předvede), jak by mělo vypadat správné etické jednání  </t>
+          <t>Seznamuje se s principy fair play.</t>
         </is>
       </c>
       <c r="L317" s="0" t="inlineStr">
         <is>
-          <t>koriguje své jednání v duchu fair playoznačí nevhodné jednání a zdůvodní, v čem byla porušena práva a povinnostiuvědomuje si rozdílnost pohybových dovedností, předpokladů a zájmů ostatních  </t>
+          <t>Koriguje své jednání v duchu fair play.Uvědomuje si rozdílnost pohybových dovedností, předpokladů a zájmů ostatních.</t>
         </is>
       </c>
       <c r="M317" s="0" t="inlineStr">
         <is>
-          <t>Jedná v duchu fair play.Respektuje pohybové dovednosti, předpoklady a zájmy ostatních.Zhodnotí své jednání i jednání dalších účastníků při utkání, soutěži, společné činnosti.Uvede, jaký vliv může mít eticky nevhodné a vhodné jednání na jiné sportovce.Podporuje znevýhodněné osoby.Jedná se zásadami pro ochranu přírodního prostředí.</t>
+          <t>Jedná v duchu fair play.Respektuje pohybové dovednosti, předpoklady a zájmy ostatních.Zhodnotí své jednání i jednání dalších účastníků při utkání, soutěži, společné činnosti.</t>
         </is>
       </c>
       <c r="N317" s="0" t="inlineStr">
         <is>
-          <t>Jedná v duchu fair play, respektuje při pohybových činnostech jiné žáky, jejich odlišné předpoklady a zájmy.</t>
+          <t>Jedná v duchu fair play, včetně respektu k ostatním žákům.</t>
         </is>
       </c>
       <c r="O317" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P317" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B318" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C318" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D318" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E318" s="0" t="inlineStr">
         <is>
           <t>Činnosti podporující pohybové učení</t>
         </is>
       </c>
       <c r="F318" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G318" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H318" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-002-ZV5-009</t>
+          <t>CZB-TEV-002-ZV9-009</t>
         </is>
       </c>
       <c r="I318" s="0" t="inlineStr">
         <is>
-          <t>Při pohybových činnostech jedná v duchu fair play, respektuje pohybové dovednosti, předpoklady a zájmy ostatních.</t>
+          <t>Naplňuje při pohybových činnostech některé olympijské myšlenky – čestné soupeření, respekt k odlišnostem, podpora znevýhodněných osob, ochrana přírody, uplatňování práv a povinností vyplývajících z různých rolí.</t>
         </is>
       </c>
       <c r="J318" s="0" t="inlineStr">
         <is>
-          <t>Čestné jednání při TV (v duchu fair play) představuje na 1. stupni především pomoc, spolupráci, ohleduplnost a respekt k ostatním. Žák respektuje pohybovou úroveň jiných žáků, je schopný jim při realizaci pohybových činností pomoci a povzbudit je. Čestné soupeření v duchu fair play je jedním ze základních morálních přínosů tělesné výchovy a sportu. Uplatňování čestného jednání, vzájemné ohleduplnosti, pomoci a spolupráce při pohybových činnostech je významným přínosem TV pro rozvoj osobnosti žáka, který je přenositelný do běžného každodenního života. </t>
+          <t>Fair play jednání na 2. stupni zdůrazňuje čestné jednání, spolupráci a vzájemnou pomoc, uplatňování práv a povinností při hrách a soutěžích, samostatné rozpoznávání situací, kdy je porušováno čestné jednání, respekt k pohybové úrovni jiných žáků, kdy odlišnost může vycházet ze sociálního či zdravotního znevýhodnění. Žák by si měl být vědom toho, že k olympijským myšlenkám patří i ochrana přírody při pohybových činnostech, ochrana majetku a zdraví atd.Jednání v duchu fair play je jedním ze základních morálních přínosů tělesné výchovy a sportu. Je významným přínosem TV pro celkový rozvoj osobnosti žáků, který je přenositelný do běžného každodenního života.</t>
         </is>
       </c>
       <c r="K318" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s principy fair play</t>
+          <t>Seznamuje se s principy fair play při náročnějších pohybových činnostech.Uvede (předvede), jak by mělo vypadat správné etické jednání.  </t>
         </is>
       </c>
       <c r="L318" s="0" t="inlineStr">
         <is>
-          <t>koriguje své jednání v duchu fair playuvědomuje si rozdílnost pohybových dovedností, předpokladů a zájmů ostatních</t>
+          <t>Koriguje své jednání v duchu fair play.Označí nevhodné jednání a zdůvodní, v čem byla porušena práva a povinnosti.Uvědomuje si rozdílnost pohybových dovedností, předpokladů a zájmů ostatních.  </t>
         </is>
       </c>
       <c r="M318" s="0" t="inlineStr">
         <is>
-          <t>Jedná v duchu fair play.Respektuje pohybové dovednosti, předpoklady a zájmy ostatních.Zhodnotí své jednání i jednání dalších účastníků při utkání, soutěži, společné činnosti.</t>
+          <t>Jedná v duchu fair play.Respektuje pohybové dovednosti, předpoklady a zájmy ostatních.Zhodnotí své jednání i jednání dalších účastníků při utkání, soutěži, společné činnosti.Uvede, jaký vliv může mít eticky nevhodné a vhodné jednání na jiné sportovce.Podporuje znevýhodněné osoby.Jedná se zásadami pro ochranu přírodního prostředí.</t>
         </is>
       </c>
       <c r="N318" s="0" t="inlineStr">
         <is>
-          <t>Jedná v duchu fair play, včetně respektu k ostatním žákům.</t>
+          <t>Jedná v duchu fair play, respektuje při pohybových činnostech jiné žáky, jejich odlišné předpoklady a zájmy.</t>
         </is>
       </c>
       <c r="O318" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P318" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="inlineStr">
         <is>
           <t>Člověk, zdraví a bezpečí</t>
         </is>
       </c>
       <c r="B319" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C319" s="0" t="inlineStr">
@@ -26270,56 +26504,56 @@
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G319" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H319" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-002-ZV5-010</t>
         </is>
       </c>
       <c r="I319" s="0" t="inlineStr">
         <is>
           <t>Spolupracuje při organizaci pohybových činností ve známých prostorech určených pro realizaci tělesné výchovy.</t>
         </is>
       </c>
       <c r="J319" s="0" t="inlineStr">
         <is>
           <t>Znění alternativního OVU pro inkluzivní vzdělávání v TV - spolupracuje podle pokynů učitele (asistenta pedagoga) při organizaci prostoru a pohybových činností ve známých prostorách určených pro realizaci tělesné výchovy Organizace prostoru a činností je specifickou složkou bezpečné a bezproblémové realizace pohybových činností ve školní TV i při mimoškolních aktivitách. Žák by měl být schopný adekvátně reagovat na pokyny k organizaci prostoru i činností a spolupracovat při přípravě s ostatními. Spolupráce při organizaci prostoru a pohybových činností je jedním ze základních předpokladů bezpečné realizace pohybových činností, především týmových. Společná organizace TV může výrazně napomáhat vzájemné spolupráci, proto je vhodné ji zařazovat do TV již od 1. stupně základního vzdělávání. </t>
         </is>
       </c>
       <c r="K319" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s konkrétním prostorem pro realizaci pohybových dovednostísleduje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální</t>
+          <t>Seznamuje se s konkrétním prostorem pro realizaci pohybových dovedností.Sleduje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální.</t>
         </is>
       </c>
       <c r="L319" s="0" t="inlineStr">
         <is>
-          <t>zvažuje vhodnost přípravy konkrétního prostoru pro realizaci pohybových dovednostíuvažuje a plánuje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální</t>
+          <t>Zvažuje vhodnost přípravy konkrétního prostoru pro realizaci pohybových dovedností.Uvažuje a plánuje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální.</t>
         </is>
       </c>
       <c r="M319" s="0" t="inlineStr">
         <is>
           <t>Spolupracuje při organizaci pohybových činností s ohledem na konkrétní prostor pro realizaci pohybových dovedností.Podílí se na materiální, fyziologické a mentální přípravě na pohybovou činnost.</t>
         </is>
       </c>
       <c r="N319" s="0" t="inlineStr">
         <is>
           <t>Podílí se na organizaci pohybových činností ve známých prostorách určených pro realizaci tělesné výchovy.</t>
         </is>
       </c>
       <c r="O319" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P319" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="inlineStr">
@@ -26352,56 +26586,56 @@
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G320" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H320" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-002-ZV9-010</t>
         </is>
       </c>
       <c r="I320" s="0" t="inlineStr">
         <is>
           <t>Spolupracuje při organizaci prostoru a pohybových činností ve známých i méně známých prostorech určených pro realizaci pohybových činností.</t>
         </is>
       </c>
       <c r="J320" s="0" t="inlineStr">
         <is>
           <t>Pohybové činnosti nejsou organizovány jen v tělocvičně nebo na hřišti školy, žáci se v průběhu výuky dostávají k pohybovým činnostem realizovaným v přírodě, v horském zimním terénu, případně na kole, na lodi atd. Nová prostředí znamenají i jiné postupy a pravidla pro organizaci bezpečné pohybové činnosti. Žák by měl být schopný pomoci při organizaci prostoru a pohybových činností i v jiných podmínkách, než je škola.Spolupráce při organizaci prostoru a pohybových činností je jedním ze základních předpokladů účelné a bezpečné realizace individuálních i týmových pohybových činností. Společná organizace v TV ve škole i v prostředí letní a zimní přírody může významně napomáhat vzájemné spolupráci žáků, proto je vhodné ji zařazovat do TV i na 2. stupni v nových podmínkách a při nových činnostech. Schopnost samostatně se podílet na organizaci pohybových činností je vhodná nejen pro další pohybové učení při návazném studiu, ale i při organizaci rekreačních pohybových činností v dalším životě.</t>
         </is>
       </c>
       <c r="K320" s="0" t="inlineStr">
         <is>
-          <t>seznamuje se s konkrétním prostorem pro realizaci pohybových dovednostísleduje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální </t>
+          <t>Seznamuje se s konkrétním prostorem pro realizaci pohybových dovedností.Sleduje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální. </t>
         </is>
       </c>
       <c r="L320" s="0" t="inlineStr">
         <is>
-          <t>zvažuje vhodnost přípravy konkrétního prostoru pro realizaci pohybových dovednostíuvažuje a plánuje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální </t>
+          <t>Zvažuje vhodnost přípravy konkrétního prostoru pro realizaci pohybových dovedností.Uvažuje a plánuje přípravu na pohybovou činnost v oblasti materiální, fyziologické a mentální. </t>
         </is>
       </c>
       <c r="M320" s="0" t="inlineStr">
         <is>
           <t>Spolupracuje při organizaci pohybových činností s ohledem na konkrétní prostor pro realizaci pohybových dovedností.Podílí se na materiální, fyziologické a mentální přípravě na pohybovou činnost.</t>
         </is>
       </c>
       <c r="N320" s="0" t="inlineStr">
         <is>
           <t>Spolupracuje při organizaci pohybových činností v prostorách určených pro realizaci pohybových činností.</t>
         </is>
       </c>
       <c r="O320" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P320" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="inlineStr">
@@ -26434,56 +26668,56 @@
           <t>Tematický okruh obsahuje výstupy směřující k dorozumění a spolupráci při pohybových činnostech, k poznání a dodržování základních pravidel her a soutěží jako základu pro fair play jednání, včetně respektu k žákům různé výkonnosti, podpory žáka s tělesnými a zdravotními odlišnostmi, dorozumění a pomoci při týmových činnostech atd. Součástí tématu jsou OVU směřující k dovednostem měřit a hodnotit pohybové výkony (své i jiných) a respektovat náměty na další zlepšování. Jde i o dovednost (návyk) žáků samostatně sledovat a hodnotit tělesnou zdatnost, udržovat ji na optimální úrovni jako základ celoživotní péče o zdraví. V neposlední řadě směřuje tematický okruh i k práci s informacemi v oblasti pohybových činností a sportu, k jejich vyhledávání a kritickému hodnocení – co lze využít, čeho se účastnit, co nezapadá do čestného jednání atd. </t>
         </is>
       </c>
       <c r="G321" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H321" s="0" t="inlineStr">
         <is>
           <t>CZB-TEV-002-ZV9-011</t>
         </is>
       </c>
       <c r="I321" s="0" t="inlineStr">
         <is>
           <t>Vyhledá a prezentuje informace o aktuálním sportovním dění ve škole, v obci, regionu, ČR, ve světě.</t>
         </is>
       </c>
       <c r="J321" s="0" t="inlineStr">
         <is>
           <t>Sledování informací o pohybových činnostech ve škole či o sportovních akcích v blízkém okolí je na 2. stupni doplňováno sledováním informací o pohybových činnostech a sportovním dění v širším měřítku (v ČR, ve světě). Informace o sportu jsou každodenně široce prezentované v médiích a je vhodné jim alespoň rámcově rozumět a orientovat se v nich (především v těch, které žáky zajímají).Informace o sportovním dění jsou součástí všeobecného rozhledu. Proto je vhodné zaměřovat zájem žáků nejen na informace o pohybových činnostech ve škole a blízkém okolí, ale i v ČR, Evropě, ve světě a učit žáky s nimi pracovat a objektivně je hodnotit. Stejně jako politické, ekonomické, společenské, kulturní a jiné informace přispívají i informace o dění ve sportu k pochopení řady otázek ve vztazích mezi lidmi i ve vztazích jednotlivých zemí navzájem.</t>
         </is>
       </c>
       <c r="K321" s="0" t="inlineStr">
         <is>
-          <t>diskutuje o aktuálním sportovní dění ve škole, v obci, regionu, ČR, ve světě.</t>
+          <t>Diskutuje o aktuálním sportovní dění ve škole, v obci, regionu, ČR, ve světě.</t>
         </is>
       </c>
       <c r="L321" s="0" t="inlineStr">
         <is>
-          <t>vyhledá informace o aktuálním sportovním dění ve škole, v obci, regionu, ČR, ve světě</t>
+          <t>Vyhledá informace o aktuálním sportovním dění ve škole, v obci, regionu, ČR, ve světě.</t>
         </is>
       </c>
       <c r="M321" s="0" t="inlineStr">
         <is>
           <t>Vybere ze samostatně zvoleného zdroje informace o úspěších místních, českých, světových sportovců za vybrané období v daném sportu.Prezentuje informace o aktuálním sportovním dění ve škole, v obci, regionu, ČR, ve světě.</t>
         </is>
       </c>
       <c r="N321" s="0" t="inlineStr">
         <is>
           <t>Diskutuje o aktuálním sportovní dění ve škole, v obci, regionu, ČR, ve světě.</t>
         </is>
       </c>
       <c r="O321" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P321" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="inlineStr">
@@ -26496,61 +26730,61 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D322" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E322" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova</t>
         </is>
       </c>
       <c r="F322" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova svým obsahovým zaměřením i využívanými nástroji (tedy realizovanými pohybovými aktivitami) plně respektuje základní vymezení tělesné výchovy, ovšem s ohledem na účast žáků s potřebou uplatnění podpůrných opatření respektuje speciální potřeby žáků a nalézá nejvhodnější nástroje pro jejich rozvoj v této organizační formě. Zařazení žáka se speciálními vzdělávacími potřebami je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. V případě, že škola není z hlediska nedostatečných prostorových, materiálních, personálních či jiných podmínek schopná vzdělávat žáka v systému inkluzivně vedené tělesné výchovy, může organizačně zařadit žáky v minimálním počtu 6 osob na pedagogického pracovníka do alternativní organizační formy nazvané Zdravotní a aplikovaná tělesná výchova. Maximální počet žáků ve skupině přitom nesmí přesáhnout 14 osob, a to ani v případě zapojení dalších pedagogických pracovníků. Je žádoucí, aby žáci se speciálními vzdělávacími potřebami absolvovali v rámci základního vzdělávání co nejvíce pohybových aktivit (TV, ZATV) a nebyli z této výuky zbytečně uvolňováni.</t>
         </is>
       </c>
       <c r="G322" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H322" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-003-ZV5-011</t>
+          <t>CZB-TEV-003-ZV9-012</t>
         </is>
       </c>
       <c r="I322" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje (s pomocí učitele) speciální kompenzační, korektivní či jinak rozvíjející cvičení a aplikované pohybové aktivity s ohledem na své možnosti, koriguje techniku jejich provedení.</t>
+          <t>Samostatně uplatňuje speciální kompenzační, korektivní či jinak rozvíjející cvičení a aplikované pohybové činnosti v souladu s aktuálním zdravotním stavem s ohledem na své možnosti a zkušenosti a usiluje o optimální provedení.</t>
         </is>
       </c>
       <c r="J322" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K322" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L322" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M322" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N322" s="0" t="inlineStr">
         <is>
           <t/>
@@ -26578,61 +26812,61 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D323" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E323" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova</t>
         </is>
       </c>
       <c r="F323" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova svým obsahovým zaměřením i využívanými nástroji (tedy realizovanými pohybovými aktivitami) plně respektuje základní vymezení tělesné výchovy, ovšem s ohledem na účast žáků s potřebou uplatnění podpůrných opatření respektuje speciální potřeby žáků a nalézá nejvhodnější nástroje pro jejich rozvoj v této organizační formě. Zařazení žáka se speciálními vzdělávacími potřebami je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. V případě, že škola není z hlediska nedostatečných prostorových, materiálních, personálních či jiných podmínek schopná vzdělávat žáka v systému inkluzivně vedené tělesné výchovy, může organizačně zařadit žáky v minimálním počtu 6 osob na pedagogického pracovníka do alternativní organizační formy nazvané Zdravotní a aplikovaná tělesná výchova. Maximální počet žáků ve skupině přitom nesmí přesáhnout 14 osob, a to ani v případě zapojení dalších pedagogických pracovníků. Je žádoucí, aby žáci se speciálními vzdělávacími potřebami absolvovali v rámci základního vzdělávání co nejvíce pohybových aktivit (TV, ZATV) a nebyli z této výuky zbytečně uvolňováni.</t>
         </is>
       </c>
       <c r="G323" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H323" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-003-ZV9-012</t>
+          <t>CZB-TEV-003-ZV5-011</t>
         </is>
       </c>
       <c r="I323" s="0" t="inlineStr">
         <is>
-          <t>Samostatně uplatňuje speciální kompenzační, korektivní či jinak rozvíjející cvičení a aplikované pohybové činnosti v souladu s aktuálním zdravotním stavem s ohledem na své možnosti a zkušenosti a usiluje o optimální provedení.</t>
+          <t>Uplatňuje (s pomocí učitele) speciální kompenzační, korektivní či jinak rozvíjející cvičení a aplikované pohybové aktivity s ohledem na své možnosti, koriguje techniku jejich provedení.</t>
         </is>
       </c>
       <c r="J323" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K323" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L323" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M323" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N323" s="0" t="inlineStr">
         <is>
           <t/>
@@ -26824,61 +27058,61 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C326" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D326" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E326" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova</t>
         </is>
       </c>
       <c r="F326" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova svým obsahovým zaměřením i využívanými nástroji (tedy realizovanými pohybovými aktivitami) plně respektuje základní vymezení tělesné výchovy, ovšem s ohledem na účast žáků s potřebou uplatnění podpůrných opatření respektuje speciální potřeby žáků a nalézá nejvhodnější nástroje pro jejich rozvoj v této organizační formě. Zařazení žáka se speciálními vzdělávacími potřebami je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. V případě, že škola není z hlediska nedostatečných prostorových, materiálních, personálních či jiných podmínek schopná vzdělávat žáka v systému inkluzivně vedené tělesné výchovy, může organizačně zařadit žáky v minimálním počtu 6 osob na pedagogického pracovníka do alternativní organizační formy nazvané Zdravotní a aplikovaná tělesná výchova. Maximální počet žáků ve skupině přitom nesmí přesáhnout 14 osob, a to ani v případě zapojení dalších pedagogických pracovníků. Je žádoucí, aby žáci se speciálními vzdělávacími potřebami absolvovali v rámci základního vzdělávání co nejvíce pohybových aktivit (TV, ZATV) a nebyli z této výuky zbytečně uvolňováni.</t>
         </is>
       </c>
       <c r="G326" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H326" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-003-ZV5-013</t>
+          <t>CZB-TEV-003-ZV9-014</t>
         </is>
       </c>
       <c r="I326" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje dovednosti relevantní pro své zapojení do širokého spektra aplikovaných pohybových aktivit odpovídajících aktuálnímu zdravotnímu stavu.</t>
+          <t>Samostatně usiluje o zlepšení svých pohybových schopností a dovedností na základě zkušeností v různých pohybových činnostech.</t>
         </is>
       </c>
       <c r="J326" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K326" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L326" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M326" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N326" s="0" t="inlineStr">
         <is>
           <t/>
@@ -26906,61 +27140,61 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D327" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E327" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova</t>
         </is>
       </c>
       <c r="F327" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova svým obsahovým zaměřením i využívanými nástroji (tedy realizovanými pohybovými aktivitami) plně respektuje základní vymezení tělesné výchovy, ovšem s ohledem na účast žáků s potřebou uplatnění podpůrných opatření respektuje speciální potřeby žáků a nalézá nejvhodnější nástroje pro jejich rozvoj v této organizační formě. Zařazení žáka se speciálními vzdělávacími potřebami je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. V případě, že škola není z hlediska nedostatečných prostorových, materiálních, personálních či jiných podmínek schopná vzdělávat žáka v systému inkluzivně vedené tělesné výchovy, může organizačně zařadit žáky v minimálním počtu 6 osob na pedagogického pracovníka do alternativní organizační formy nazvané Zdravotní a aplikovaná tělesná výchova. Maximální počet žáků ve skupině přitom nesmí přesáhnout 14 osob, a to ani v případě zapojení dalších pedagogických pracovníků. Je žádoucí, aby žáci se speciálními vzdělávacími potřebami absolvovali v rámci základního vzdělávání co nejvíce pohybových aktivit (TV, ZATV) a nebyli z této výuky zbytečně uvolňováni.</t>
         </is>
       </c>
       <c r="G327" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H327" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-003-ZV9-014</t>
+          <t>CZB-TEV-003-ZV5-013</t>
         </is>
       </c>
       <c r="I327" s="0" t="inlineStr">
         <is>
-          <t>Samostatně usiluje o zlepšení svých pohybových schopností a dovedností na základě zkušeností v různých pohybových činnostech.</t>
+          <t>Uplatňuje dovednosti relevantní pro své zapojení do širokého spektra aplikovaných pohybových aktivit odpovídajících aktuálnímu zdravotnímu stavu.</t>
         </is>
       </c>
       <c r="J327" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K327" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L327" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M327" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N327" s="0" t="inlineStr">
         <is>
           <t/>
@@ -26988,61 +27222,61 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C328" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D328" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E328" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova</t>
         </is>
       </c>
       <c r="F328" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova svým obsahovým zaměřením i využívanými nástroji (tedy realizovanými pohybovými aktivitami) plně respektuje základní vymezení tělesné výchovy, ovšem s ohledem na účast žáků s potřebou uplatnění podpůrných opatření respektuje speciální potřeby žáků a nalézá nejvhodnější nástroje pro jejich rozvoj v této organizační formě. Zařazení žáka se speciálními vzdělávacími potřebami je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. V případě, že škola není z hlediska nedostatečných prostorových, materiálních, personálních či jiných podmínek schopná vzdělávat žáka v systému inkluzivně vedené tělesné výchovy, může organizačně zařadit žáky v minimálním počtu 6 osob na pedagogického pracovníka do alternativní organizační formy nazvané Zdravotní a aplikovaná tělesná výchova. Maximální počet žáků ve skupině přitom nesmí přesáhnout 14 osob, a to ani v případě zapojení dalších pedagogických pracovníků. Je žádoucí, aby žáci se speciálními vzdělávacími potřebami absolvovali v rámci základního vzdělávání co nejvíce pohybových aktivit (TV, ZATV) a nebyli z této výuky zbytečně uvolňováni.</t>
         </is>
       </c>
       <c r="G328" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H328" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-003-ZV5-014</t>
+          <t>CZB-TEV-003-ZV9-015</t>
         </is>
       </c>
       <c r="I328" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do pohybových činností spolu s ostatními žáky, s ohledem na úroveň svých dovedností, svých zájmů a na různé sociální role.</t>
+          <t>Uplatňuje dovednosti odpovídající jeho subjektivně maximálnímu zapojení do širokého spektra aplikovaných pohybových činností, které jsou v souladu s jeho aktuálním zdravotním stavem.</t>
         </is>
       </c>
       <c r="J328" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K328" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L328" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M328" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N328" s="0" t="inlineStr">
         <is>
           <t/>
@@ -27070,61 +27304,61 @@
           <t>Vzdělávací oblast Člověk, zdraví a bezpečí (dále VO ČZB) je vymezená na základě celostního pojetí zdraví (bio-psycho-sociálně). Zajišťuje v základním vzdělávání cílený a systematický rozvoj pohybových dovedností a tělesné zdatnosti žáka, zdravého životního stylu, preventivní a aktuální ochrany zdraví v běžných situacích i při mimořádných událostech, osobních kvalit žáka, jeho jednání i schopností rozhodovat se v různých životních situacích ve prospěch zdraví a bezpečí. VO ČZB představuje specifickou oblast kompenzující vzrůstající dopad trendů negativně ovlivňujících životní styl žáka. VO ČZB svým pojetím a obsahem reaguje na výrazné společensko-politické události (pandemie, mimořádné přírodní události, válečné konflikty, migrace, zpochybňování a nestabilita demokratických principů, energetická krize atd.), které měly a mají zásadní vliv na zdraví a bezpečí (snížení množství pohybových aktivit, nárůst nadváhy a obezity žáků, negativní posun ve stravování žáků, zvýšený výskyt psychických problémů žáků, změny ve složení týmů tříd – nárůst počtu žáků s odlišným mateřským jazykem atd.). Význam VO ČZB je zdůrazněný v mezinárodních dokumentech i ve strategických dokumentech jednotlivých resortů a v meziresortních dohodách, které zdůrazňují začlenění pohybových aktivit, široké problematiky zdraví a bezpečí v základním vzdělávání. Cílem VO ČZB je seznamovat žáka (ve vazbě na jeho věk, schopnosti a potřeby) s tím, že žák sám nebo ve spolupráci s ostatními může výrazně ovlivňovat své zdraví a zdraví jiných. K tomu potřebuje získat znalosti, dovednosti, návyky a postoje související s rozvojem pohybových dovedností a tělesné zdatnosti, preventivní podporou zdraví v každodenním životě, s uplatňováním vlastního odpovědného jednání a rozhodování v situacích týkajících se zdraví a bezpečí, s rozvojem mezilidských vztahů, s možnostmi ovlivňovat kvalitu prostředí a svůj budoucí život. Ve VO ČZB má velký význam propojování formálního a neformálního vzdělávání a spolupráce s partnery mimo školu i podpora žáků se SVP a žáků nadaných a mimořádně nadaných. VO ČZB je v základním vzdělávání úzce propojená s klíčovými kompetencemi, průřezovými tématy a s kulturou školy, které směřují k podpoře všestranné pohody žáka – wellbeingu. Ve vzdělávání se využívá především činnostní, aktivizační a prožitkové učení s konkrétními příklady a diskusemi nad vhodností a účinností konkrétních postupů a jednání. To by mělo žákovi umožnit získávat praktické zkušenosti a návyky, vést k sebepoznávání i ke vzájemnému poznávání, k posilování jeho odolnosti, k účinné spolupráci a k odpovědnému rozhodování v různých životních situacích.  Ve VO ČZB se propojují 2 vzdělávací obory. Tělesná výchova zahrnuje 1. i 2. stupeň základního vzdělávání. Výchova ke zdraví a bezpečí je ve VO ČZB vymezená pro 2. stupeň základního vzdělávání a přímo navazuje na danou problematiku na 1. stupni, která je součástí VO Člověk a jeho svět. </t>
         </is>
       </c>
       <c r="C329" s="0" t="inlineStr">
         <is>
           <t>Tělesná výchova</t>
         </is>
       </c>
       <c r="D329" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor tělesná výchova (dále TV) rozvíjí u žáka cíleně pohybovou gramotnost, která zdůrazňuje osvojení základních znalostí o pohybu, o potřebném objemu a intenzitě pohybu v denním režimu, o jeho rozvíjejících i korektivních účincích na organismus atd., rozvoj pohybových dovedností a odpovídající tělesné zdatnosti a motivaci k pravidelnému každodennímu pohybu jako základu pro eliminaci sedavého způsobu života, který je příčinou nadváhy, vzniku svalové nerovnováhy, zdravotních problémů atd. Žák by tak měl získávat kladný postoj k pohybu jako základní životní potřebě.  Obsah vzdělávání v TV je členěný do tematických okruhů:Činnosti ovlivňující pohybové učení a zdraví – směřuje k osvojování pohybových dovedností, rozvoji tělesné zdatnosti, rozvoji pohybové tvořivosti, k organizaci pohybového režimu a k hygieně a bezpečnosti při pohybových činnostech. Činnosti podporující pohybové učení – směřuje k osvojení specifické TV terminologie a práci s informacemi o TV a sportu, k fair play jednání a dodržování pravidel her a soutěží, k zaznamenávání a vyhodnocování výkonů. Zdravotní a aplikovaná tělesná výchova – směřuje k pohybovému vzdělávání žáka s podporou. Zařazení žáka se speciálními vzdělávacími potřebami do Zdravotní a aplikované tělesné výchovy (ZATV) je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. Obsah ZATV je součástí metodické podpory.Očekávané výsledky učení (dále OVU) TV v souladu s tím směřují k rozvoji pohybových dovedností v širokém spektru pohybových činností, k rozvoji tělesné zdatnosti a adaptaci na tělesnou zátěž, k pohybové tvořivosti, k vlastnímu podílu na organizaci pohybového režimu, k hygienickým návykům a bezpečnému chování v prostředí sportovišť a přírody, ke komunikaci a spolupráci při pohybových činnostech, dodržování pravidel her a soutěží, fair play jednání, vzájemnému respektu, k ochraně přírody při pohybových činnostech atd. Realizované pohybové činnosti pak slouží jako nástroj pro pozitivní formování osobnostně-sociální úrovně žáka. Pohybové vzdělávání postupuje od spontánní a řízené pohybové činnosti žáka na 1. stupni (v koedukovaných skupinách žáků) k řízené a výběrové činnosti na 2. stupni, kde se případně spojuje výuka žákyň a žáků při činnostech, které nejsou z hlediska odlišné hmotnosti a síly nebezpečné (např. lyžování, turistika, plavání, tanec). Vzdělávání na 1. a 2. stupni na sebe navazuje v obsahu OVU. V TV je důležitá především trvalá pohybová aktivita žáka, ukázky činností, ohleduplnost, spolupráce, vlastní i vzájemné hodnocení žáků. Předpokladem pro osvojování pohybových dovedností je žákův prožitek z pohybu. V TV je velmi důležité motivační hodnocení, které vychází z individuálních předpokladů žáka i jeho aktuálního zdravotního stavu a je postavené na posuzování jeho osobního zlepšení. Proaktivní přístup k pohybovým činnostem napomáhá rozvíjet u žáka klíčové kompetence.  Objem TV v rozsahu minimálně 2 hodin týdně v každém ročníku je zachován. Na 1. stupni je povinně realizována plavecká výuka v minimálním rozsahu 40 hodin. Je žádoucí zařazovat volitelné předměty zaměřené na pohybové činnosti podle zájmu žáků a možností školy. TV by měla být ve škole podpořena vhodnými prostory a vybavením a dalšími pohybovými aktivitami v denním režimu žáka. Významné místo ve vzdělávání zaujímá spolupráce s partnery zaměřenými na organizaci zájmových pohybových činností žáků. </t>
         </is>
       </c>
       <c r="E329" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova</t>
         </is>
       </c>
       <c r="F329" s="0" t="inlineStr">
         <is>
           <t>Zdravotní a aplikovaná tělesná výchova svým obsahovým zaměřením i využívanými nástroji (tedy realizovanými pohybovými aktivitami) plně respektuje základní vymezení tělesné výchovy, ovšem s ohledem na účast žáků s potřebou uplatnění podpůrných opatření respektuje speciální potřeby žáků a nalézá nejvhodnější nástroje pro jejich rozvoj v této organizační formě. Zařazení žáka se speciálními vzdělávacími potřebami je možné, až když není jeho zařazení do společného vzdělávání vhodné či s ohledem na jeho potřeby a zdravotní stav žádoucí. V případě, že škola není z hlediska nedostatečných prostorových, materiálních, personálních či jiných podmínek schopná vzdělávat žáka v systému inkluzivně vedené tělesné výchovy, může organizačně zařadit žáky v minimálním počtu 6 osob na pedagogického pracovníka do alternativní organizační formy nazvané Zdravotní a aplikovaná tělesná výchova. Maximální počet žáků ve skupině přitom nesmí přesáhnout 14 osob, a to ani v případě zapojení dalších pedagogických pracovníků. Je žádoucí, aby žáci se speciálními vzdělávacími potřebami absolvovali v rámci základního vzdělávání co nejvíce pohybových aktivit (TV, ZATV) a nebyli z této výuky zbytečně uvolňováni.</t>
         </is>
       </c>
       <c r="G329" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H329" s="0" t="inlineStr">
         <is>
-          <t>CZB-TEV-003-ZV9-015</t>
+          <t>CZB-TEV-003-ZV5-014</t>
         </is>
       </c>
       <c r="I329" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje dovednosti odpovídající jeho subjektivně maximálnímu zapojení do širokého spektra aplikovaných pohybových činností, které jsou v souladu s jeho aktuálním zdravotním stavem.</t>
+          <t>Zapojuje se do pohybových činností spolu s ostatními žáky, s ohledem na úroveň svých dovedností, svých zájmů a na různé sociální role.</t>
         </is>
       </c>
       <c r="J329" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K329" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L329" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M329" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="N329" s="0" t="inlineStr">
         <is>
           <t/>
@@ -27582,56 +27816,56 @@
           <t>Osobnostní rozvoj je zaměřený na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje.   </t>
         </is>
       </c>
       <c r="G335" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H335" s="0" t="inlineStr">
         <is>
           <t>CSP-OSV-001-ZV5-001</t>
         </is>
       </c>
       <c r="I335" s="0" t="inlineStr">
         <is>
           <t>Rozpozná své vybrané osobnostní vlastnosti, silné stránky a zkouší uplatňovat sebepoznání ve svém jednání.</t>
         </is>
       </c>
       <c r="J335" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení je zaměřený na sebepoznání žáka, podporuje jeho seberegulaci (jak kontroluji, ovládám a upravuji své chování a jednání) a seberealizaci (co dokážu). S tématem žák pracuje prostřednictvím zkušeností. Zaměřuje se na to, co se mu daří a jaké jeho vlastnosti mu k tomu pomohly, co by chtěl dokázat (např. v rámci svého učení). V aktivitách zaměřených na sebepoznání rozvíjí vztah k sobě, sebedůvěru a sebepřijetí. Rozvoj sebepojetí, uvědomění si toho, kdo jsem, jaký mám vztah k sobě, co dokážu, jak se chovám a jednám vůči sobě a druhým, má významnou preventivní funkci (podporuje wellbeing ve všech jeho dimenzích – fyzické, emoční, kognitivní, sociální a duchovní). Vytváří předpoklady pro plánování a ovlivňování svého budoucího životního směřování. Téma předpokládá citlivé pedagogické vedení v bezpečné atmosféře. V případě potřeby lze do spolupráce zahrnout školní poradenské pracoviště.</t>
         </is>
       </c>
       <c r="K335" s="0" t="inlineStr">
         <is>
-          <t>poznává různé osobnostní vlastnosti a dovednosti  poznává a zkouší pojmenovat kladné osobnostní vlastnosti a dovednosti postav v příběhu/modelových situacíchzkouší pojmenovat jaké činnosti ve škole jsou pro něj snadné a jaké obtížné, a jaké vlastnosti a dovednosti mu mohou pomoci</t>
+          <t>Poznává různé osobnostní vlastnosti a dovednosti.  Poznává a zkouší pojmenovat kladné osobnostní vlastnosti a dovednosti postav v příběhu/modelových situacích.Zkouší pojmenovat jaké činnosti ve škole jsou pro něj snadné a jaké obtížné, a jaké vlastnosti a dovednosti mu mohou pomoci.</t>
         </is>
       </c>
       <c r="L335" s="0" t="inlineStr">
         <is>
-          <t>poznává své osobnostní vlastnosti a dovednosti a v rámci nich své silné stránkynavrhuje jakou vybranou osobnostní vlastnost nebo dovednost má postava v příběhu a jak pomohla postavě v příběhu navrhuje jaké osobnostní vlastnosti a dovednosti pomáhají ve zvládání běžných i náročných situací ve školním i mimoškolním prostředí, zkouší si v modelových situacích upravovat svoje chování poznává, co ho ve školních nebo zájmových činnostech baví a jaké osobnostní vlastnosti a  dovednosti díky nim rozvíjínaslouchá zpětné vazbě k rozvoji svých osobnostních vlastností a  dovedností, kterou dostává od druhých a zkouší popsat, jak tuto zpětnou vazbu využijekomunikuje o svých potřebách při učení a zkouší postupy učení, které mu vyhovují </t>
+          <t>Poznává své osobnostní vlastnosti a dovednosti a v rámci nich své silné stránky.Navrhuje jakou vybranou osobnostní vlastnost nebo dovednost má postava v příběhu a jak pomohla postavě v příběhu. Navrhuje jaké osobnostní vlastnosti a dovednosti pomáhají ve zvládání běžných i náročných situací ve školním i mimoškolním prostředí, zkouší si v modelových situacích upravovat svoje chování. Poznává, co ho ve školních nebo zájmových činnostech baví a jaké osobnostní vlastnosti a  dovednosti díky nim rozvíjí.Naslouchá zpětné vazbě k rozvoji svých osobnostních vlastností a  dovedností, kterou dostává od druhých a zkouší popsat, jak tuto zpětnou vazbu využije.Komunikuje o svých potřebách při učení a zkouší postupy učení, které mu vyhovují. </t>
         </is>
       </c>
       <c r="M335" s="0" t="inlineStr">
         <is>
           <t>Rozpoznává a pojmenuje vybrané osobnostní vlastnosti a dovednosti a v rámci nich své silné stránky.Na příkladu osobního pokroku rozpoznává a pojmenuje, jaké osobnostní vlastnosti a dovednosti mu k jeho dosažení pomohly.Rozpoznává možnosti využití svých vybraných silných stránek při zvládání běžných i náročných situací ve školním i mimoškolním prostředí.Navrhuje, co by chtěl ve školních nebo zájmových činnostech dokázat a jaké osobnostní vlastnosti a dovednosti k tomu může využít, jaké potřebuje rozvinout.Naslouchá zpětné vazbě k rozvoji svých osobnostních vlastností a dovedností, kterou dostává od druhých, a rozlišuje, s čím z toho (ne)souhlasí a proč.V modelové situaci upravuje své chování na základě znalosti svých osobnostních vlastností a dovedností.Pojmenuje vlastní silné stránky a v modelové situaci ilustruje jejich využití při zvládání náročných situací.</t>
         </is>
       </c>
       <c r="N335" s="0" t="inlineStr">
         <is>
           <t>Rozpozná na příkladech své osobnostní vlastnosti, své silné stránky, a jejich prvky uplatňuje ve svém jednání.</t>
         </is>
       </c>
       <c r="O335" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P335" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="inlineStr">
@@ -27726,168 +27960,168 @@
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C337" s="0" t="inlineStr">
         <is>
           <t>Osobnostní a sociální výchova</t>
         </is>
       </c>
       <c r="D337" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Osobnostní a sociální výchova zahrnuje také etický a kariérový rozvoj žáka. Kontinuálně, průběžně na 1. a 2. stupni, systematicky a komplexně rozvíjí potřebné znalosti, dovednosti, hodnoty, postoje, které explicitně podporují odolnost žáka vedoucí ke zvládání běžných i náročných životních situací. Obor rozvíjí praktickými, zkušenostními přístupy sebereflektivní, seberegulační a psychohygienické dovednosti, interakční, komunikační a prosociální chování. Základní psychosociální dovednosti jsou primární prevencí a základem pro duševní zdraví, podporují motivaci k učení a ve spojení s kariérovými dovednostmi odpovídají současnému celostnímu pojetí kariéry. Obor přispívá k sebepoznání a ke kvalitě života žáka. Podporuje sociálně-emocionální dovednosti, odpovědný přístup k sobě i druhým, k seberozvoji a celoživotnímu učení, k zapojení se v měnící se společnosti a světě práce. Specifikem oboru je to, že učivem je žák sám, stává se jím konkrétní žákovská skupina a stávají se jím běžné situace každodenního života, včetně těch budoucích. Obor vytváří prostor pro to, aby mohl žák v bezpečném prostředí a s oporou reflektovat, rozvíjet či regulovat způsoby prožívání a chování. Vytváří příležitost pro zkoušení, objevování a získávání vhodných mechanismů reagování na vnitřní a vnější svět.Obsah vzdělávacího oboru Osobnostní a sociální výchova je rozdělený do tří tematických okruhů:  Osobnostní rozvojSociální a etický rozvojKariérový rozvojOsobnostní rozvoj se zaměřuje zejména na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje. Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování. Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.Na obou stupních jsou zohledněné individuální charakteristiky žáka a jeho zkušenosti, osobnostní a sociální vývoj, charakter třídy (skupiny) ad. Nedílnou součástí oboru je rozvíjení sebehodnocení žáka, práce s portfoliem pro zachycení osobního a kariérového pokroku a formativní zpětná vazba respektující individuální podobu učení. Ve výuce jsou využívány také dovednosti a znalosti žáka z neformálního vzdělávání. Rozvoj sociálně-emocionálních dovedností probíhá kontinuálně v každém ročníku základního vzdělávání. Vybraná témata jsou v případě potřeby připravována ve spolupráci se školním poradenským pracovištěm. </t>
         </is>
       </c>
       <c r="E337" s="0" t="inlineStr">
         <is>
           <t>Osobnostní rozvoj</t>
         </is>
       </c>
       <c r="F337" s="0" t="inlineStr">
         <is>
           <t>Osobnostní rozvoj je zaměřený na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje.   </t>
         </is>
       </c>
       <c r="G337" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H337" s="0" t="inlineStr">
         <is>
-          <t>CSP-OSV-001-ZV5-002</t>
+          <t>CSP-OSV-001-ZV9-002</t>
         </is>
       </c>
       <c r="I337" s="0" t="inlineStr">
         <is>
-          <t>Všímá si svého prožívání v běžných i náročných situacích, uplatňuje základní postupy předcházení stresu, jeho zmírňování a vyhledání pomoci.</t>
+          <t>Uplatňuje strategie zvládání zátěže, předcházení a řešení náročných situací, včetně vyhledání pomoci.</t>
         </is>
       </c>
       <c r="J337" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se zaměřuje na rozpoznávání svého prožívání a působení stresu (reakce organismu, která se projevuje v těle, vnímání, myšlení, emocích a chování). Směruje žáka k základním účinným technikám, jak vnímat své prožívání a předcházet stresu nebo jak ho regulovat, a jejich aplikaci v konkrétních situacích. Součástí je také rozvoj dovednosti rozpoznat závažnost situace a vyhledat vhodný zdroj pomoci při řešení problémů, které žák nedokáže vyřešit vlastními silami.Aplikace účinných technik předcházení a zvládání stresu je základní dovedností pro podporu osobní životní spokojenosti. Celospolečensky náročné situace (události jako pandemie, válečné konflikty, environmentální problémy atd.) zvyšují potřebu věnovat se dovednostem regulace stresu a budování psychické odolnosti.</t>
+          <t>Očekávaný výsledek učení se věnuje náročným situacím a možnostem jejich předcházení a řešení. Součástí toho je i rozlišení druhů stresu a reakcí na ně, vyzkoušení si konkrétních technik pro podporu odolnosti a všímavosti a volba osobně vhodných postupů vyhnutí se stresu či jeho redukce, základní orientace v odborné pomoci při duševních problémech a dovednost říct si o pomoc při řešení běžných i obtížných životních situací.Výzvy ve společnosti (pandemie, válečné konflikty, ekonomická krize, environmentální problémy, výkonové nastavení atd.) zvyšují potřebu věnovat se dovednostem zvládání náročných situací a stresu, což jsou základní dovednosti pro podporu wellbeingu a prevenci nemocí, vyhoření. Orientace v dostupných možnostech pomoci při duševních problémech a v náročných životních situacích má protektivní funkci.</t>
         </is>
       </c>
       <c r="K337" s="0" t="inlineStr">
         <is>
-          <t>v modelových situacích poznává různost náročných situací a jejich možných vlivů na seberozvíjí všímavost k projevům svého prožívání (na úrovni těla, myšlení a emocí) zkouší si poznat projevy stresu u sebe sama (na úrovni těla, myšlení a emocí) na příkladech poznává činnosti a situace, které mu působí stres, a postupy, které mu mohou pomoci</t>
+          <t>pojmenovává různé druhy zátěžových situací a stresuzkouší rozpoznávat vlastní reakce na stres poznává vnímání úrovně prožívaného stresuvnímá vliv různých stresových podnětů na sebe (např. spojené se vzděláváním, vztahy ve škole a jiné)rozvíjí všímavost ke svému prožívánív modelových situacích rozvíjí různorodé seberegulační technikyv modelové situaci zkouší požádat o pomoc při náročné situacirozvíjí strategie sebepodpory, psychohygieny, předcházení stresu</t>
         </is>
       </c>
       <c r="L337" s="0" t="inlineStr">
         <is>
-          <t>poznává projevy emocí dle jejich intenzityvšímá si svého prožívání a jeho změnpopíše nejčastější projevy stresu (na úrovni těla, myšlení a emocí) popíše nejčastější situace, které u něj mohou vyvolávat stres ve škole, doma a v zájmových aktivitáchpoznává a zkouší využívat různé techniky regulace stresu (senzomotorické - využívající pohyb a smysly; vztahové - sdílení, získání emocionální podpory druhého, kognitivní - pozitivní vnitřní dialog a regulace myšlením)poznává zdroje pomoci v různých náročných situacích a zkouší v modelové situaci různé způsoby požádání o pomoc</t>
+          <t>poznává působení náročných situací a mimořádných stavů na psychické, tělesné i vztahové úrovnireflektuje  stresové podněty, které na něj působí (např. spojené se vzděláváním, vztahy ve škole a jiné) a  jaké emoce při nich prožívá vnímá a zkouší vyjádřit úrovně prožívaného stresuv modelových situacích zkouší různé techniky zvýšení všímavosti k vlastnímu prožívánív modelových situacích zkouší využívat různorodé seberegulační techniky pro zvládání stresu a posilování odolnosti a pojmenovávat jejich účinekv modelové náročné situaci zkouší volit vhodné postupyzkouší samostatně vyhledat pomoc pro řešení běžných i obtížných modelových situacíchdiskutuje různé způsoby pomoci, například ve svém blízkém okolí (přátelé, rodina, učitel, apod.) i různorodé odborné pomociseznamuje se s dostupnou odbornou pomocí a způsobem, jak se na odborníka obrátit (poradenské pracoviště školy, linky pomoci a jiná centra pomoci, psychologické, psychiatrické, psychoterapeutické, apod.)tvoří si plán vlastní podpory, předcházení stresu, psychohygieny apod., sleduje, jak se mu daří plán naplňovat</t>
         </is>
       </c>
       <c r="M337" s="0" t="inlineStr">
         <is>
-          <t>Na příkladech ze školního i mimoškolního prostředí ilustruje různé projevy a intenzitu základních emocí.Popíše různé projevy svého prožívání a jeho změn (na úrovni těla, myšlení a emocí).Popíše projevy stresu u sebe a u druhých osob.Diskutuje o pro něj potenciálně stresujících situacích ve škole i mimo školu.Využívá vybrané základní techniky uvědomění vlastního prožívání, včetně regulace stresu, například pohybové aktivity, dechová cvičení, svalové uvolnění, využívání seberegulačních pomůcek, sdílení, vnitřní dialog.V modelové situaci navrhne vhodné strategie pro předcházení stresu, řešení náročných situací.Navrhne vhodné zdroje pomoci ve vybraných životních situacích (rozlišuje situace, kdy lze o pomoc požádat vrstevníka a kdy je třeba o pomoc požádat dospělou osobu) a v modelové situaci si vyzkouší požádání o pomoc.</t>
+          <t>Na základě vlastních zkušeností popíše běžné zátěžové situace ve školním i mimoškolním či digitálním prostředí a jejich projevy na psychické (emoce, myšlení), tělesné i vztahové úrovni.Rozpoznává u sebe a u druhých stresové podněty (např. spojené se vzděláváním, vztahy ve škole).Mapuje úrovně prožívaného stresu s možným využitím digitálních technologií.Aplikuje různorodé seberegulační techniky pro zvládání stresu a posilování odolnosti a vyhodnotí na sobě jejich účinek.V modelových náročných situacích zvolí vhodné strategie jejich řešení s využitím svých silných stránek a své volby zdůvodní.V modelové situaci uplatní postupy, jak si říct o pomoc při běžných i obtížných životních situacích, se zahrnutím více možností a rozlišením pomoci dostupné v nejbližším okolí a různých typů odborné pomoci.Reflektuje rozvoj všímavosti ke svému prožívání a dalších strategií přecházení stresu.</t>
         </is>
       </c>
       <c r="N337" s="0" t="inlineStr">
         <is>
-          <t>Všímá si svého prožívání v běžných i náročných situacích, v modelových situacích přiměřeně uplatňuje základní postupy předcházení stresu a vyhledání pomoci.</t>
+          <t>Využívá základní techniky zvládání zátěže a předcházení náročným situacím, včetně vyhledání pomoci.</t>
         </is>
       </c>
       <c r="O337" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P337" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="inlineStr">
         <is>
           <t>Člověk, jeho osobnost a svět práce</t>
         </is>
       </c>
       <c r="B338" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C338" s="0" t="inlineStr">
         <is>
           <t>Osobnostní a sociální výchova</t>
         </is>
       </c>
       <c r="D338" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Osobnostní a sociální výchova zahrnuje také etický a kariérový rozvoj žáka. Kontinuálně, průběžně na 1. a 2. stupni, systematicky a komplexně rozvíjí potřebné znalosti, dovednosti, hodnoty, postoje, které explicitně podporují odolnost žáka vedoucí ke zvládání běžných i náročných životních situací. Obor rozvíjí praktickými, zkušenostními přístupy sebereflektivní, seberegulační a psychohygienické dovednosti, interakční, komunikační a prosociální chování. Základní psychosociální dovednosti jsou primární prevencí a základem pro duševní zdraví, podporují motivaci k učení a ve spojení s kariérovými dovednostmi odpovídají současnému celostnímu pojetí kariéry. Obor přispívá k sebepoznání a ke kvalitě života žáka. Podporuje sociálně-emocionální dovednosti, odpovědný přístup k sobě i druhým, k seberozvoji a celoživotnímu učení, k zapojení se v měnící se společnosti a světě práce. Specifikem oboru je to, že učivem je žák sám, stává se jím konkrétní žákovská skupina a stávají se jím běžné situace každodenního života, včetně těch budoucích. Obor vytváří prostor pro to, aby mohl žák v bezpečném prostředí a s oporou reflektovat, rozvíjet či regulovat způsoby prožívání a chování. Vytváří příležitost pro zkoušení, objevování a získávání vhodných mechanismů reagování na vnitřní a vnější svět.Obsah vzdělávacího oboru Osobnostní a sociální výchova je rozdělený do tří tematických okruhů:  Osobnostní rozvojSociální a etický rozvojKariérový rozvojOsobnostní rozvoj se zaměřuje zejména na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje. Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování. Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.Na obou stupních jsou zohledněné individuální charakteristiky žáka a jeho zkušenosti, osobnostní a sociální vývoj, charakter třídy (skupiny) ad. Nedílnou součástí oboru je rozvíjení sebehodnocení žáka, práce s portfoliem pro zachycení osobního a kariérového pokroku a formativní zpětná vazba respektující individuální podobu učení. Ve výuce jsou využívány také dovednosti a znalosti žáka z neformálního vzdělávání. Rozvoj sociálně-emocionálních dovedností probíhá kontinuálně v každém ročníku základního vzdělávání. Vybraná témata jsou v případě potřeby připravována ve spolupráci se školním poradenským pracovištěm. </t>
         </is>
       </c>
       <c r="E338" s="0" t="inlineStr">
         <is>
           <t>Osobnostní rozvoj</t>
         </is>
       </c>
       <c r="F338" s="0" t="inlineStr">
         <is>
           <t>Osobnostní rozvoj je zaměřený na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje.   </t>
         </is>
       </c>
       <c r="G338" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H338" s="0" t="inlineStr">
         <is>
-          <t>CSP-OSV-001-ZV9-002</t>
+          <t>CSP-OSV-001-ZV5-002</t>
         </is>
       </c>
       <c r="I338" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje strategie zvládání zátěže, předcházení a řešení náročných situací, včetně vyhledání pomoci.</t>
+          <t>Všímá si svého prožívání v běžných i náročných situacích, uplatňuje základní postupy předcházení stresu, jeho zmírňování a vyhledání pomoci.</t>
         </is>
       </c>
       <c r="J338" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení se věnuje náročným situacím a možnostem jejich předcházení a řešení. Součástí toho je i rozlišení druhů stresu a reakcí na ně, vyzkoušení si konkrétních technik pro podporu odolnosti a všímavosti a volba osobně vhodných postupů vyhnutí se stresu či jeho redukce, základní orientace v odborné pomoci při duševních problémech a dovednost říct si o pomoc při řešení běžných i obtížných životních situací.Výzvy ve společnosti (pandemie, válečné konflikty, ekonomická krize, environmentální problémy, výkonové nastavení atd.) zvyšují potřebu věnovat se dovednostem zvládání náročných situací a stresu, což jsou základní dovednosti pro podporu wellbeingu a prevenci nemocí, vyhoření. Orientace v dostupných možnostech pomoci při duševních problémech a v náročných životních situacích má protektivní funkci.</t>
+          <t>Očekávaný výsledek učení se zaměřuje na rozpoznávání svého prožívání a působení stresu (reakce organismu, která se projevuje v těle, vnímání, myšlení, emocích a chování). Směruje žáka k základním účinným technikám, jak vnímat své prožívání a předcházet stresu nebo jak ho regulovat, a jejich aplikaci v konkrétních situacích. Součástí je také rozvoj dovednosti rozpoznat závažnost situace a vyhledat vhodný zdroj pomoci při řešení problémů, které žák nedokáže vyřešit vlastními silami.Aplikace účinných technik předcházení a zvládání stresu je základní dovedností pro podporu osobní životní spokojenosti. Celospolečensky náročné situace (události jako pandemie, válečné konflikty, environmentální problémy atd.) zvyšují potřebu věnovat se dovednostem regulace stresu a budování psychické odolnosti.</t>
         </is>
       </c>
       <c r="K338" s="0" t="inlineStr">
         <is>
-          <t>pojmenovává různé druhy zátěžových situací a stresuzkouší rozpoznávat vlastní reakce na stres poznává vnímání úrovně prožívaného stresuvnímá vliv různých stresových podnětů na sebe (např. spojené se vzděláváním, vztahy ve škole a jiné)rozvíjí všímavost ke svému prožívánív modelových situacích rozvíjí různorodé seberegulační technikyv modelové situaci zkouší požádat o pomoc při náročné situacirozvíjí strategie sebepodpory, psychohygieny, předcházení stresu</t>
+          <t>V modelových situacích poznává různost náročných situací a jejich možných vlivů na sebe.Rozvíjí všímavost k projevům svého prožívání (na úrovni těla, myšlení a emocí). Zkouší si poznat projevy stresu u sebe sama (na úrovni těla, myšlení a emocí). Na příkladech poznává činnosti a situace, které mu působí stres, a postupy, které mu mohou pomoci.</t>
         </is>
       </c>
       <c r="L338" s="0" t="inlineStr">
         <is>
-          <t>poznává působení náročných situací a mimořádných stavů na psychické, tělesné i vztahové úrovnireflektuje  stresové podněty, které na něj působí (např. spojené se vzděláváním, vztahy ve škole a jiné) a  jaké emoce při nich prožívá vnímá a zkouší vyjádřit úrovně prožívaného stresuv modelových situacích zkouší různé techniky zvýšení všímavosti k vlastnímu prožívánív modelových situacích zkouší využívat různorodé seberegulační techniky pro zvládání stresu a posilování odolnosti a pojmenovávat jejich účinekv modelové náročné situaci zkouší volit vhodné postupyzkouší samostatně vyhledat pomoc pro řešení běžných i obtížných modelových situacíchdiskutuje různé způsoby pomoci, například ve svém blízkém okolí (přátelé, rodina, učitel, apod.) i různorodé odborné pomociseznamuje se s dostupnou odbornou pomocí a způsobem, jak se na odborníka obrátit (poradenské pracoviště školy, linky pomoci a jiná centra pomoci, psychologické, psychiatrické, psychoterapeutické, apod.)tvoří si plán vlastní podpory, předcházení stresu, psychohygieny apod., sleduje, jak se mu daří plán naplňovat</t>
+          <t>Poznává projevy emocí dle jejich intenzity.Všímá si svého prožívání a jeho změn.Popíše nejčastější projevy stresu (na úrovni těla, myšlení a emocí). Popíše nejčastější situace, které u něj mohou vyvolávat stres ve škole, doma a v zájmových aktivitách.Poznává a zkouší využívat různé techniky regulace stresu (senzomotorické - využívající pohyb a smysly; vztahové - sdílení, získání emocionální podpory druhého, kognitivní - pozitivní vnitřní dialog a regulace myšlením).Poznává zdroje pomoci v různých náročných situacích a zkouší v modelové situaci různé způsoby požádání o pomoc.</t>
         </is>
       </c>
       <c r="M338" s="0" t="inlineStr">
         <is>
-          <t>Na základě vlastních zkušeností popíše běžné zátěžové situace ve školním i mimoškolním či digitálním prostředí a jejich projevy na psychické (emoce, myšlení), tělesné i vztahové úrovni.Rozpoznává u sebe a u druhých stresové podněty (např. spojené se vzděláváním, vztahy ve škole).Mapuje úrovně prožívaného stresu s možným využitím digitálních technologií.Aplikuje různorodé seberegulační techniky pro zvládání stresu a posilování odolnosti a vyhodnotí na sobě jejich účinek.V modelových náročných situacích zvolí vhodné strategie jejich řešení s využitím svých silných stránek a své volby zdůvodní.V modelové situaci uplatní postupy, jak si říct o pomoc při běžných i obtížných životních situacích, se zahrnutím více možností a rozlišením pomoci dostupné v nejbližším okolí a různých typů odborné pomoci.Reflektuje rozvoj všímavosti ke svému prožívání a dalších strategií přecházení stresu.</t>
+          <t>Na příkladech ze školního i mimoškolního prostředí ilustruje různé projevy a intenzitu základních emocí.Popíše různé projevy svého prožívání a jeho změn (na úrovni těla, myšlení a emocí).Popíše projevy stresu u sebe a u druhých osob.Diskutuje o pro něj potenciálně stresujících situacích ve škole i mimo školu.Využívá vybrané základní techniky uvědomění vlastního prožívání, včetně regulace stresu, například pohybové aktivity, dechová cvičení, svalové uvolnění, využívání seberegulačních pomůcek, sdílení, vnitřní dialog.V modelové situaci navrhne vhodné strategie pro předcházení stresu, řešení náročných situací.Navrhne vhodné zdroje pomoci ve vybraných životních situacích (rozlišuje situace, kdy lze o pomoc požádat vrstevníka a kdy je třeba o pomoc požádat dospělou osobu) a v modelové situaci si vyzkouší požádání o pomoc.</t>
         </is>
       </c>
       <c r="N338" s="0" t="inlineStr">
         <is>
-          <t>Využívá základní techniky zvládání zátěže a předcházení náročným situacím, včetně vyhledání pomoci.</t>
+          <t>Všímá si svého prožívání v běžných i náročných situacích, v modelových situacích přiměřeně uplatňuje základní postupy předcházení stresu a vyhledání pomoci.</t>
         </is>
       </c>
       <c r="O338" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P338" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="inlineStr">
         <is>
           <t>Člověk, jeho osobnost a svět práce</t>
         </is>
       </c>
       <c r="B339" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C339" s="0" t="inlineStr">
@@ -28156,56 +28390,56 @@
           <t>Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování.  </t>
         </is>
       </c>
       <c r="G342" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H342" s="0" t="inlineStr">
         <is>
           <t>CSP-OSV-002-ZV5-003</t>
         </is>
       </c>
       <c r="I342" s="0" t="inlineStr">
         <is>
           <t>Zapojuje se do interakce ve skupině, rozpoznává svůj přínos a přínos druhých ve skupinové činnosti.</t>
         </is>
       </c>
       <c r="J342" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení se věnuje rozvoji sociálních dovedností žáka. Zaměřuje se na základní formy sociální interakce (vzájemného působení jedinců nebo skupin), na základní procesy a role ve skupině, na výhody a rizika kooperace a soutěžení v sociální interakci, budování postoje k nim. Směřuje k pomáhajícímu a prosociálnímu chování a praktické etice.Sociální interakce je běžnou součástí našeho života. Vzhledem k dynamice školní skupiny se žák neustále vyrovnává se změnami ve vývoji skupiny, mění se jeho role a zapojení a reaguje na tyto změny s ohledem na rozvíjení dovedností pro kooperaci. Žák se učí vnímat a chápat tyto změny, vhodně na ně reagovat, přijímat zodpovědnost za svá rozhodnutí. Rozvíjení dovedností pro kooperaci je tedy potřeba systematicky dlouhodobě posilovat, stejně jako pomáhající, prosociální a etické chování. Tím je také podporováno pozitivní sociální klima ve třídě, budování pozitivních vazeb vytváří bezpečné prostředí a důvěru mezi všemi aktéry.</t>
         </is>
       </c>
       <c r="K342" s="0" t="inlineStr">
         <is>
-          <t>zkouší si práci ve skupině a zapojení se do skupinové činnostivšímá si své role ve skupinové činnostiseznamuje se s faktory, které ovlivňují atmosféru bezpečí ve skupinězkouší naslouchat druhým a ocenit druhé za jejich přínosv modelové situaci získává zkušenost s různými projevy respektu a asertivity, eticky vhodného/nevhodné chování</t>
+          <t>Zkouší si práci ve skupině a zapojení se do skupinové činnosti.Všímá si své role ve skupinové činnosti.Seznamuje se s faktory, které ovlivňují atmosféru bezpečí ve skupině.Zkouší naslouchat druhým a ocenit druhé za jejich přínos.V modelové situaci získává zkušenost s různými projevy respektu a asertivity, eticky vhodného/nevhodné chování.</t>
         </is>
       </c>
       <c r="L342" s="0" t="inlineStr">
         <is>
-          <t>rozvíjí poznání prosociálního chováníí, aktivního naslouchánízažije situace kooperace a soutěžení, diskuzuje výhody a nevýhody těchto forem skupinové interakce zkouší pojmenovat různé role ve skupinové činnostiv modelových situacích navrhne, jak podpořit atmosféru bezpečí v rámci skupinové činnosti (např. řešení konfliktu, vzájemné naslouchání, respektující reakci)v modelových situacích zkouší rozlišovat, které chování je eticky vhodné/nevhodnésdílí svoje zkušenosti ze skupinové činnosti, vyzkouší si poskytnutí konstruktivní zpětné vazby druhým k jejich zapojeníve svém chování a jednání zkouší uplatňovat základní etická pravidla</t>
+          <t>Rozvíjí poznání prosociálního chování, aktivního naslouchání.Zažije situace kooperace a soutěžení, diskutuje výhody a nevýhody těchto forem skupinové interakce. Zkouší pojmenovat různé role ve skupinové činnosti.V modelových situacích navrhne, jak podpořit atmosféru bezpečí v rámci skupinové činnosti (např. řešení konfliktu, vzájemné naslouchání, respektující reakci).V modelových situacích zkouší rozlišovat, které chování je eticky vhodné/nevhodné.Sdílí svoje zkušenosti ze skupinové činnosti, vyzkouší si poskytnutí konstruktivní zpětné vazby druhým k jejich zapojení.Ve svém chování a jednání zkouší uplatňovat základní etická pravidla.</t>
         </is>
       </c>
       <c r="M342" s="0" t="inlineStr">
         <is>
           <t>Aktivně se zapojuje do skupinových činností, rozpozná na příkladu svou roli a role druhých ve skupině.Prostřednictvím dohodnutých postupů se podílí na vytváření atmosféry bezpečí ve skupině.Na základě zkušenosti z modelových situací pojmenuje výhody a nevýhody kooperace a soutěžení.Popisuje své eticky vhodné chování. V modelových situacích rozlišuje jednání, ve kterém jsou uplatňována základní etická pravidla, projevy prosociálního chování.Při práci ve skupině navrhne, co přispívá ke splnění společného cíle i případné nedostatky a problémy, které činnost skupiny ovlivňují.V modelových situacích aplikuje empatické naslouchání, respekt vůči druhým (např. uznáním názoru druhých, uznáním chyby a snahou o její nápravu) i sobě (např. vyjádřením a obhajobou svého názoru nebo vyjádřením svých potřeb). </t>
         </is>
       </c>
       <c r="N342" s="0" t="inlineStr">
         <is>
           <t>Zapojuje se do interakce ve skupině.</t>
         </is>
       </c>
       <c r="O342" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P342" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="inlineStr">
@@ -28300,168 +28534,168 @@
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C344" s="0" t="inlineStr">
         <is>
           <t>Osobnostní a sociální výchova</t>
         </is>
       </c>
       <c r="D344" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Osobnostní a sociální výchova zahrnuje také etický a kariérový rozvoj žáka. Kontinuálně, průběžně na 1. a 2. stupni, systematicky a komplexně rozvíjí potřebné znalosti, dovednosti, hodnoty, postoje, které explicitně podporují odolnost žáka vedoucí ke zvládání běžných i náročných životních situací. Obor rozvíjí praktickými, zkušenostními přístupy sebereflektivní, seberegulační a psychohygienické dovednosti, interakční, komunikační a prosociální chování. Základní psychosociální dovednosti jsou primární prevencí a základem pro duševní zdraví, podporují motivaci k učení a ve spojení s kariérovými dovednostmi odpovídají současnému celostnímu pojetí kariéry. Obor přispívá k sebepoznání a ke kvalitě života žáka. Podporuje sociálně-emocionální dovednosti, odpovědný přístup k sobě i druhým, k seberozvoji a celoživotnímu učení, k zapojení se v měnící se společnosti a světě práce. Specifikem oboru je to, že učivem je žák sám, stává se jím konkrétní žákovská skupina a stávají se jím běžné situace každodenního života, včetně těch budoucích. Obor vytváří prostor pro to, aby mohl žák v bezpečném prostředí a s oporou reflektovat, rozvíjet či regulovat způsoby prožívání a chování. Vytváří příležitost pro zkoušení, objevování a získávání vhodných mechanismů reagování na vnitřní a vnější svět.Obsah vzdělávacího oboru Osobnostní a sociální výchova je rozdělený do tří tematických okruhů:  Osobnostní rozvojSociální a etický rozvojKariérový rozvojOsobnostní rozvoj se zaměřuje zejména na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje. Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování. Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.Na obou stupních jsou zohledněné individuální charakteristiky žáka a jeho zkušenosti, osobnostní a sociální vývoj, charakter třídy (skupiny) ad. Nedílnou součástí oboru je rozvíjení sebehodnocení žáka, práce s portfoliem pro zachycení osobního a kariérového pokroku a formativní zpětná vazba respektující individuální podobu učení. Ve výuce jsou využívány také dovednosti a znalosti žáka z neformálního vzdělávání. Rozvoj sociálně-emocionálních dovedností probíhá kontinuálně v každém ročníku základního vzdělávání. Vybraná témata jsou v případě potřeby připravována ve spolupráci se školním poradenským pracovištěm. </t>
         </is>
       </c>
       <c r="E344" s="0" t="inlineStr">
         <is>
           <t>Sociální a etický rozvoj</t>
         </is>
       </c>
       <c r="F344" s="0" t="inlineStr">
         <is>
           <t>Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování.  </t>
         </is>
       </c>
       <c r="G344" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H344" s="0" t="inlineStr">
         <is>
-          <t>CSP-OSV-002-ZV5-004</t>
+          <t>CSP-OSV-002-ZV9-007</t>
         </is>
       </c>
       <c r="I344" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná základní emoce a potřeby své i druhých lidí a zkouší uplatnit vnímavost k nim ve svém jednání.</t>
+          <t>Uplatňuje vhodné způsoby sociální interakce ve skupině v modelových situacích.</t>
         </is>
       </c>
       <c r="J344" s="0" t="inlineStr">
         <is>
-          <t>Žák se učí rozpoznat a pojmenovat své emoce a potřeby v různých skutečných i modelových situacích. Navrhuje také, jaké potřeby a emoce mohou mít lidé v jeho okolí v různých situacích, a učí se tak vnímat různorodé potřeby lidí a navrhovat, jak je možné je naplnit. To přispívá k rozvoji ohleduplnosti, pozitivního klimatu a funkční komunikace nejen ve školním prostředí.Porozumění emocím svým a emocím druhých je základním předpokladem pro sebepoznání a úspěšnou nekonfliktní komunikaci s lidmi v okolí, protože jejich uvědomění napomáhá porozumět ostatním lidem. Přispívá tak k úspěšné socializaci. Ve škole by měl být rozvoji emoční gramotnosti věnován adekvátní prostor, protože přispívá k duševnímu zdraví a rozvoji empatie. Pro žáky je důležité uvědomovat si potřeby ostatních lidí a učit se je ve svém chování a jednání zohledňovat. Posílení vnímavosti k emocím pomáhá celkové odolnosti a školní úspěšnosti. Regulace emocí je klíčová dovednost pro úspěšné učení a budování vztahů s vrstevníky i dospělými.</t>
+          <t>Sociální interakce (vzájemné působení jedinců nebo skupin) je běžnou součástí našeho života. Posilování sociálních dovedností pro kooperaci, stejně jako seberegulačních dovedností a odolnosti v interakci s druhými je potřeba systematicky, cíleně a dlouhodobě rozvíjet. Pro zvládnutí bezpečné a efektivní interakce je potřeba vnímat sociální situace, přizpůsobit se jejich proměnám s využitím různých strategií.Žák zkouší v modelových situacích různé formy sociální interakce ve skupině, různé role a seberegulaci. Reflektuje své jednání (například, kdy a jak prosazoval svůj názor, kdy a jak odstoupil od svého nápadu a podpořil nápad druhého). Modelové situace pomáhají nácviku důležitých dovedností sociální interakce v rozdílných situacích, které vyžadují porozumění jejich kontextu, jako je například kooperace a soutěžení.Zkušenosti a jejich reflexe posilují sociální dovednosti žáka, důležité jsou také pro utváření a udržování respektujících vztahů s druhými, které jsou základem pro celkové klima školy i pro budoucí život žáka v kontextu rodiny, práce aj. </t>
         </is>
       </c>
       <c r="K344" s="0" t="inlineStr">
         <is>
-          <t>poznává základní emoce a jejich projevy u sebe a druhých poznává, jaké vnitřní podněty (myšlenky, vzpomínky aj.) a vnější podněty (situace, předměty, místa aj.) mohou vyvolávat emocepoznává základní lidské potřeby</t>
+          <t>zkouší charakterizovat různé způsoby sociální interakce, se kterými získává zkušenost (ve škole, mimo školu, s různými aktéry)na základě jednání v aktivitách a modelových situacích zkouší pojmenovat, jak různé sociální interakce prožívá a jak se v nich chová v modelových situacích a skupinové činnosti poznává vhodné a nevhodné chování určitých rolí ve skupině diskutuje zkušenosti ze skupinové činnostiv modelových situacích poznává různé formy seberegulace a zvyšování odolnosti v sociálních interakcích</t>
         </is>
       </c>
       <c r="L344" s="0" t="inlineStr">
         <is>
-          <t>v modelových situacích rozpozná a pojmenuje své emoce a vysvětlí možné příčiny toho, proč se tak může cítit v modelových situacích popíše, jaké emoce mohou jejich aktéři pociťovatnavrhuje příklady toho, co přispívá k naplňování jeho základních potřeb ve školním a mimoškolním prostředí (co může udělat žáka a co mohou udělat druzí)poznává různé techniky regulace projevů emocí </t>
+          <t>vnímá a sdílí zkušenosti z různých způsobů sociální interakcí, zkouší porovnat co je spojuje/odlišujeze společných činností vyvozuje různé role ve skupině a způsoby chování, které jsou pro tyto role jednak typické a jednak potřebnéporovnává své zkušenosti s rozdíly mezi dosahováním cíle skupinovou nebo individuální pracína základě společných činností a modelových situací dává zpětnou vazbu, jaké chování členů skupiny považuje za podpůrné pro týmovou spolupráci, za kooperativní/kompetitivní, aj.navrhuje, jakou formu seberegulace lze použít pro různé sociální situacereflektuje, jakým způsobem rozvíjí svou odolnost v sociálních interakcíchzkouší v modelových situacích a cvičných aktivitách reflektovat úhly pohledu různých aktérů</t>
         </is>
       </c>
       <c r="M344" s="0" t="inlineStr">
         <is>
-          <t>V modelových situacích rozpozná a pojmenuje své emoce a vysvětlí možné příčiny toho, proč se tak může cítit.V modelových situacích pojmenuje možné emoce druhých lidí a pravděpodobné příčiny toho, proč se tak mohou cítit.Na příkladech konkrétních situací spojených se školním i mimoškolním prostředím pojmenuje své potřeby.S využitím naučených technik reguluje projevy svých emocí v běžných situacích ve školním prostředí.V modelových situacích předvede vhodný a nevhodný způsob a načasování naplňování vlastních potřeb ve školním prostředí.Diskutuje o tom, jak lze naplňovat vlastní potřeby a potřeby druhých lidí ve školním i mimoškolním prostředí (co pro to může udělat žák sám a co pro to mohou udělat druzí).Popíše, jak konkrétně může přispívat k vytváření bezpečného školního prostředí.Zkouší si v modelových situacích empatické naslouchání. </t>
+          <t>Reflektuje své zkušenosti z různých rolí při skupinové práci v modelových situacích.Vyhodnocuje své seberegulační a sociální dovednosti ve skupině v situaci nesouhlasu, navazování na druhé a rozvíjení jejich myšlenek, prosazení/odstoupení od vlastního nápadu, podřízení se vedení druhého.Charakterizuje své zapojení v procesu skupinové práce, jak aktivně naslouchá, vyjadřuje názor, vede věcnou argumentaci a podává popisnou, formativní zpětnou vazbu členům skupiny.Reflektuje svůj vztah ke kooperaci a soutěžení a posoudí vhodnost jejich využití v různorodých situacích.</t>
         </is>
       </c>
       <c r="N344" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná základní emoce a potřeby své i druhých lidí.</t>
+          <t>Uplatňuje vybrané vhodné způsoby sociální interakce ve skupině v modelových situacích.</t>
         </is>
       </c>
       <c r="O344" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P344" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="inlineStr">
         <is>
           <t>Člověk, jeho osobnost a svět práce</t>
         </is>
       </c>
       <c r="B345" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C345" s="0" t="inlineStr">
         <is>
           <t>Osobnostní a sociální výchova</t>
         </is>
       </c>
       <c r="D345" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Osobnostní a sociální výchova zahrnuje také etický a kariérový rozvoj žáka. Kontinuálně, průběžně na 1. a 2. stupni, systematicky a komplexně rozvíjí potřebné znalosti, dovednosti, hodnoty, postoje, které explicitně podporují odolnost žáka vedoucí ke zvládání běžných i náročných životních situací. Obor rozvíjí praktickými, zkušenostními přístupy sebereflektivní, seberegulační a psychohygienické dovednosti, interakční, komunikační a prosociální chování. Základní psychosociální dovednosti jsou primární prevencí a základem pro duševní zdraví, podporují motivaci k učení a ve spojení s kariérovými dovednostmi odpovídají současnému celostnímu pojetí kariéry. Obor přispívá k sebepoznání a ke kvalitě života žáka. Podporuje sociálně-emocionální dovednosti, odpovědný přístup k sobě i druhým, k seberozvoji a celoživotnímu učení, k zapojení se v měnící se společnosti a světě práce. Specifikem oboru je to, že učivem je žák sám, stává se jím konkrétní žákovská skupina a stávají se jím běžné situace každodenního života, včetně těch budoucích. Obor vytváří prostor pro to, aby mohl žák v bezpečném prostředí a s oporou reflektovat, rozvíjet či regulovat způsoby prožívání a chování. Vytváří příležitost pro zkoušení, objevování a získávání vhodných mechanismů reagování na vnitřní a vnější svět.Obsah vzdělávacího oboru Osobnostní a sociální výchova je rozdělený do tří tematických okruhů:  Osobnostní rozvojSociální a etický rozvojKariérový rozvojOsobnostní rozvoj se zaměřuje zejména na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje. Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování. Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.Na obou stupních jsou zohledněné individuální charakteristiky žáka a jeho zkušenosti, osobnostní a sociální vývoj, charakter třídy (skupiny) ad. Nedílnou součástí oboru je rozvíjení sebehodnocení žáka, práce s portfoliem pro zachycení osobního a kariérového pokroku a formativní zpětná vazba respektující individuální podobu učení. Ve výuce jsou využívány také dovednosti a znalosti žáka z neformálního vzdělávání. Rozvoj sociálně-emocionálních dovedností probíhá kontinuálně v každém ročníku základního vzdělávání. Vybraná témata jsou v případě potřeby připravována ve spolupráci se školním poradenským pracovištěm. </t>
         </is>
       </c>
       <c r="E345" s="0" t="inlineStr">
         <is>
           <t>Sociální a etický rozvoj</t>
         </is>
       </c>
       <c r="F345" s="0" t="inlineStr">
         <is>
           <t>Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování.  </t>
         </is>
       </c>
       <c r="G345" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H345" s="0" t="inlineStr">
         <is>
-          <t>CSP-OSV-002-ZV9-007</t>
+          <t>CSP-OSV-002-ZV5-004</t>
         </is>
       </c>
       <c r="I345" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje vhodné způsoby sociální interakce ve skupině v modelových situacích.</t>
+          <t>Rozpozná základní emoce a potřeby své i druhých lidí a zkouší uplatnit vnímavost k nim ve svém jednání.</t>
         </is>
       </c>
       <c r="J345" s="0" t="inlineStr">
         <is>
-          <t>Sociální interakce (vzájemné působení jedinců nebo skupin) je běžnou součástí našeho života. Posilování sociálních dovedností pro kooperaci, stejně jako seberegulačních dovedností a odolnosti v interakci s druhými je potřeba systematicky, cíleně a dlouhodobě rozvíjet. Pro zvládnutí bezpečné a efektivní interakce je potřeba vnímat sociální situace, přizpůsobit se jejich proměnám s využitím různých strategií.Žák zkouší v modelových situacích různé formy sociální interakce ve skupině, různé role a seberegulaci. Reflektuje své jednání (například, kdy a jak prosazoval svůj názor, kdy a jak odstoupil od svého nápadu a podpořil nápad druhého). Modelové situace pomáhají nácviku důležitých dovedností sociální interakce v rozdílných situacích, které vyžadují porozumění jejich kontextu, jako je například kooperace a soutěžení.Zkušenosti a jejich reflexe posilují sociální dovednosti žáka, důležité jsou také pro utváření a udržování respektujících vztahů s druhými, které jsou základem pro celkové klima školy i pro budoucí život žáka v kontextu rodiny, práce aj. </t>
+          <t>Žák se učí rozpoznat a pojmenovat své emoce a potřeby v různých skutečných i modelových situacích. Navrhuje také, jaké potřeby a emoce mohou mít lidé v jeho okolí v různých situacích, a učí se tak vnímat různorodé potřeby lidí a navrhovat, jak je možné je naplnit. To přispívá k rozvoji ohleduplnosti, pozitivního klimatu a funkční komunikace nejen ve školním prostředí.Porozumění emocím svým a emocím druhých je základním předpokladem pro sebepoznání a úspěšnou nekonfliktní komunikaci s lidmi v okolí, protože jejich uvědomění napomáhá porozumět ostatním lidem. Přispívá tak k úspěšné socializaci. Ve škole by měl být rozvoji emoční gramotnosti věnován adekvátní prostor, protože přispívá k duševnímu zdraví a rozvoji empatie. Pro žáky je důležité uvědomovat si potřeby ostatních lidí a učit se je ve svém chování a jednání zohledňovat. Posílení vnímavosti k emocím pomáhá celkové odolnosti a školní úspěšnosti. Regulace emocí je klíčová dovednost pro úspěšné učení a budování vztahů s vrstevníky i dospělými.</t>
         </is>
       </c>
       <c r="K345" s="0" t="inlineStr">
         <is>
-          <t>zkouší charakterizovat různé způsoby sociální interakce, se kterými získává zkušenost (ve škole, mimo školu, s různými aktéry)na základě jednání v aktivitách a modelových situacích zkouší pojmenovat, jak různé sociální interakce prožívá a jak se v nich chová v modelových situacích a skupinové činnosti poznává vhodné a nevhodné chování určitých rolí ve skupině diskutuje zkušenosti ze skupinové činnostiv modelových situacích poznává různé formy seberegulace a zvyšování odolnosti v sociálních interakcích</t>
+          <t>Poznává základní emoce a jejich projevy u sebe a druhých. Poznává, jaké vnitřní podněty (myšlenky, vzpomínky aj.) a vnější podněty (situace, předměty, místa aj.) mohou vyvolávat emoce.Poznává základní lidské potřeby.</t>
         </is>
       </c>
       <c r="L345" s="0" t="inlineStr">
         <is>
-          <t>vnímá a sdílí zkušenosti z různých způsobů sociální interakcí, zkouší porovnat co je spojuje/odlišujeze společných činností vyvozuje různé role ve skupině a způsoby chování, které jsou pro tyto role jednak typické a jednak potřebnéporovnává své zkušenosti s rozdíly mezi dosahováním cíle skupinovou nebo individuální pracína základě společných činností a modelových situací dává zpětnou vazbu, jaké chování členů skupiny považuje za podpůrné pro týmovou spolupráci, za kooperativní/kompetitivní, aj.navrhuje, jakou formu seberegulace lze použít pro různé sociální situacereflektuje, jakým způsobem rozvíjí svou odolnost v sociálních interakcíchzkouší v modelových situacích a cvičných aktivitách reflektovat úhly pohledu různých aktérů</t>
+          <t>V modelových situacích rozpozná a pojmenuje své emoce a vysvětlí možné příčiny toho, proč se tak může cítit. V modelových situacích popíše, jaké emoce mohou jejich aktéři pociťovat.Navrhuje příklady toho, co přispívá k naplňování jeho základních potřeb ve školním a mimoškolním prostředí (co může udělat žáka a co mohou udělat druzí).Poznává různé techniky regulace projevů emocí. </t>
         </is>
       </c>
       <c r="M345" s="0" t="inlineStr">
         <is>
-          <t>Reflektuje své zkušenosti z různých rolí při skupinové práci v modelových situacích.Vyhodnocuje své seberegulační a sociální dovednosti ve skupině v situaci nesouhlasu, navazování na druhé a rozvíjení jejich myšlenek, prosazení/odstoupení od vlastního nápadu, podřízení se vedení druhého.Charakterizuje své zapojení v procesu skupinové práce, jak aktivně naslouchá, vyjadřuje názor, vede věcnou argumentaci a podává popisnou, formativní zpětnou vazbu členům skupiny.Reflektuje svůj vztah ke kooperaci a soutěžení a posoudí vhodnost jejich využití v různorodých situacích.</t>
+          <t>V modelových situacích rozpozná a pojmenuje své emoce a vysvětlí možné příčiny toho, proč se tak může cítit.V modelových situacích pojmenuje možné emoce druhých lidí a pravděpodobné příčiny toho, proč se tak mohou cítit.Na příkladech konkrétních situací spojených se školním i mimoškolním prostředím pojmenuje své potřeby.S využitím naučených technik reguluje projevy svých emocí v běžných situacích ve školním prostředí.V modelových situacích předvede vhodný a nevhodný způsob a načasování naplňování vlastních potřeb ve školním prostředí.Diskutuje o tom, jak lze naplňovat vlastní potřeby a potřeby druhých lidí ve školním i mimoškolním prostředí (co pro to může udělat žák sám a co pro to mohou udělat druzí).Popíše, jak konkrétně může přispívat k vytváření bezpečného školního prostředí.Zkouší si v modelových situacích empatické naslouchání. </t>
         </is>
       </c>
       <c r="N345" s="0" t="inlineStr">
         <is>
-          <t>Uplatňuje vybrané vhodné způsoby sociální interakce ve skupině v modelových situacích.</t>
+          <t>Rozpozná základní emoce a potřeby své i druhých lidí.</t>
         </is>
       </c>
       <c r="O345" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P345" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="inlineStr">
         <is>
           <t>Člověk, jeho osobnost a svět práce</t>
         </is>
       </c>
       <c r="B346" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C346" s="0" t="inlineStr">
@@ -28812,56 +29046,56 @@
           <t>Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.   </t>
         </is>
       </c>
       <c r="G350" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H350" s="0" t="inlineStr">
         <is>
           <t>CSP-OSV-003-ZV5-005</t>
         </is>
       </c>
       <c r="I350" s="0" t="inlineStr">
         <is>
           <t>Rozpoznává různé druhy profesí ve svém blízkém okolí a sdílí zkušenosti se zapojením do pracovních činností ve svém domácím prostředí.</t>
         </is>
       </c>
       <c r="J350" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení je zaměřený na seznámení žáka s různými druhy pracovních činností a povolání (profesí). Žák pojmenuje různé druhy pracovních činností ve svém domácím prostředí a specifikuje své zapojení do těchto činností. Zapojení do činností spojených s chodem domácnosti je klíčové pro osobní, sociální i kariérový rozvoj žáka. Získání a sdílení těchto zkušeností umožňuje rozvíjet vztah k práci a chápat spoluodpovědnost za výsledky práce, což jsou potřebné dovednosti pro budoucí pracovní i osobní život. Zároveň žák poznává povolání dospělých ze svého blízkého okolí a dokáže o nich diskutovat.Poznávání významu různých druhů práce vede žáka k uvědomění, že každá pracovní činnost má svou hodnotu (činnosti v domácnosti, vykonávání placené a neplacené práce). Rozvíjí otevřený postoj k různým profesím, který pomáhá omezovat vliv stereotypů (genderových a dalších). Žák si vytváří vztah k různým profesím prostřednictvím nejbližších osob. Popisuje typy pracovních činností souvisejících s danými profesemi, jejich přínosy.</t>
         </is>
       </c>
       <c r="K350" s="0" t="inlineStr">
         <is>
-          <t>získává a sdílí zkušenosti s různými druhy pracovních činností spojených s chodem domácnostizískává formou hry zkušenosti s činnostmi spojenými s různými povoláními všímá si různých profese, se kterými se setkává ve svém okolí a diskutuje o tom, co ho zaujalo</t>
+          <t>Získává a sdílí zkušenosti s různými druhy pracovních činností spojených s chodem domácnosti.Získává formou hry zkušenosti s činnostmi spojenými s různými povoláními. Všímá si různých profesí, se kterými se setkává ve svém okolí a diskutuje o tom, co ho zaujalo.</t>
         </is>
       </c>
       <c r="L350" s="0" t="inlineStr">
         <is>
-          <t>zkouší popsat své zapojení do různých druhů pracovních činností v domácnosti, a podíl členů domácnosti na činnostech zjišťuje od členů rodiny a blízkých jaké je jejich povoláních a jaké zkušenosti mají s povoláním, a diskutuje o nich naslouchá zkušenostem lidí z různých profesí a diskutuje, co se mu na nich líbí</t>
+          <t>Zkouší popsat své zapojení do různých druhů pracovních činností v domácnosti, a podíl členů domácnosti na činnostech. Zjišťuje od členů rodiny a blízkých jaké je jejich povoláních a jaké zkušenosti mají s povoláním, a diskutuje o nich. Naslouchá zkušenostem lidí z různých profesí a diskutuje, co se mu na nich líbí.</t>
         </is>
       </c>
       <c r="M350" s="0" t="inlineStr">
         <is>
           <t>Rozliší vybrané druhy pracovních činností spojených s chodem domácnosti, popíše své zapojení do nich a sdílí své zkušenosti a prožitky.Rozpozná na příkladech význam pracovních činností ve svém domácím prostředí. Pojmenuje povolání, která se vyskytují v jeho rodině a blízkém okolí, popíše jejich náplň a význam a na příkladu představí, jaký vztah k povolání má vybraná blízká osoba.U vybraných povoláních popíše, co se mu na nich líbí, výhody/nevýhody, navrhne příklad jejich přínosu pro okolí (lidé, příroda apod.).</t>
         </is>
       </c>
       <c r="N350" s="0" t="inlineStr">
         <is>
           <t>Rozpozná běžná povolání ve svém blízkém okolí a podílí se na pracovních činnostech v rámci prostředí školy.</t>
         </is>
       </c>
       <c r="O350" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P350" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="inlineStr">
@@ -28874,168 +29108,168 @@
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C351" s="0" t="inlineStr">
         <is>
           <t>Osobnostní a sociální výchova</t>
         </is>
       </c>
       <c r="D351" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Osobnostní a sociální výchova zahrnuje také etický a kariérový rozvoj žáka. Kontinuálně, průběžně na 1. a 2. stupni, systematicky a komplexně rozvíjí potřebné znalosti, dovednosti, hodnoty, postoje, které explicitně podporují odolnost žáka vedoucí ke zvládání běžných i náročných životních situací. Obor rozvíjí praktickými, zkušenostními přístupy sebereflektivní, seberegulační a psychohygienické dovednosti, interakční, komunikační a prosociální chování. Základní psychosociální dovednosti jsou primární prevencí a základem pro duševní zdraví, podporují motivaci k učení a ve spojení s kariérovými dovednostmi odpovídají současnému celostnímu pojetí kariéry. Obor přispívá k sebepoznání a ke kvalitě života žáka. Podporuje sociálně-emocionální dovednosti, odpovědný přístup k sobě i druhým, k seberozvoji a celoživotnímu učení, k zapojení se v měnící se společnosti a světě práce. Specifikem oboru je to, že učivem je žák sám, stává se jím konkrétní žákovská skupina a stávají se jím běžné situace každodenního života, včetně těch budoucích. Obor vytváří prostor pro to, aby mohl žák v bezpečném prostředí a s oporou reflektovat, rozvíjet či regulovat způsoby prožívání a chování. Vytváří příležitost pro zkoušení, objevování a získávání vhodných mechanismů reagování na vnitřní a vnější svět.Obsah vzdělávacího oboru Osobnostní a sociální výchova je rozdělený do tří tematických okruhů:  Osobnostní rozvojSociální a etický rozvojKariérový rozvojOsobnostní rozvoj se zaměřuje zejména na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje. Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování. Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.Na obou stupních jsou zohledněné individuální charakteristiky žáka a jeho zkušenosti, osobnostní a sociální vývoj, charakter třídy (skupiny) ad. Nedílnou součástí oboru je rozvíjení sebehodnocení žáka, práce s portfoliem pro zachycení osobního a kariérového pokroku a formativní zpětná vazba respektující individuální podobu učení. Ve výuce jsou využívány také dovednosti a znalosti žáka z neformálního vzdělávání. Rozvoj sociálně-emocionálních dovedností probíhá kontinuálně v každém ročníku základního vzdělávání. Vybraná témata jsou v případě potřeby připravována ve spolupráci se školním poradenským pracovištěm. </t>
         </is>
       </c>
       <c r="E351" s="0" t="inlineStr">
         <is>
           <t>Kariérový rozvoj</t>
         </is>
       </c>
       <c r="F351" s="0" t="inlineStr">
         <is>
           <t>Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.   </t>
         </is>
       </c>
       <c r="G351" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H351" s="0" t="inlineStr">
         <is>
-          <t>CSP-OSV-003-ZV9-012</t>
+          <t>CSP-OSV-003-ZV5-006</t>
         </is>
       </c>
       <c r="I351" s="0" t="inlineStr">
         <is>
-          <t>Využívá pro svůj kariérový rozvoj různé informační zdroje, vztahy a sítě ve fyzickém a digitálním prostředí.</t>
+          <t>Navrhuje a zkouší realizovat svůj rozvoj ve vybrané oblasti svých zájmů.</t>
         </is>
       </c>
       <c r="J351" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení je zaměřený na získání schopnosti nalézat, vyhodnocovat a využívat širokou škálu informačních zdrojů pro kariérový rozvoj a rozhodování. Podporuje dovednost rozvíjení vztahů v oblasti vlastního zájmu, zapojování se do sítí, kde lze sdílet své zkušenosti a získávat inspirace. Žák se stává aktivním účastníkem svého vzdělávání a kariérového rozvoje. Na základě vlastních preferencí a kritérií, které se učí definovat, vyhodnocuje kariérové informace, jejich různé zdroje, relevanci a důvěryhodnost. Rozlišuje typy informačních zdrojů o vzdělávání a práci (databáze vzdělávacích příležitostí, predikce vývoje trhu práce, data o příjmech a zaměstnanosti, trendy v požadavcích na rozvoj dovedností v různých profesních oblastech, portály s pracovními nabídkami, aplikace pro vyhledání vzdělávacích a pracovních příležitostí aj.).  Diskutuje o významu vytvoření a udržování sítí pro vlastní rozvoj (např. vzdělavatelů, institucí a zaměstnavatelů, širších sítí i online prostoru).</t>
+          <t>Žák zkoumá své zapojení do různých druhů aktivit a tvoří si přehled o tom, co ho zajímá a baví. Získává zkušenost s výběrem a rozhodováním, kterým činnostem ve škole a mimo školu se chce věnovat. Uvědomí si tak význam zájmu o vybranou činnost, což je základ motivace k vlastnímu rozvoji, k učení i k hledání profesního zaměření v budoucnu.Na základě uvědomění a pojmenování svých zájmů si žák vyzkouší navrhnout kroky k rozvoji v oblasti, která ho zajímá. Plánování rozvoje v oblasti vybraného zájmu umožňuje žákovi získat zkušenost s převzetím odpovědnosti za své rozhodnutí. Žák diskutuje o svých zájmech s druhými. Na vybraném zájmu může získat zážitek dosahování úspěchu.</t>
         </is>
       </c>
       <c r="K351" s="0" t="inlineStr">
         <is>
-          <t>rozpozná zdroje informací týkající se vzdělávání, práce a vlastního rozvojevyhledává příležitosti k rozvoji svých zájmůpojmenovává své potřeby a preference v oblasti vlastního rozvojeuvádí příklady dopadů vybraných činností a povolání na okolí</t>
+          <t>Tvoří si přehled o tom, co ho zajímá, jaké zájmové činnosti ho baví.Seznamuje se příležitostmi k rozvoji svých zájmů.Zkouší si pojmenovávat své úspěchy ve vybrané oblasti svých zájmů.</t>
         </is>
       </c>
       <c r="L351" s="0" t="inlineStr">
         <is>
-          <t>vyhledává relevantní zdroje a možnosti pro získání zkušeností se světem práce (dobrovolnictví, stáže, exkurze, soutěže apod.)na základě společných zájmů rozvíjí pozitivní vztahy s druhýmikomunikuje své potřeby a preference v oblasti vlastního rozvojezkouší uvést různé zdroje o dopadech vybraných povolání na společnost a životní prostředí</t>
+          <t>Zkoumá své zapojení do různých druhů zájmových aktivit.Zkusí si naplánovat kroky k rozvoji svých zájmů.Zjišťuje příležitosti k rozvoji svých zájmů ve svém blízkém okolí.Průběžně zaznamenává své úspěchy do portfolia. </t>
         </is>
       </c>
       <c r="M351" s="0" t="inlineStr">
         <is>
-          <t>V modelových situacích využívá informace ke vzdělávacím a pracovním příležitostem, k nalezení, vytvoření a/nebo udržení práce.Identifikuje osoby, sítě a informační zdroje, které může využít při rozhodování o svém dalším vzdělávání a kariérovém směřování.  Reflektuje význam vytváření pozitivních vztahů a sítí pro vlastní kariérový rozvoj (např. vzdělavatelé, instituce a zaměstnavatelé, širší sítě i online prostor).Posuzuje a porovnává přínos různých vybraných kariérových informačních zdrojů, které jsou relevantní pro jeho představu o vlastní budoucnosti. Prezentuje svá zjištění o aktuální podobě a proměnách vybrané profesní oblasti, která ho zajímá.</t>
+          <t>Rozpozná na příkladech své zájmy (dovednosti, školní i zájmové aktivity), které ho baví a rád by se v nich dále rozvíjel.Realizuje vybrané kroky k rozvoji svých zájmů a rozliší, které může udělat sám a které s podporou okolí, rodiny a školy.Navrhne a diskutuje o tom, jaké příležitosti k rozvoji jeho zájmů jsou v jeho okolí.Zaznamenává a prezentuje příklady úspěchů při rozvoji svých zájmů v osobním portfoliu, diskutuje o svých zkušenostech s dosahováním pokroku.</t>
         </is>
       </c>
       <c r="N351" s="0" t="inlineStr">
         <is>
-          <t>Využívá pro svůj kariérový rozvoj vybrané informační zdroje.</t>
+          <t>Uvede příklad kroků, jak se rozvíjet ve vybrané oblasti svých zájmů.</t>
         </is>
       </c>
       <c r="O351" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P351" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="inlineStr">
         <is>
           <t>Člověk, jeho osobnost a svět práce</t>
         </is>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C352" s="0" t="inlineStr">
         <is>
           <t>Osobnostní a sociální výchova</t>
         </is>
       </c>
       <c r="D352" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor Osobnostní a sociální výchova zahrnuje také etický a kariérový rozvoj žáka. Kontinuálně, průběžně na 1. a 2. stupni, systematicky a komplexně rozvíjí potřebné znalosti, dovednosti, hodnoty, postoje, které explicitně podporují odolnost žáka vedoucí ke zvládání běžných i náročných životních situací. Obor rozvíjí praktickými, zkušenostními přístupy sebereflektivní, seberegulační a psychohygienické dovednosti, interakční, komunikační a prosociální chování. Základní psychosociální dovednosti jsou primární prevencí a základem pro duševní zdraví, podporují motivaci k učení a ve spojení s kariérovými dovednostmi odpovídají současnému celostnímu pojetí kariéry. Obor přispívá k sebepoznání a ke kvalitě života žáka. Podporuje sociálně-emocionální dovednosti, odpovědný přístup k sobě i druhým, k seberozvoji a celoživotnímu učení, k zapojení se v měnící se společnosti a světě práce. Specifikem oboru je to, že učivem je žák sám, stává se jím konkrétní žákovská skupina a stávají se jím běžné situace každodenního života, včetně těch budoucích. Obor vytváří prostor pro to, aby mohl žák v bezpečném prostředí a s oporou reflektovat, rozvíjet či regulovat způsoby prožívání a chování. Vytváří příležitost pro zkoušení, objevování a získávání vhodných mechanismů reagování na vnitřní a vnější svět.Obsah vzdělávacího oboru Osobnostní a sociální výchova je rozdělený do tří tematických okruhů:  Osobnostní rozvojSociální a etický rozvojKariérový rozvojOsobnostní rozvoj se zaměřuje zejména na sebepojetí žáka, sebepoznávání, zvládání stresu a náročných situací, efektivní strategie učení, sebeorganizaci a plánování vlastního rozvoje. Sociální a etický rozvoj se věnuje sociálně-emocionálním dovednostem, sociální komunikaci a interakci v různorodých situacích, mezilidským vztahům a prosociálnímu chování. Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.Na obou stupních jsou zohledněné individuální charakteristiky žáka a jeho zkušenosti, osobnostní a sociální vývoj, charakter třídy (skupiny) ad. Nedílnou součástí oboru je rozvíjení sebehodnocení žáka, práce s portfoliem pro zachycení osobního a kariérového pokroku a formativní zpětná vazba respektující individuální podobu učení. Ve výuce jsou využívány také dovednosti a znalosti žáka z neformálního vzdělávání. Rozvoj sociálně-emocionálních dovedností probíhá kontinuálně v každém ročníku základního vzdělávání. Vybraná témata jsou v případě potřeby připravována ve spolupráci se školním poradenským pracovištěm. </t>
         </is>
       </c>
       <c r="E352" s="0" t="inlineStr">
         <is>
           <t>Kariérový rozvoj</t>
         </is>
       </c>
       <c r="F352" s="0" t="inlineStr">
         <is>
           <t>Kariérový rozvoj se vztahuje k objevování, rozhodování a plánování ve vlastním kariérovém směřování, k hodnotám a příležitostem spojeným se světem práce.   </t>
         </is>
       </c>
       <c r="G352" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H352" s="0" t="inlineStr">
         <is>
-          <t>CSP-OSV-003-ZV5-006</t>
+          <t>CSP-OSV-003-ZV9-012</t>
         </is>
       </c>
       <c r="I352" s="0" t="inlineStr">
         <is>
-          <t>Navrhuje a zkouší realizovat svůj rozvoj ve vybrané oblasti svých zájmů.</t>
+          <t>Využívá pro svůj kariérový rozvoj různé informační zdroje, vztahy a sítě ve fyzickém a digitálním prostředí.</t>
         </is>
       </c>
       <c r="J352" s="0" t="inlineStr">
         <is>
-          <t>Žák zkoumá své zapojení do různých druhů aktivit a tvoří si přehled o tom, co ho zajímá a baví. Získává zkušenost s výběrem a rozhodováním, kterým činnostem ve škole a mimo školu se chce věnovat. Uvědomí si tak význam zájmu o vybranou činnost, což je základ motivace k vlastnímu rozvoji, k učení i k hledání profesního zaměření v budoucnu.Na základě uvědomění a pojmenování svých zájmů si žák vyzkouší navrhnout kroky k rozvoji v oblasti, která ho zajímá. Plánování rozvoje v oblasti vybraného zájmu umožňuje žákovi získat zkušenost s převzetím odpovědnosti za své rozhodnutí. Žák diskutuje o svých zájmech s druhými. Na vybraném zájmu může získat zážitek dosahování úspěchu.</t>
+          <t>Očekávaný výsledek učení je zaměřený na získání schopnosti nalézat, vyhodnocovat a využívat širokou škálu informačních zdrojů pro kariérový rozvoj a rozhodování. Podporuje dovednost rozvíjení vztahů v oblasti vlastního zájmu, zapojování se do sítí, kde lze sdílet své zkušenosti a získávat inspirace. Žák se stává aktivním účastníkem svého vzdělávání a kariérového rozvoje. Na základě vlastních preferencí a kritérií, které se učí definovat, vyhodnocuje kariérové informace, jejich různé zdroje, relevanci a důvěryhodnost. Rozlišuje typy informačních zdrojů o vzdělávání a práci (databáze vzdělávacích příležitostí, predikce vývoje trhu práce, data o příjmech a zaměstnanosti, trendy v požadavcích na rozvoj dovedností v různých profesních oblastech, portály s pracovními nabídkami, aplikace pro vyhledání vzdělávacích a pracovních příležitostí aj.).  Diskutuje o významu vytvoření a udržování sítí pro vlastní rozvoj (např. vzdělavatelů, institucí a zaměstnavatelů, širších sítí i online prostoru).</t>
         </is>
       </c>
       <c r="K352" s="0" t="inlineStr">
         <is>
-          <t>tvoří si přehled o tom, co ho zajímá, jaké zájmové činnosti ho bavíseznamuje se příležitostmi k rozvoji svých zájmůzkouší si pojmenovávat své úspěchy ve vybrané oblasti svých zájmů</t>
+          <t>rozpozná zdroje informací týkající se vzdělávání, práce a vlastního rozvojevyhledává příležitosti k rozvoji svých zájmůpojmenovává své potřeby a preference v oblasti vlastního rozvojeuvádí příklady dopadů vybraných činností a povolání na okolí</t>
         </is>
       </c>
       <c r="L352" s="0" t="inlineStr">
         <is>
-          <t>zkoumá své zapojení do různých druhů zájmových aktivitzkusí si naplánovat kroky k rozvoji svých zájmůzjišťuje příležitosti k rozvoji svých zájmů ve svém blízkém okolíprůběžně zaznemnává své úspěchy do portfolia </t>
+          <t>vyhledává relevantní zdroje a možnosti pro získání zkušeností se světem práce (dobrovolnictví, stáže, exkurze, soutěže apod.)na základě společných zájmů rozvíjí pozitivní vztahy s druhýmikomunikuje své potřeby a preference v oblasti vlastního rozvojezkouší uvést různé zdroje o dopadech vybraných povolání na společnost a životní prostředí</t>
         </is>
       </c>
       <c r="M352" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná na příkladech své zájmy (dovednosti, školní i zájmové aktivity), které ho baví a rád by se v nich dále rozvíjel.Realizuje vybrané kroky k rozvoji svých zájmů a rozliší, které může udělat sám a které s podporou okolí, rodiny a školy.Navrhne a diskutuje o tom, jaké příležitosti k rozvoji jeho zájmů jsou v jeho okolí.Zaznamenává a prezentuje příklady úspěchů při rozvoji svých zájmů v osobním portfoliu, diskutuje o svých zkušenostech s dosahováním pokroku.</t>
+          <t>V modelových situacích využívá informace ke vzdělávacím a pracovním příležitostem, k nalezení, vytvoření a/nebo udržení práce.Identifikuje osoby, sítě a informační zdroje, které může využít při rozhodování o svém dalším vzdělávání a kariérovém směřování.  Reflektuje význam vytváření pozitivních vztahů a sítí pro vlastní kariérový rozvoj (např. vzdělavatelé, instituce a zaměstnavatelé, širší sítě i online prostor).Posuzuje a porovnává přínos různých vybraných kariérových informačních zdrojů, které jsou relevantní pro jeho představu o vlastní budoucnosti. Prezentuje svá zjištění o aktuální podobě a proměnách vybrané profesní oblasti, která ho zajímá.</t>
         </is>
       </c>
       <c r="N352" s="0" t="inlineStr">
         <is>
-          <t>Uvede příklad kroků, jak se rozvíjet ve vybrané oblasti svých zájmů.</t>
+          <t>Využívá pro svůj kariérový rozvoj vybrané informační zdroje.</t>
         </is>
       </c>
       <c r="O352" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P352" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="inlineStr">
         <is>
           <t>Člověk, jeho osobnost a svět práce</t>
         </is>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Člověk, jeho osobnost a svět práce v základním vzdělávání systematicky rozvíjí sociálně-emocionální dovednosti žáka a dovednosti pro řízení vlastní kariéry. Podporuje žáka v sebepoznání, v plánování a reflektování vlastního rozvoje, posilování vlastní odolnosti a zvládání náročných situací, rozvíjení dobrých vztahů s druhými.  Významným cílem je postupná příprava žáka na celoživotní kariérový rozvoj, na další vzdělávací cestu a na svět práce. Vzdělávací oblast pomáhá porozumění dynamickému vývoji světa práce, významu celoživotního vzdělávání, podporuje úspěšný přechod mezi vzděláváním a prací, zvládání životních a kariérových změn. Přispívá také k získání zkušenosti s praktickými činnostmi a k rozvoji zručnosti žáka.  Vzdělávací obsah je členěný do vzdělávacích oborů Osobnostní a sociální výchova a Polytechnická výchova a praktické činnosti. Vzdělávací obsah vzdělávacího oboru Osobnostní a sociální výchova rozvíjí pozitivní sebepojetí žáka, odolnost vůči stresu, sebepoznání a sebeorganizaci. Věnuje se rozvoji pozitivního vnímání druhých lidí, komunikaci a zvládání konfliktů, prosociálního a etického chování. Zaměřuje se na kariérový rozvoj, využívání příležitostí v oblasti vzdělávání a práce, rovnováhu mezi volným časem a prací. Podporuje systematickou práci s osobním portfoliem. Žák si utváří pozitivní postoje k sobě, k druhým lidem, k vlastnímu rozvoji, učení i dalšímu vzdělávání a světu práce.   Vzdělávací obor Polytechnická výchova a praktické činnosti přispívá k rozvoji žáka v oblasti zručnosti, tvořivosti a získání základních uživatelských dovedností v různých oborech lidské činnosti. Prostřednictvím integrace souvisejících vědeckých disciplín (STEM) podporuje žáka v aktivním a přínosném využívání techniky v životě. Praktické činnosti jsou příležitostí také pro osobní rozvoj žáka.  </t>
         </is>
       </c>
       <c r="C353" s="0" t="inlineStr">
@@ -29796,56 +30030,56 @@
           <t>Tematický okruh žákovi umožňuje propojovat poznatky z různých vědeckých disciplín a poznávat, jak věci fungují a jak jsou konstruovány. Žák konstruuje smysluplné celky za účelem pochopení základních principů a podpory inovativního myšlení. </t>
         </is>
       </c>
       <c r="G362" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H362" s="0" t="inlineStr">
         <is>
           <t>CSP-TCH-003-ZV5-003</t>
         </is>
       </c>
       <c r="I362" s="0" t="inlineStr">
         <is>
           <t>Provádí jednoduché konstrukční činnosti s návodem i bez návodu.</t>
         </is>
       </c>
       <c r="J362" s="0" t="inlineStr">
         <is>
           <t>Žák provádí jednoduché konstrukční činnosti, montáž a demontáž, realizuje jednoduchá elektronická zapojení jako základ robotiky. Manipuluje s různými druhy stavebnic (plošnými, prostorovými, konstrukčními, elektronickými aj.). Vytváří statické a funkční konstrukce, se kterými lze po dokončení manipulovat (jeřáb, houpačka atp.). Navrhuje a vytváří algoritmy postupných kroků. Na modelových úlohách rozvíjí např. technické myšlení, prostorovou představivost, motorické dovednosti. Žák pracuje s jednoduchou předlohou, náčrtem, fotorealistickými kresbami, videonávodem, schématy podle instrukcí učitele. Žák dodržuje učitelem doporučenou bezpečnost a hygienu při práci a respektuje bezpečnostní upozornění výrobce (stavebnice).Manipulativní konstrukční činnosti vycházejí z nejpřirozenější dětské činnosti – hry, poskytují vhodný prostor pro rozvoj motorických schopností žáků (zručnosti), zkoumání a experimentování, uplatnění tvořivosti, posílení volních vlastností, vytrvalosti při práci. Je vhodné zařazovat do výuky jak statické, tak funkční konstrukce. Poznatky z oblasti techniky v podobě poznávání základních přírodních a fyzikálních jevů a zákonitostí mohou být okamžitě uplatňovány. Prostřednictvím návodů, náčrtů, schémat a různých předloh žák poznává pravidla technické komunikace. </t>
         </is>
       </c>
       <c r="K362" s="0" t="inlineStr">
         <is>
-          <t>prostřednictvím manipulativní činnosti zkoumá existující modely a konstrukceseznamuje se s informacemi o principech a zákonitostech uplatňovaných při konstrukčních činnostech samostatně nebo ve skupině konstruuje podle námětových karet, schémat, modelůvytváří náčrt nebo schéma modelu</t>
+          <t>Prostřednictvím manipulativní činnosti zkoumá existující modely a konstrukce.Seznamuje se s informacemi o principech a zákonitostech uplatňovaných při konstrukčních činnostech. Samostatně nebo ve skupině konstruuje podle námětových karet, schémat, modelů.Vytváří náčrt nebo schéma modelu.</t>
         </is>
       </c>
       <c r="L362" s="0" t="inlineStr">
         <is>
-          <t>prostřednictvím řízené manipulativní činnosti experimentuje s materiálem a způsoby konstrukcísamostatně nebo ve spolupráci se spolužáky aplikuje poznatky základních fyzikálních principů a přírodních zákonitostí do jednoduchých konstrukčních aktivitčte návod nebo jinou jednoduchou technickou dokumentacisamostatně nebo ve spolupráci se spolužáky konstruuje podle jednoduché technické dokumentacevytváří jednoduchou technickou dokumentaci dle pokynů učitele</t>
+          <t>Prostřednictvím řízené manipulativní činnosti experimentuje s materiálem a způsoby konstrukcí.Samostatně nebo ve spolupráci se spolužáky aplikuje poznatky základních fyzikálních principů a přírodních zákonitostí do jednoduchých konstrukčních aktivit.Čte návod nebo jinou jednoduchou technickou dokumentaci.Samostatně nebo ve spolupráci se spolužáky konstruuje podle jednoduché technické dokumentace.Vytváří jednoduchou technickou dokumentaci dle pokynů učitele.</t>
         </is>
       </c>
       <c r="M362" s="0" t="inlineStr">
         <is>
           <t>Vytváří jednoduché technické modely a konstrukce na základě znalosti základních fyzikálních principů a přírodních zákonitostí.Podle pokynů učitele vytváří jednoduchou technickou dokumentaci i s využitím digitálních technologií.Postupuje podle jednoduché technické dokumentace a dodržuje platný postup.Hodnotí funkčnost a správnost konstrukce/modelu.Navrhuje úpravy nebo vlastní tvůrčí řešení funkční konstrukce.Dodržuje bezpečnost a hygienu při konstrukčních činnostech.</t>
         </is>
       </c>
       <c r="N362" s="0" t="inlineStr">
         <is>
           <t>Provádí jednoduché konstrukční činnosti s návodem.</t>
         </is>
       </c>
       <c r="O362" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P362" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="inlineStr">
@@ -29909,319 +30143,319 @@
         </is>
       </c>
       <c r="M363" s="0" t="inlineStr">
         <is>
           <t>Postupuje podle technické dokumentace a dodržuje platný postup v modelových situacích.Systematicky a účelně vytváří funkční i statické technické modely a konstrukce.Postupuje vlastním tvůrčím procesem k funkční konstrukci.Na základě poznatků z různých vědních oborů vyhodnotí funkčnost a správnost konstrukce nebo modelu podle vybraných hledisek.Identifikuje chybu nebo problém a navrhuje a realizuje možné úpravy technologického postupu.Dodržuje bezpečnost a hygienu při konstrukčních činnostech, uvědomuje si význam i důsledky při jejich nedodržení.</t>
         </is>
       </c>
       <c r="N363" s="0" t="inlineStr">
         <is>
           <t>Vytváří dle návodu přiměřeně složitou konstrukci, model za dodržení základních zásad hygieny a bezpečnosti práce.</t>
         </is>
       </c>
       <c r="O363" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P363" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:P25"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="49.5"/>
-[...14 lines deleted...]
-    <col min="16" max="16" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="49.5" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="68.2" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="255" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="67.64999999999999" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="84.14999999999999" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="25.3" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="226.60000000000002" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="255" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="255" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="121.00000000000001" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="16" max="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Základní gramotnost - Název</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Základní gramotnost - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka základní gramotnosti - Název</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka základní gramotnosti - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Podsložka základní gramotnosti - Název</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka základní gramotnosti - Charakteristika</t>
         </is>
       </c>
-      <c r="G1" s="4" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="H1" s="4" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="I1" s="4" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="J1" s="4" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="K1" s="4" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="L1" s="4" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="M1" s="4" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="N1" s="4" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="O1" s="4" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="P1" s="4" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Vztah ke čtení a čtenářství, psaní a pisatelství</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení: Žák čte a píše pro radost i poučení. Postupně čte a píše další typy textů. Oceňuje čtení a psaní jako činnosti, které pomáhají poznávat, přemýšlet, komunikovat i ovlivňovat svět kolem.</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 3. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>ZGC-VZT-000-ZV3-001</t>
+          <t>ZGC-VZT-000-ZV5-001</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t>Čte a píše pro prožitek i poučení.</t>
+          <t>Čte a píše množství textů různého typu.</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tomu tak dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Výběr textů pro prožitek z četby. Psaní pro prožitek a sebevyjádřeníSamostatně si vybírá knihy i jednotlivé texty, které mu přinášejí čtenářský prožitek (zážitek nebo poučení). Ukáže pasáže v textu, které ho zvláště potěšily nebo zaujaly.Vybírá si, o čem chce psát a jak.Výběr textů podle účelu čtení. Psaní podle potřeb poznávání a učeníUjasňuje si, k jakému účelu má jeho četba v danou chvíli vést (např. získat informace, pobavit se, najít podobný text nebo knihu jako minule aj.).Píše o tom, co ho zaujalo v tématu a problematice a uvažuje, proč o tom psát.Rozšiřování čtenářského a pisatelského teritoriaČte své oblíbené typy textů uměleckých i věcně informativních.Při psaní dává přednost tomu, co sám zažil, v čem má zkušenost nebo co ho zaujalo v učení.Čtenářská a pisatelská odezvaVyjadřuje pocity, prožitky, osobní dojmy a názory a opírá je o to, co ho v četbě zaujalo.Při sdílení a prezentaci svých textů přijímá odezvu od svých spolužáků a sám ji poskytuje.Důvěra ve čtení a psaníOceňuje prožitky a přínosy z četby. Dočítá celé texty a knihy, aby získal informace nebo prožitky.Zapojuje se do hovorů o zajímavých částech textu, o svých poznatcích nebo a o svém prožitku z četby.Rád píše o tom, co ho zajímá, nedává se odradit technikou psaní. O svém psaní a textu podle svého uvážení hovoří s druhými.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: výběr textů pro prožitek z četbyPři výběru knihy využívá informace z obalu knihy, prolistování i zběžné začtení se.Prokazuje trpělivost v tom, zda text jeho očekávání naplní, nebo zda bude hledat jinou četbu.Podle uspokojení z četby si hledá podobné nebo něčím navazující texty.Komponenta: psaní pro prožitek a sebevyjádřeníPři psaní vyjadřuje vlastní zkušenosti, prožitky, pocity.Charakterizuje osoby nebo postavy, vysvětluje příčiny událostí.Podle svého záměru doplňuje další okolnosti či podrobnosti. Komponenta: výběr textů podle účelu čteníRozpoznává, zda je text vhodný k jeho účelu čtení a jak s ním naloží.Volí si texty pro potěšení i pro porozumění něčemu ze svého života a světa kolem sebe. Komponenta: psaní podle potřeb poznávání a učeníPři psaní si zdůvodňuje, proč jemu i adresátům stojí zvolený text za pozornost a úsilí.Podává o svém záměru psaní různé informace nebo vysvětlení pro sebe či pro druhé.Komponenta: rozšiřování čtenářského a pisatelského teritoriaHledá nové zdroje inspirace pro svou četbu (knihovny, rady zkušenějších, filmová zpracování aj.).Zkouší zajímavost nebo přínosnost různých žánrů četby.Vybírá si i knihy s menším počtem ilustrací.Při psaní se pouští do témat, záměrů nebo forem, které dosud nevyzkoušel.Při psaní se inspiruje svou četbou.Komponenta: čtenářská a pisatelská odezvaV reakcích na četbu se opírá o text.Vyjadřuje (v záznamech, hovorech, zprávách pro druhé, ve svých doporučeních aj.) své prožitky i poznatky z četby a dělá si závěry o myšlenkách, informacích i o vyjadřovacích prostředcích.Dává se unést beletrií nebo závažností oborových textů.Vyjadřuje svůj názor na své psaní a přijímá odezvu druhých na své psaní.Doptává se, jak na druhé text zapůsobil (např. jak porozuměli myšlenkám, které v psaní vyjádřil, nebo jak ocenili způsob, jakým text napsal).Komponenta: důvěra ve čtení a psaníČte pravidelně celé knihy a texty.Užívá si příběhy a využívá informace z četby.Vstupuje do hovorů o knihách a textech.Při psaní vkládá do svých textů osobní pohled, vybírá si témata a informace, které považuje za důležité.Vědomě vylepšuje svůj text a s vytrvalostí hledá nejlepší formu vyjádření.</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>Sám si vybírá knihy, které mu přinášejí prožitek; ukáže pasáže v textu, které ho zaujaly a zdůvodní proč.Vybírá si, o čem chce psát a jak.Zdůvodní, za jakým účelem bude číst text nebo knihu: např. získat informace, pobavit se, najít podobný text nebo knihu jako minule aj.Píše o tom, co ho zaujalo v tématu a problematice; vybírá si, co chce čtenářům nebo sobě přinést svým psaním.Vybírá si a čte informační i umělecké texty.Píše o tom, co sám zažil nebo zná.Vyjadřuje pocity, prožitky, osobní dojmy a názory a opírá je o to, co ho v četbě zaujalo.Při sdílení a prezentaci textů přijímá odezvu od svých spolužáků a sám ji poskytuje.Oceňuje prožitky a přínosy z četby, zapojuje se do hovorů o četbě.Dokončuje své texty, zapojuje se do hovorů o psaní.</t>
+          <t>Při výběru knihy využívá informace z obalu knihy, prolistování i zběžné začtení.Při psaní vyjadřuje vlastní zkušenosti, prožitky, pocity.Charakterizuje osoby nebo postavy, vysvětluje příčiny událostí, podle svého záměru doplňuje další okolnosti či podrobnosti.Vysvětlí, čím text, který čte, naplňuje jeho účel čtení.Uvádí důvody, proč píše svůj text.Ve svých záznamech nebo hovorech o četbě reflektuje, do jakých nových druhů četby se pouští.Pouští se do témat, záměrů nebo forem, které dosud nevyzkoušel.V reakcích na četbu se opírá o text.Ke svému textu vyjadřuje svůj názor a naslouchá odezvě od druhých.Čte pravidelně celé knihy a texty, užívá si příběhů i využívá informací z četby.Ve svém textu dává najevo osobní pohled, vybírá témata a informace, které považuje za důležité; vědomě vylepšuje svůj text.</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Píše slova pro zprostředkování jednoduchého sdělení.</t>
+          <t>Čte a píše jednoduché texty různého druhu.</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>Vztah ke čtení a čtenářství, psaní a pisatelství</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení: Žák čte a píše pro radost i poučení. Postupně čte a píše další typy textů. Oceňuje čtení a psaní jako činnosti, které pomáhají poznávat, přemýšlet, komunikovat i ovlivňovat svět kolem.</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>1. stupeň, 3. ročník</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>ZGC-VZT-000-ZV5-001</t>
+          <t>ZGC-VZT-000-ZV3-001</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t>Čte a píše množství textů různého typu.</t>
+          <t>Čte a píše pro prožitek i poučení.</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: výběr textů pro prožitek z četbyPři výběru knihy využívá informace z obalu knihy, prolistování i zběžné začtení se.Prokazuje trpělivost v tom, zda text jeho očekávání naplní, nebo zda bude hledat jinou četbu.Podle uspokojení z četby si hledá podobné nebo něčím navazující texty.Komponenta: psaní pro prožitek a sebevyjádřeníPři psaní vyjadřuje vlastní zkušenosti, prožitky, pocity.Charakterizuje osoby nebo postavy, vysvětluje příčiny událostí.Podle svého záměru doplňuje další okolnosti či podrobnosti. Komponenta: výběr textů podle účelu čteníRozpoznává, zda je text vhodný k jeho účelu čtení a jak s ním naloží.Volí si texty pro potěšení i pro porozumění něčemu ze svého života a světa kolem sebe. Komponenta: psaní podle potřeb poznávání a učeníPři psaní si zdůvodňuje, proč jemu i adresátům stojí zvolený text za pozornost a úsilí.Podává o svém záměru psaní různé informace nebo vysvětlení pro sebe či pro druhé.Komponenta: rozšiřování čtenářského a pisatelského teritoriaHledá nové zdroje inspirace pro svou četbu (knihovny, rady zkušenějších, filmová zpracování aj.).Zkouší zajímavost nebo přínosnost různých žánrů četby.Vybírá si i knihy s menším počtem ilustrací.Při psaní se pouští do témat, záměrů nebo forem, které dosud nevyzkoušel.Při psaní se inspiruje svou četbou.Komponenta: čtenářská a pisatelská odezvaV reakcích na četbu se opírá o text.Vyjadřuje (v záznamech, hovorech, zprávách pro druhé, ve svých doporučeních aj.) své prožitky i poznatky z četby a dělá si závěry o myšlenkách, informacích i o vyjadřovacích prostředcích.Dává se unést beletrií nebo závažností oborových textů.Vyjadřuje svůj názor na své psaní a přijímá odezvu druhých na své psaní.Doptává se, jak na druhé text zapůsobil (např. jak porozuměli myšlenkám, které v psaní vyjádřil, nebo jak ocenili způsob, jakým text napsal).Komponenta: důvěra ve čtení a psaníČte pravidelně celé knihy a texty.Užívá si příběhy a využívá informace z četby.Vstupuje do hovorů o knihách a textech.Při psaní vkládá do svých textů osobní pohled, vybírá si témata a informace, které považuje za důležité.Vědomě vylepšuje svůj text a s vytrvalostí hledá nejlepší formu vyjádření.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tomu tak dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Výběr textů pro prožitek z četby. Psaní pro prožitek a sebevyjádřeníSamostatně si vybírá knihy i jednotlivé texty, které mu přinášejí čtenářský prožitek (zážitek nebo poučení). Ukáže pasáže v textu, které ho zvláště potěšily nebo zaujaly.Vybírá si, o čem chce psát a jak.Výběr textů podle účelu čtení. Psaní podle potřeb poznávání a učeníUjasňuje si, k jakému účelu má jeho četba v danou chvíli vést (např. získat informace, pobavit se, najít podobný text nebo knihu jako minule aj.).Píše o tom, co ho zaujalo v tématu a problematice a uvažuje, proč o tom psát.Rozšiřování čtenářského a pisatelského teritoriaČte své oblíbené typy textů uměleckých i věcně informativních.Při psaní dává přednost tomu, co sám zažil, v čem má zkušenost nebo co ho zaujalo v učení.Čtenářská a pisatelská odezvaVyjadřuje pocity, prožitky, osobní dojmy a názory a opírá je o to, co ho v četbě zaujalo.Při sdílení a prezentaci svých textů přijímá odezvu od svých spolužáků a sám ji poskytuje.Důvěra ve čtení a psaníOceňuje prožitky a přínosy z četby. Dočítá celé texty a knihy, aby získal informace nebo prožitky.Zapojuje se do hovorů o zajímavých částech textu, o svých poznatcích nebo a o svém prožitku z četby.Rád píše o tom, co ho zajímá, nedává se odradit technikou psaní. O svém psaní a textu podle svého uvážení hovoří s druhými.</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Při výběru knihy využívá informace z obalu knihy, prolistování i zběžné začtení.Při psaní vyjadřuje vlastní zkušenosti, prožitky, pocity.Charakterizuje osoby nebo postavy, vysvětluje příčiny událostí, podle svého záměru doplňuje další okolnosti či podrobnosti.Vysvětlí, čím text, který čte, naplňuje jeho účel čtení.Uvádí důvody, proč píše svůj text.Ve svých záznamech nebo hovorech o četbě reflektuje, do jakých nových druhů četby se pouští.Pouští se do témat, záměrů nebo forem, které dosud nevyzkoušel.V reakcích na četbu se opírá o text.Ke svému textu vyjadřuje svůj názor a naslouchá odezvě od druhých.Čte pravidelně celé knihy a texty, užívá si příběhů i využívá informací z četby.Ve svém textu dává najevo osobní pohled, vybírá témata a informace, které považuje za důležité; vědomě vylepšuje svůj text.</t>
+          <t>Sám si vybírá knihy, které mu přinášejí prožitek; ukáže pasáže v textu, které ho zaujaly a zdůvodní proč.Vybírá si, o čem chce psát a jak.Zdůvodní, za jakým účelem bude číst text nebo knihu: např. získat informace, pobavit se, najít podobný text nebo knihu jako minule aj.Píše o tom, co ho zaujalo v tématu a problematice; vybírá si, co chce čtenářům nebo sobě přinést svým psaním.Vybírá si a čte informační i umělecké texty.Píše o tom, co sám zažil nebo zná.Vyjadřuje pocity, prožitky, osobní dojmy a názory a opírá je o to, co ho v četbě zaujalo.Při sdílení a prezentaci textů přijímá odezvu od svých spolužáků a sám ji poskytuje.Oceňuje prožitky a přínosy z četby, zapojuje se do hovorů o četbě.Dokončuje své texty, zapojuje se do hovorů o psaní.</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
-          <t>Čte a píše jednoduché texty různého druhu.</t>
+          <t>Píše slova pro zprostředkování jednoduchého sdělení.</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
@@ -30552,168 +30786,168 @@
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
           <t>Kritické čtení a psaní</t>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení: Žák rozpoznává záměry cizího textu nebo sám volí a naplňuje záměry textu svého. Při čtení poznává, do jaké role se autor staví, a odhaluje jeho stanovisko. Při psaní vyjadřuje jak své stanovisko, tak roli, do které se vůči čtenářům staví. Posuzuje, jak a čím mohou obsah i forma textu působit na čtenáře. Rozpoznává, jaký vliv mají sociální, dobové nebo osobní okolnosti autora i čtenáře na účinek a na porozumění textu. Ověřuje a vyhodnocuje relevanci, aktuálnost a věrohodnost svých informací i zdrojů.</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 3. ročník</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>ZGC-KCP-000-ZV9-001</t>
+          <t>ZGC-KCP-000-ZV3-001</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>Při čtení i psaní posuzuje autorské záměry, účinky a prostředky textu i kontext autora nebo čtenáře.</t>
+          <t>Při čtení i psaní zvažuje možné adresáty.</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: autor, text a adresátVysvětluje, jakou si autor volí roli, do jaké pozice a do jakého vzájemného vztahu umísťuje sebe i čtenáře a jaké prostředky používá k tomu, aby dosáhl svého záměru.Vysvětluje, proč by různí adresáti i skupiny adresátů mohli na text reagovat různě.Při psaní vytváří vztah mezi sebou a adresáty (např. píše pro laiky jako zasvěcený znalec, píše jako kamarád kamarádům).Využívá svou zkušenost (pisatelskou, čtenářskou nebo životní) k tomu, aby odhadl, jak by na jeho text mohli reagovat různí adresáti.Komponenta: stanovisko autoraVyjasní a pojmenuje i skrytější autorovo stanovisko.Rozpozná v autorově stanovisku možné stereotypy.Zdůvodňuje, zda a proč autorovo stanovisko přijímá, nebo odmítá, navrhuje a formuluje jiný, vyváženější pohled na věc.Při psaní volí autorské stanovisko podle svého záměru.Zodpovědně posuzuje, jakou „moc“ mu jeho názor či stanovisko dává nad čtenáři i tématem, k čemu ji použije, a vysvětluje, jakou odezvu může vyvolat jeho stanovisko u adresáta.Rozhoduje se, kdy je vhodné psát nezaujatě.Snaží se překonat vlastní stereotypy.Komponenta: účinek formy a uspořádání textuPosuzuje, jak uspořádání textu (např. druh, žánr, kompozice, použitý slovník, grafické prvky) i jeho jednotlivé části (např. odstavec, sloka, název, ilustrace) přispívají k pochopení jeho významu a jak ovlivňují čtenářovy emoce nebo názory.U schématu nebo jiného vizuálního prostředku vyhodnocuje, jak může ovlivňovat u adresátů porozumění, jak může cíleně působit na jejich emoce nebo názory, jak zdůrazňuje nebo potlačuje některé informace atp.Při psaní volí formu, uspořádává text a vybírá prostředky tak, aby dosáhl svého záměru vzhledem k adresátovi a kontextu.Vybírá, umísťuje, případně pojmenuje obrázky a vizuální prvky tak, aby přispívaly k porozumění významu textu a působily na čtenáře podle jeho záměru.Komponenta: kontext Uvažuje o tom, jak dobové, geografické, kulturní nebo jiné souvislosti a okolnosti ovlivňují autora při psaní textu a jak ovlivňují i čtenáře, když interpretuje význam.Pátrá, zda jsou v textu určité společenské skupiny podá(vá)ny se (skrytými) stereotypy, které slouží zájmům jiných skupin.Při psaní odhaluje nebo vyvrací navyklé stereotypy (např. ve vztahu mezi muži a ženami, v sociálním postavení, v chodu společnosti nebo v chápání klimatu).Pečuje o to, aby byl jeho způsob podání věrohodný a přesvědčivý v daném kontextu (pro zvolené publikum i pro další vnější okolnosti).Komponenta: zdrojePři čtení knih a textů vyhledává a využívá podle svého účelu čtení informace o zdroji, aby porozuměl i kontextu.Ověřuje a vyhodnocuje relevanci, aktuálnost a důvěryhodnost zdrojů, je ostražitý, když nejsou uvedené informace o zdroji nebo když chybí podstatný údaj (např. namísto autora článku je uvedená „redakce“).Při psaní textů, v nichž chce ostatní odborně poučit, vyhledává a ověřuje zdroje informací podle záměru svého psaní, zvažuje jejich relevanci, aktuálnost a důvěryhodnost.Cituje zdroje podle normy (např. s využitím generátoru citací).</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tomu tak dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Autor, text a adresátOdhaduje v přiměřeně náročném textu zřetelný autorský záměr a určuje, co konkrétně v textu působí na něj jako na čtenáře. Navrhuje, koho by mohl text zaujmout a proč.Při psaní se rozhoduje s dopomocí (např. v konzultaci se spolužákem, využitím nabídkového seznamu, inspirací z četby atp.), s jakým záměrem a pro koho bude psát.Stanovisko autoraS dopomocí zjišťuje, čí a jaké stanovisko je v textu přítomno (k čemu nebo ke komu se autor nebo některá osoba či postava přiklání)Při psaní vyjadřuje, co si o někom nebo o něčem myslí (např. nelíbilo se mi, že..., překvapilo mě..., byla jsem ráda, že..., bál jsem se, že... atp.).Účinek formy a uspořádání textuRozliší beletrii (pohádku, básničku, povídku) od textu věcně informativního. Posuzuje, jak na něj působí některé stavební prvky (např. nadpis, který autor vymyslil, to, že autor píše ve verších, jakým obrázkem je text doplněný a k čemu obrázek slouží atp.)Rozhoduje se, jak při svém psaní použije některé stavební prvky (např. nadpis, obrázek, rýmy atp.), aby to zapůsobilo na čtenáře.KontextPři čtení zjišťuje shody a rozdíly mezi tím, co čte, a tím, jak se sám dívá na věc (podle svých poznatků nebo zkušeností).Díky psaní si ujasňuje, proč se něco stalo nebo proč někdo tak jednal (např. v jakých podmínkách se to dělo, jaký byl záměr jednání, z jakých pocitů někdo vycházel atp.)ZdrojePři čtení knih a textů si všímá, kdo je napsal a nakreslil (hledá na začátku nebo na konci textu či na obalu knihy či titulní straně). S dopomocí zjišťuje i další, dostupné informace o zdroji (např. kdy byl text napsán).Při psaní si ujasňuje a dává najevo, co má "z vlastní hlavy", a kdy se inspiroval odjinud. Při psaní textů, v nichž chce ostatní odborně poučit, s dopomocí jednoduše uvede, odkud informace čerpal.</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>Vysvětluje, proč by různí adresáti i skupiny adresátů mohli reagovat na text různě, odlišně.Promýšlí a vytváří vztah mezi sebou jako autorem a čtenářem, kterého má na mysli, když píše svůj text, a odhaduje, jak by na jeho text mohli reagovat různí adresáti.Vyjasní a pojmenuje i nepřímo vyjádřené autorovo stanovisko a zdůvodňuje, proč s ním souhlasí nebo nesouhlasí, případně navrhuje jiný, vyváženější pohled na věc.Při psaní volí autorské stanovisko podle svého záměru, vysvětluje, jakou odezvu může vyvolat jeho stanovisko u adresáta.Rozhoduje se, kdy je vhodné psát nezaujatě.Posuzuje, kterými prostředky autor napomáhá porozumění významu a čím ovlivňuje čtenářovy emoce nebo názory.Vybírá mezi možnými formami textu, uspořádává text a vybírá prostředky tak, aby dosáhl svého záměru vzhledem k adresátovi a kontextu.Vybírá, umísťuje a případně pojmenuje schémata, obrázky a jiné vizuální prvky tak, aby přispívaly k porozumění. významu textu a působily na čtenáře podle jeho záměru.Posuzuje, kterými vnějšími okolnostmi a jak může autor být ovlivněn při psaní nebo čtenář při čtení.Při psaní rozpoznává své i cizí stereotypy a hledá objektivnější přístupy, podává informované argumenty namísto dojmů a domněnek svých i obecně šířených.Při čtení knih a textů vyhledává a využívá informace o zdroji, aby porozuměl kontextu, identifikuje, kde informace nejsou uvedeny, nebo kde chybí podstatný údaj a posuzuje, jak může práce se zdroji ovlivnit porozumění textu.Vyhledává si a ověřuje zdroje informací podle záměru svého psaní, zvažuje jejich relevanci, aktuálnost a důvěryhodnost.Cituje zdroje podle normy (např. s využitím generátoru citací).</t>
+          <t>Odhaduje autorský záměr textu, navrhuje, koho by text mohl zaujmout a proč.Při psaní se rozhoduje, s jakým záměrem a pro koho bude psát.Odhaduje, jaké stanovisko podle textu zaujímá autor nebo některá osoba či postava.Při psaní vyjadřuje podle potřeby, co si o někom nebo o něčem myslí.Posuzuje, jak autor používá některé stavební prvky, aby to působilo na něj (na konkrétního žáka) jako čtenáře.Rozhoduje se, jak ve vlastních textech použít některé stavební prvky, aby zapůsobil na čtenáře.Při čtení zjišťuje shody a rozdíly mezi tím, co čte, a tím, jak se sám dívá na věc - podle svých poznatků nebo zkušeností.Díky psaní si ujasňuje, proč se něco stalo nebo proč někdo tak jednal.Při čtení knih a textů si všímá, kdo je napsal a nakreslil.Při psaní odlišuje, co se dozvěděl jinde, od toho, co si sám vymyslil.</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
-          <t>Identifikuje své prožitky ze čtení i psaní, pojmenuje hlavní myšlenku textu.</t>
+          <t>Určí možného adresáta textu.</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>Kritické čtení a psaní</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení: Žák rozpoznává záměry cizího textu nebo sám volí a naplňuje záměry textu svého. Při čtení poznává, do jaké role se autor staví, a odhaluje jeho stanovisko. Při psaní vyjadřuje jak své stanovisko, tak roli, do které se vůči čtenářům staví. Posuzuje, jak a čím mohou obsah i forma textu působit na čtenáře. Rozpoznává, jaký vliv mají sociální, dobové nebo osobní okolnosti autora i čtenáře na účinek a na porozumění textu. Ověřuje a vyhodnocuje relevanci, aktuálnost a věrohodnost svých informací i zdrojů.</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 3. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>ZGC-KCP-000-ZV3-001</t>
+          <t>ZGC-KCP-000-ZV9-001</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
-          <t>Při čtení i psaní zvažuje možné adresáty.</t>
+          <t>Při čtení i psaní posuzuje autorské záměry, účinky a prostředky textu i kontext autora nebo čtenáře.</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tomu tak dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Autor, text a adresátOdhaduje v přiměřeně náročném textu zřetelný autorský záměr a určuje, co konkrétně v textu působí na něj jako na čtenáře. Navrhuje, koho by mohl text zaujmout a proč.Při psaní se rozhoduje s dopomocí (např. v konzultaci se spolužákem, využitím nabídkového seznamu, inspirací z četby atp.), s jakým záměrem a pro koho bude psát.Stanovisko autoraS dopomocí zjišťuje, čí a jaké stanovisko je v textu přítomno (k čemu nebo ke komu se autor nebo některá osoba či postava přiklání)Při psaní vyjadřuje, co si o někom nebo o něčem myslí (např. nelíbilo se mi, že..., překvapilo mě..., byla jsem ráda, že..., bál jsem se, že... atp.).Účinek formy a uspořádání textuRozliší beletrii (pohádku, básničku, povídku) od textu věcně informativního. Posuzuje, jak na něj působí některé stavební prvky (např. nadpis, který autor vymyslil, to, že autor píše ve verších, jakým obrázkem je text doplněný a k čemu obrázek slouží atp.)Rozhoduje se, jak při svém psaní použije některé stavební prvky (např. nadpis, obrázek, rýmy atp.), aby to zapůsobilo na čtenáře.KontextPři čtení zjišťuje shody a rozdíly mezi tím, co čte, a tím, jak se sám dívá na věc (podle svých poznatků nebo zkušeností).Díky psaní si ujasňuje, proč se něco stalo nebo proč někdo tak jednal (např. v jakých podmínkách se to dělo, jaký byl záměr jednání, z jakých pocitů někdo vycházel atp.)ZdrojePři čtení knih a textů si všímá, kdo je napsal a nakreslil (hledá na začátku nebo na konci textu či na obalu knihy či titulní straně). S dopomocí zjišťuje i další, dostupné informace o zdroji (např. kdy byl text napsán).Při psaní si ujasňuje a dává najevo, co má "z vlastní hlavy", a kdy se inspiroval odjinud. Při psaní textů, v nichž chce ostatní odborně poučit, s dopomocí jednoduše uvede, odkud informace čerpal.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: autor, text a adresátVysvětluje, jakou si autor volí roli, do jaké pozice a do jakého vzájemného vztahu umísťuje sebe i čtenáře a jaké prostředky používá k tomu, aby dosáhl svého záměru.Vysvětluje, proč by různí adresáti i skupiny adresátů mohli na text reagovat různě.Při psaní vytváří vztah mezi sebou a adresáty (např. píše pro laiky jako zasvěcený znalec, píše jako kamarád kamarádům).Využívá svou zkušenost (pisatelskou, čtenářskou nebo životní) k tomu, aby odhadl, jak by na jeho text mohli reagovat různí adresáti.Komponenta: stanovisko autoraVyjasní a pojmenuje i skrytější autorovo stanovisko.Rozpozná v autorově stanovisku možné stereotypy.Zdůvodňuje, zda a proč autorovo stanovisko přijímá, nebo odmítá, navrhuje a formuluje jiný, vyváženější pohled na věc.Při psaní volí autorské stanovisko podle svého záměru.Zodpovědně posuzuje, jakou „moc“ mu jeho názor či stanovisko dává nad čtenáři i tématem, k čemu ji použije, a vysvětluje, jakou odezvu může vyvolat jeho stanovisko u adresáta.Rozhoduje se, kdy je vhodné psát nezaujatě.Snaží se překonat vlastní stereotypy.Komponenta: účinek formy a uspořádání textuPosuzuje, jak uspořádání textu (např. druh, žánr, kompozice, použitý slovník, grafické prvky) i jeho jednotlivé části (např. odstavec, sloka, název, ilustrace) přispívají k pochopení jeho významu a jak ovlivňují čtenářovy emoce nebo názory.U schématu nebo jiného vizuálního prostředku vyhodnocuje, jak může ovlivňovat u adresátů porozumění, jak může cíleně působit na jejich emoce nebo názory, jak zdůrazňuje nebo potlačuje některé informace atp.Při psaní volí formu, uspořádává text a vybírá prostředky tak, aby dosáhl svého záměru vzhledem k adresátovi a kontextu.Vybírá, umísťuje, případně pojmenuje obrázky a vizuální prvky tak, aby přispívaly k porozumění významu textu a působily na čtenáře podle jeho záměru.Komponenta: kontext Uvažuje o tom, jak dobové, geografické, kulturní nebo jiné souvislosti a okolnosti ovlivňují autora při psaní textu a jak ovlivňují i čtenáře, když interpretuje význam.Pátrá, zda jsou v textu určité společenské skupiny podá(vá)ny se (skrytými) stereotypy, které slouží zájmům jiných skupin.Při psaní odhaluje nebo vyvrací navyklé stereotypy (např. ve vztahu mezi muži a ženami, v sociálním postavení, v chodu společnosti nebo v chápání klimatu).Pečuje o to, aby byl jeho způsob podání věrohodný a přesvědčivý v daném kontextu (pro zvolené publikum i pro další vnější okolnosti).Komponenta: zdrojePři čtení knih a textů vyhledává a využívá podle svého účelu čtení informace o zdroji, aby porozuměl i kontextu.Ověřuje a vyhodnocuje relevanci, aktuálnost a důvěryhodnost zdrojů, je ostražitý, když nejsou uvedené informace o zdroji nebo když chybí podstatný údaj (např. namísto autora článku je uvedená „redakce“).Při psaní textů, v nichž chce ostatní odborně poučit, vyhledává a ověřuje zdroje informací podle záměru svého psaní, zvažuje jejich relevanci, aktuálnost a důvěryhodnost.Cituje zdroje podle normy (např. s využitím generátoru citací).</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>Odhaduje autorský záměr textu, navrhuje, koho by text mohl zaujmout a proč.Při psaní se rozhoduje, s jakým záměrem a pro koho bude psát.Odhaduje, jaké stanovisko podle textu zaujímá autor nebo některá osoba či postava.Při psaní vyjadřuje podle potřeby, co si o někom nebo o něčem myslí.Posuzuje, jak autor používá některé stavební prvky, aby to působilo na něj (na konkrétního žáka) jako čtenáře.Rozhoduje se, jak ve vlastních textech použít některé stavební prvky, aby zapůsobil na čtenáře.Při čtení zjišťuje shody a rozdíly mezi tím, co čte, a tím, jak se sám dívá na věc - podle svých poznatků nebo zkušeností.Díky psaní si ujasňuje, proč se něco stalo nebo proč někdo tak jednal.Při čtení knih a textů si všímá, kdo je napsal a nakreslil.Při psaní odlišuje, co se dozvěděl jinde, od toho, co si sám vymyslil.</t>
+          <t>Vysvětluje, proč by různí adresáti i skupiny adresátů mohli reagovat na text různě, odlišně.Promýšlí a vytváří vztah mezi sebou jako autorem a čtenářem, kterého má na mysli, když píše svůj text, a odhaduje, jak by na jeho text mohli reagovat různí adresáti.Vyjasní a pojmenuje i nepřímo vyjádřené autorovo stanovisko a zdůvodňuje, proč s ním souhlasí nebo nesouhlasí, případně navrhuje jiný, vyváženější pohled na věc.Při psaní volí autorské stanovisko podle svého záměru, vysvětluje, jakou odezvu může vyvolat jeho stanovisko u adresáta.Rozhoduje se, kdy je vhodné psát nezaujatě.Posuzuje, kterými prostředky autor napomáhá porozumění významu a čím ovlivňuje čtenářovy emoce nebo názory.Vybírá mezi možnými formami textu, uspořádává text a vybírá prostředky tak, aby dosáhl svého záměru vzhledem k adresátovi a kontextu.Vybírá, umísťuje a případně pojmenuje schémata, obrázky a jiné vizuální prvky tak, aby přispívaly k porozumění. významu textu a působily na čtenáře podle jeho záměru.Posuzuje, kterými vnějšími okolnostmi a jak může autor být ovlivněn při psaní nebo čtenář při čtení.Při psaní rozpoznává své i cizí stereotypy a hledá objektivnější přístupy, podává informované argumenty namísto dojmů a domněnek svých i obecně šířených.Při čtení knih a textů vyhledává a využívá informace o zdroji, aby porozuměl kontextu, identifikuje, kde informace nejsou uvedeny, nebo kde chybí podstatný údaj a posuzuje, jak může práce se zdroji ovlivnit porozumění textu.Vyhledává si a ověřuje zdroje informací podle záměru svého psaní, zvažuje jejich relevanci, aktuálnost a důvěryhodnost.Cituje zdroje podle normy (např. s využitím generátoru citací).</t>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
-          <t>Určí možného adresáta textu.</t>
+          <t>Identifikuje své prožitky ze čtení i psaní, pojmenuje hlavní myšlenku textu.</t>
         </is>
       </c>
       <c r="O9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
@@ -30798,250 +31032,250 @@
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>Porozumění vlastnímu čtení, čtenářství, psaní a pisatelství</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení: Žák vědomě sleduje, reflektuje a vyhodnocuje, jak účinně postupoval při čtení a psaní. Plánuje podle toho své další zlepšování. Stanovuje si čtenářské a pisatelské cíle i cesty k nim. Rozhoduje se podle svých potřeb, kdy a jak bude sdílet s druhými své zkušenosti, zážitky a poznatky z reflexe.</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 3. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>ZGC-PVL-000-ZV3-001</t>
+          <t>ZGC-PVL-000-ZV9-001</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>Pro své zlepšování reflektuje své čtení a psaní.</t>
+          <t>S oporou o evidence vyhodnocuje své pokroky i postupy ve čtení a psaní pro stanovení dalších cílů i cesty k nim.</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tomu tak dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Reflexe, metakognice a sebeřízeníS dopomocí reflektuje své čtení a čtenářství i své psaní a pisatelství. Na základě reflexe se rozhoduje, jak a v čem zlepšovat své čtení a psaní (např. co bude dál číst, jak bude konkrétně vylepšovat svůj text, atp.)Sdílí své zkušenosti, zážitky a poznatky v komunitě čtenářů i pisatelů.Čtenářské a pisatelské strategieS dopomocí používá základní čtenářské strategie pro porozumění textu a k získání prožitku z četby: např. monitoruje své čtení, při čtení si klade otázky, předvídá, vyjasňuje si neznámá slova, vysvětluje význam některého místa, vizualizuje, propojuje s vlastní zkušeností aj.Při psaní využívá s dopomocí základní postupy pro psaní textu: např. promýšlí, o čem a komu bude psát, shromažďuje informace nebo nápady pro své psaní, apod.Během psaní podle potřeby sdílí nebo konzultuje se spolužáky.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: reflexe, metakognice a sebeřízení S oporou o evidenci (např. portfolio se záznamy o sledování vlastního čtenářství a pisatelství, koncepty i hotové verze napsaných textů) reflektuje své pokroky i způsoby, které mu pomáhají ve zlepšování.Stanovuje si další cíle ve čtení a čtenářství, psaní a pisatelství, promýšlí, jak k nim bude postupovat a jak bude vyhodnocovat jejich dosažení.Rozpoznává situace, kdy a jak využít či poskytnout konzultaci.Komponenta: čtenářské a pisatelské strategieVolí vhodné způsoby čtení textů tištěných i digitálních v souladu s účelem čtení, vyhodnocuje jejich účinnost, podle potřeby je mění (např. po pouhém prolistování dohledá pasáže, které mu mohou přinést potřebné bližší informace).Ověřuje si, zda v textu nejsou rozpory, od podrobného čtení přejde k prohlídce názvů dalších kapitol atp.Monitoruje průběžně své porozumění čtenému textu, reflektuje, které konkrétní čtenářské strategie a postupy mu činí problémy, volí strategie překonávající neporozumění.Při psaní využívá a rozšiřuje svůj repertoár pisatelských postupů a strategií a rozhoduje se, co z něj uplatní při psaní různorodých typů textů.V konzultacích a sdíleních se spolužáky během psaní i nad hotovým textem rozeznává, kdy je vhodné oceňovat kvalitu a kdy nabídnout možnosti vylepšení.</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Uvádí příklady toho, co už ve čtení a psaní dokáže.Navrhne, v čem by se chtěl zlepšovat.Při čtení využívá základní strategie k porozumění a k získání prožitku z četby.Při psaní využívá základní postupy pro psaní textu.Během psaní podle potřeby sdílí nebo konzultuje se spolužáky.</t>
+          <t>Identifikuje ve svých výkonech, které způsoby práce ve čtení i psaní se mu osvědčují.Podle potřeby sdílí své postřehy, navrhuje, v čem se chce zlepšit, formuluje své čtenářské a pisatelské cíle i pro léta po skončení školy.Způsob čtení textů tištěných i digitálních přizpůsobuje svému účelu čtení; text čte i jiným způsobem, když při čtení nebo po něm narazí na potíže s porozuměním.Vyhodnocuje si, které nové postupy a formy psaní kdy uplatnit.V konzultacích a sdíleních se spolužáky během psaní i nad hotovým textem rozeznává, kdy je vhodné oceňovat kvalitu a kdy nabídnout možnosti vylepšení.</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Přijímá zpětnou vazbu o svých čtenářských i pisatelských dovednostech, snaží se podle ní měnit své projevy.</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>Porozumění vlastnímu čtení, čtenářství, psaní a pisatelství</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení: Žák vědomě sleduje, reflektuje a vyhodnocuje, jak účinně postupoval při čtení a psaní. Plánuje podle toho své další zlepšování. Stanovuje si čtenářské a pisatelské cíle i cesty k nim. Rozhoduje se podle svých potřeb, kdy a jak bude sdílet s druhými své zkušenosti, zážitky a poznatky z reflexe.</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>1. stupeň, 3. ročník</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>ZGC-PVL-000-ZV5-001</t>
+          <t>ZGC-PVL-000-ZV3-001</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t>S oporou o evidence rozpoznává své silné stránky pro stanovení čtenářských a pisatelských cílů.</t>
+          <t>Pro své zlepšování reflektuje své čtení a psaní.</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: reflexe, metakognice a sebeřízení S oporou o evidenci (např. portfolio, záznamy o sledování vlastního čtení a psaní) reflektuje své čtenářství a pisatelství.Rozpoznává své silné stránky ve čtení a psaní i příležitosti ke zlepšování.Stanovuje si čtenářské a pisatelské cíle.Své zkušenosti, zážitky a poznatky ze sdílení využívá pro svůj rozvoj i jako pomoc ostatním.Komponenta: čtenářské a pisatelské strategiePři čtení pozná, čemu a kde v textu nerozumí.S dopomocí se rozhoduje, jakým způsobem bude číst různé typy textů včetně digitálních (zběžně s cílem vyhledat určitou informaci, důkladně a opakovaně pro hlubší porozumění, s podtrháváním pro další zpracování atp.).Při psaní obohacuje své postupy podle záměru i formy psaní (např. shromažďuje argumenty, promýšlí vztahy mezi postavami, prostředím a dějem).V konzultacích se spolužáky během psaní i při sdílení hotového textu postupuje ohleduplně, naslouchá, vyjadřuje uznání, klade nápomocné otázky.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tomu tak dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Reflexe, metakognice a sebeřízeníS dopomocí reflektuje své čtení a čtenářství i své psaní a pisatelství. Na základě reflexe se rozhoduje, jak a v čem zlepšovat své čtení a psaní (např. co bude dál číst, jak bude konkrétně vylepšovat svůj text, atp.)Sdílí své zkušenosti, zážitky a poznatky v komunitě čtenářů i pisatelů.Čtenářské a pisatelské strategieS dopomocí používá základní čtenářské strategie pro porozumění textu a k získání prožitku z četby: např. monitoruje své čtení, při čtení si klade otázky, předvídá, vyjasňuje si neznámá slova, vysvětluje význam některého místa, vizualizuje, propojuje s vlastní zkušeností aj.Při psaní využívá s dopomocí základní postupy pro psaní textu: např. promýšlí, o čem a komu bude psát, shromažďuje informace nebo nápady pro své psaní, apod.Během psaní podle potřeby sdílí nebo konzultuje se spolužáky.</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Nad svými záznamy a doklady o čtení a psaní rozpoznává své silné stránky i příležitosti ke zlepšování.Stanovuje si čtenářské a pisatelské cíle.Rozhoduje se, jakým způsobem bude číst různé typy textů včetně digitálních.Při psaní obohacuje své postupy podle záměru i formy psaní.Konzultuje a sdílí s druhými ohleduplně a nápomocně.</t>
+          <t>Uvádí příklady toho, co už ve čtení a psaní dokáže.Navrhne, v čem by se chtěl zlepšovat.Při čtení využívá základní strategie k porozumění a k získání prožitku z četby.Při psaní využívá základní postupy pro psaní textu.Během psaní podle potřeby sdílí nebo konzultuje se spolužáky.</t>
         </is>
       </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná s pomocí návodných otázek své silné stránky pro zvládnutí čtenářských a pisatelských dovedností.</t>
+          <t/>
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>Čtenářská a pisatelská</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost čtenářská a pisatelská je předpokladem k rozvoji všech klíčových kompetencí nejen napříč vzdělávacími obory ve škole, ale i v osobním životě mimo školu. Umožňuje žákům tvořit si, na své úrovni rozvoje, poznatky ze široké škály zdrojů a rozvíjet kritické myšlení i emoční prožívání. Čtenářství a pisatelství je klíčovým faktorem úspěchu ve vzdělávání. Je základem schopnosti porozumět textům, získat a sdílet prožitky, efektivně zpracovávat informace, prezentovat poznatky, ale také vyjadřovat a uspořádávat své myšlenky nebo reflektovat pocity. Tak je čtenářská a pisatelská gramotnost základním předpokladem procesu učení i rozvoje žákovy osobnosti. K základům gramotnosti patří také zvědomování a rozvíjení vlastních čtenářských a pisatelských postupů, dovedností a strategií. Podmínkou úspěchu je vždy i rozvoj žákova vztahu k činnosti čtení a psaní a jeho rostoucí vědomí o tom, že je čtenářem a pisatelem, a to jak ve škole, tak po celý život.</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>Porozumění vlastnímu čtení, čtenářství, psaní a pisatelství</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení: Žák vědomě sleduje, reflektuje a vyhodnocuje, jak účinně postupoval při čtení a psaní. Plánuje podle toho své další zlepšování. Stanovuje si čtenářské a pisatelské cíle i cesty k nim. Rozhoduje se podle svých potřeb, kdy a jak bude sdílet s druhými své zkušenosti, zážitky a poznatky z reflexe.</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>ZGC-PVL-000-ZV9-001</t>
+          <t>ZGC-PVL-000-ZV5-001</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
-          <t>S oporou o evidence vyhodnocuje své pokroky i postupy ve čtení a psaní pro stanovení dalších cílů i cesty k nim.</t>
+          <t>S oporou o evidence rozpoznává své silné stránky pro stanovení čtenářských a pisatelských cílů.</t>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: reflexe, metakognice a sebeřízení S oporou o evidenci (např. portfolio se záznamy o sledování vlastního čtenářství a pisatelství, koncepty i hotové verze napsaných textů) reflektuje své pokroky i způsoby, které mu pomáhají ve zlepšování.Stanovuje si další cíle ve čtení a čtenářství, psaní a pisatelství, promýšlí, jak k nim bude postupovat a jak bude vyhodnocovat jejich dosažení.Rozpoznává situace, kdy a jak využít či poskytnout konzultaci.Komponenta: čtenářské a pisatelské strategieVolí vhodné způsoby čtení textů tištěných i digitálních v souladu s účelem čtení, vyhodnocuje jejich účinnost, podle potřeby je mění (např. po pouhém prolistování dohledá pasáže, které mu mohou přinést potřebné bližší informace).Ověřuje si, zda v textu nejsou rozpory, od podrobného čtení přejde k prohlídce názvů dalších kapitol atp.Monitoruje průběžně své porozumění čtenému textu, reflektuje, které konkrétní čtenářské strategie a postupy mu činí problémy, volí strategie překonávající neporozumění.Při psaní využívá a rozšiřuje svůj repertoár pisatelských postupů a strategií a rozhoduje se, co z něj uplatní při psaní různorodých typů textů.V konzultacích a sdíleních se spolužáky během psaní i nad hotovým textem rozeznává, kdy je vhodné oceňovat kvalitu a kdy nabídnout možnosti vylepšení.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE:Vzdělávácí strategie učitele vyplývají z charakteristik složek, z komponentů  a z popisu projevů žáka.Učitel každého vyučovacího předmětu bude postupovat tak, aby bylo každému žákovi podle jeho vzdělávacích potřeb umožněno, aby uvedené činnosti ve výuce realizoval(a) soustavně a systematicky. Aby se tak ve škole dělo, vyžaduje vzájemnou koordinaci mezi učiteli dané školy. Současně je nezbytné, aby učitelé konkrétní školy ve vzájemné koordinaci uvedené činnosti žáků spolu s nimi vyhodnocovali a podle tohoto vyhodnocení promýšleli jejich další učení a rozvoj. NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: reflexe, metakognice a sebeřízení S oporou o evidenci (např. portfolio, záznamy o sledování vlastního čtení a psaní) reflektuje své čtenářství a pisatelství.Rozpoznává své silné stránky ve čtení a psaní i příležitosti ke zlepšování.Stanovuje si čtenářské a pisatelské cíle.Své zkušenosti, zážitky a poznatky ze sdílení využívá pro svůj rozvoj i jako pomoc ostatním.Komponenta: čtenářské a pisatelské strategiePři čtení pozná, čemu a kde v textu nerozumí.S dopomocí se rozhoduje, jakým způsobem bude číst různé typy textů včetně digitálních (zběžně s cílem vyhledat určitou informaci, důkladně a opakovaně pro hlubší porozumění, s podtrháváním pro další zpracování atp.).Při psaní obohacuje své postupy podle záměru i formy psaní (např. shromažďuje argumenty, promýšlí vztahy mezi postavami, prostředím a dějem).V konzultacích se spolužáky během psaní i při sdílení hotového textu postupuje ohleduplně, naslouchá, vyjadřuje uznání, klade nápomocné otázky.</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Identifikuje ve svých výkonech, které způsoby práce ve čtení i psaní se mu osvědčují.Podle potřeby sdílí své postřehy, navrhuje, v čem se chce zlepšit, formuluje své čtenářské a pisatelské cíle i pro léta po skončení školy.Způsob čtení textů tištěných i digitálních přizpůsobuje svému účelu čtení; text čte i jiným způsobem, když při čtení nebo po něm narazí na potíže s porozuměním.Vyhodnocuje si, které nové postupy a formy psaní kdy uplatnit.V konzultacích a sdíleních se spolužáky během psaní i nad hotovým textem rozeznává, kdy je vhodné oceňovat kvalitu a kdy nabídnout možnosti vylepšení.</t>
+          <t>Nad svými záznamy a doklady o čtení a psaní rozpoznává své silné stránky i příležitosti ke zlepšování.Stanovuje si čtenářské a pisatelské cíle.Rozhoduje se, jakým způsobem bude číst různé typy textů včetně digitálních.Při psaní obohacuje své postupy podle záměru i formy psaní.Konzultuje a sdílí s druhými ohleduplně a nápomocně.</t>
         </is>
       </c>
       <c r="N13" s="0" t="inlineStr">
         <is>
-          <t>Přijímá zpětnou vazbu o svých čtenářských i pisatelských dovednostech, snaží se podle ní měnit své projevy.</t>
+          <t>Rozpozná s pomocí návodných otázek své silné stránky pro zvládnutí čtenářských a pisatelských dovedností.</t>
         </is>
       </c>
       <c r="O13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>Logicko-matematická</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Základní gramotnost logicko-matematická jako předpoklad k rozvoji klíčových kompetencí napříč vzdělávacími obory umožňuje žákům aplikovat logické myšlení v nejrůznějších situacích reálného života. Vede žáky k rozpoznání matematických situací v různých mezioborových kontextech a životních situacích, k volbě a využívání jazyka matematiky při jejich popisu, řešení a vyvození závěrů. Ukazuje žákům smysluplnost učení a umožňuje jim zažít radost z úspěšně vyřešené situace. </t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
@@ -31997,163 +32231,163 @@
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
           <t>Řeší opakovaně problém (modelovou situaci) v jednom kontextu s využitím modelování, metody pokus–omyl a osvojeného matematického aparátu.Řeší opakovaně problém (modelovou situaci) v různých kontextech reálného života modelováním, rozpozná souvislosti mezi modelovými situacemi.Usiluje o vyhodnocení souvislostí svým zvoleným způsobem, směřujícím k vytvoření obecného modelu pro danou situaci.Eviduje své postupy svým zvoleným záznamem.Využívá názorné prostředky k popisu reálné situace (piktogramy, nákresy).</t>
         </is>
       </c>
       <c r="N25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="O25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:P67"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="53.900000000000006"/>
-[...14 lines deleted...]
-    <col min="16" max="16" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="84.7" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="255" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="80.85" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="25.3" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="216.70000000000002" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="255" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="62.699999999999996" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="255" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="154.0" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="16" max="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="5" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Klíčová kompetence - Název</t>
         </is>
       </c>
-      <c r="B1" s="5" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Klíčová kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="5" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka klíčové kompetence - Název</t>
         </is>
       </c>
-      <c r="D1" s="5" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka klíčové kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="5" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Podsložka klíčové kompetence - Název</t>
         </is>
       </c>
-      <c r="F1" s="5" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka klíčové kompetence - Charakteristika</t>
         </is>
       </c>
-      <c r="G1" s="5" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="H1" s="5" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="I1" s="5" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="J1" s="5" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="K1" s="5" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="L1" s="5" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="M1" s="5" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="N1" s="5" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="O1" s="5" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="P1" s="5" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence k učení</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence k učení představuje schopnosti využívat takové metody a strategie, které vedou k efektivnímu učení, k organizování a plánování vlastního učení, ke kritickému myšlení, k důležitosti ověřování dat, seznamují žáka s nástroji pro efektivní učení i s důležitostí vlastní snahy, koncentrace a vůle pro učení se nových věcí. Klíčová kompetence podporuje motivaci převzít odpovědnost za vlastní učení i za rozvoj svého potenciálu, a to v celoživotní perspektivě.</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Umění se učit</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení se zaměřuje na tvorbu efektivních strategií, na učení se s ohledem na práci s cíli a reflektování vlastního učení během procesu učení.</t>
         </is>
@@ -32312,168 +32546,168 @@
           <t>Klíčová kompetence k učení představuje schopnosti využívat takové metody a strategie, které vedou k efektivnímu učení, k organizování a plánování vlastního učení, ke kritickému myšlení, k důležitosti ověřování dat, seznamují žáka s nástroji pro efektivní učení i s důležitostí vlastní snahy, koncentrace a vůle pro učení se nových věcí. Klíčová kompetence podporuje motivaci převzít odpovědnost za vlastní učení i za rozvoj svého potenciálu, a to v celoživotní perspektivě.</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>Smysl a cíl učení, celoživotní učení</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení se zaměřuje na práci s vlastní koncentrací a motivací do učení, ale také na práci s volními procesy a zpětnou vazbou při rozvoji. </t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>KKU-SMU-000-ZV5-001</t>
+          <t>KKU-SMU-000-ZV9-001</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>Uvědomuje si význam, důležitost a smysl svého učení.</t>
+          <t>Uvědomuje si důležitost celoživotního charakteru učení.</t>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE UČITELE: propojuji výuku se zkušeností žáků a zprostředkovávám jim smysl vyučovaného obsahu (proč se konkrétní obsah či kompetenci učí) podporuji žáky k dalšímu učení tím, že oceňuji jejich silné stránky, jejich snahu, pokrok a úspěchy zprostředkovávám žákům konkrétní příklady výstupů úspěšného učení ve vztahu ke škole i celkovému rozvoji osobnosti podporuji u žáků postoje (nastavení mysli), které jim pomáhají rozvinout a udržet motivaci (např. Mé schopnosti nejsou fixní, ale mohu je rozvinout a rostou s mým úsilím; Mohu uspět a už jsem v minulosti mnohokrát uspěl; Překonávám překážky a to mě posiluje) umožním žákům vidět celkový rámec učiva a porozumět, jak jednotlivé lekce přispívají k jejich celkovému rozvoji osobnosti vytvářím dynamické a interaktivní učební aktivity, které stimulují zvědavost a aktivní účast žáků při projektové výuce umožním žákům výběr témat, která jsou pro ně zajímavá, a přizvu je k plánování  podporuji žáky v tom, aby projevovali své názory a potřeby a nebáli se při svém učení chybovat, o chybách přemýšleli a dále se z nich učili, odkrývám žákům vlastní chyby jako příležitosti k učení dlouhodobě pozoruji snahu a vůli  poskytuji zpětnou vazbu, která je konkrétní a umožňuje žákům cíleně zlepšovat jejich dovednosti poskytuji průběžnou zpětnou vazbu nejen k výsledkům, ale také k postupu a přístupu k učení pro hodnocení práce žáků a jejich pokroku v učení využívám popisná kritéria (která jsou srozumitelná a korespondují s cíli výuky) při nastavování kritérií zohledňuji nejen očekávané výstupy, ale i evidenci o dosavadním pokroku žáků  vedu žáky k sebehodnocení na základě kritérií, kterým rozumějí, a podporuji tím jejich odpovědnost za vlastní učení vedu žáky ke vzájemnému hodnocení pokroku v učení (vrstevnické hodnocení) na základě jim srozumitelných kritérií, a to za předpokladu, že se při tom daří zachovávat bezpečné prostředí poskytuji zpětnou vazbu tak, aby byla efektivně využitelná pro další učení žáků (ukazuje další krok ke zlepšení, je respektující, konkrétní, včasná a konstruktivní) preferuji pozitivní zpětnou vazbu rozlišuji mezi popisným a hodnoticím jazykem, využívám popisný jazyk jako podstatnou součást zpětné vazby a vedu k tomu žáky  využívám různé způsoby poskytování zpětné vazby žákům a jejich práci (rychlejší zpětná vazba: ústní ocenění, palec nahoru, úsměv / časově náročnější zpětná vazba: písemná zpětná vazba, slovní hodnocení apod.) inspiruji žáky tím, že se sám neustále učím, a to i od žáků a spolu s nimi NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: snaha, vůle Odhaduje možnosti a síly.Buduje si vytrvalost v učení (např. díky překonávání překážek).Reflektuje hodnoty a vztahuje je k vlastní osobnosti.Uvědomuje si, že úsilí a praxe jsou klíčem ke zlepšení dovedností.Je aktivním účastníkem učení, nejen pasivním příjemcem informací.Komponenta: motivace k učení Vyhledává příležitosti k učení.Hledá smysl ve svém vzdělávání (Proč se učím? – Nejde mu o vnější odměny, ale o celkový rozvoj).Vybírá a uzpůsobuje situace ve vztahu k motivaci (vybírá, co ho baví, zajímá – je si vědom toho, že se může učit z vlastní iniciativy).Rozumí, proč je důležité učit se nové věci, věci, které souvisejí s jeho osobními zájmy, a věci, které mu přinášejí radost.Komponenta: koncentrace Soustředí se na učení a dokáže pracovat bez rozptylování (zpočátku po krátkou dobu).Orientuje se na dokončení úkolu či jeho dílčích kroků.Upravuje podmínky učení pro zvýšení vlastní koncentrace.Komponenta: zpětná vazba, rozvoj Přijímá konstruktivní zpětnou vazbu a používá ji ke zlepšení svých dovedností a znalostí.Srovnává výsledky svého učení s předpoklady.Reflektuje ponaučení a přenáší ho do další praxe.Komponenta: vzájemná pomoc při učení Ochotně spolupracuje a pomáhá ostatním při učení, chápe důležitost vzájemné pomoci při dosahování učebních cílů.Přijímá učení skrze činnosti zkušenosti, interakce.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE UČITELE:propojuji výuku se zkušeností žáků a zprostředkovávám jim smysl vyučovaného obsahu (proč se konkrétní obsah či kompetenci učí) podporuji žáky k dalšímu učení tím, že oceňuji jejich silné stránky, jejich snahu, pokrok a úspěchy zprostředkovávám žákům konkrétní příklady výstupů úspěšného učení ve vztahu ke škole i celkovému rozvoji osobnostipodporuji u žáků postoje (nastavení mysli), které jim pomáhají rozvinout a udržet motivaci (např. Mé schopnosti nejsou fixní, ale mohu je rozvinout a rostou s mým úsilím; Mohu uspět a už jsem v minulosti mnohokrát uspěl; Překonávám překážky a to mě posiluje) umožním žákům vidět celkový rámec učiva a porozumět, jak jednotlivé lekce přispívají k jejich celkovému rozvoji osobnosti vytvářím dynamické a interaktivní učební aktivity, které stimulují zvědavost a aktivní účast žáků při projektové výuce umožním žákům výběr témat, která jsou pro ně zajímavá, a přizvu je k plánování  podporuji žáky v tom, aby projevovali své názory a potřeby a nebáli se při svém učení chybovat, o chybách přemýšleli a dále se z nich učili, odkrývám žákům vlastní chyby jako příležitosti k učení dlouhodobě pozoruji snahu a vůli  poskytuji zpětnou vazbu, která je konkrétní a umožňuje žákům cíleně zlepšovat jejich dovednosti poskytuji průběžnou zpětnou vazbu nejen k výsledkům, ale také k postupu a přístupu k učení pro hodnocení práce žáků a jejich pokroku v učení využívám popisná kritéria (která jsou srozumitelná a korespondují s cíli výuky) při nastavování kritérií zohledňuji nejen očekávané výstupy, ale i evidenci o dosavadním pokroku žáků  vedu žáky k sebehodnocení na základě kritérií, kterým rozumějí, a podporuji tím jejich odpovědnost za vlastní učení vedu žáky ke vzájemnému hodnocení pokroku v učení (vrstevnické hodnocení) na základě jim srozumitelných kritérií, a to za předpokladu, že se při tom daří zachovávat bezpečné prostředí poskytuji zpětnou vazbu tak, aby byla efektivně využitelná pro další učení žáků (ukazuje další krok ke zlepšení, je respektující, konkrétní, včasná a konstruktivní) preferuji pozitivní zpětnou vazbu rozlišuji mezi popisným a hodnoticím jazykem, využívám popisný jazyk jako podstatnou součást zpětné vazby a vedu k tomu žáky  využívám různé způsoby poskytování zpětné vazby žákům a jejich práci (rychlejší zpětná vazba: ústní ocenění, palec nahoru, úsměv / časově náročnější zpětná vazba: písemná zpětná vazba, slovní hodnocení apod.) inspiruji žáky tím, že se sám neustále učím, a to i od žáků a spolu s nimi NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: snaha, vůle Aktivně se ptá na otázky, diskutuje, spolupracuje s ostatními a hledá další způsoby, jak se hlouběji zapojit do učení.K učení přistupuje s odhodláním (vysvětlí význam tvrzení „Snažím se, jak nejlépe umím.“ – Uvede příklady, kde se tato snaha dá pozorovat).Vysvětluje, proč je důležité snažit se (uvede na příkladu z učení situaci, kdy díky snaze a vůli dosáhl zlepšení ve svých studijních výsledcích či kompetencích pro život).Uvědomuje si, že úsilí a praxe jsou klíčem ke zlepšení dovedností, je ochotný pracovat na svém rozvoji a neustále se učit novým věcem (uvádí příklady situací ze života).Komponenta: motivace k učení Je nadšený pro učení a má vnitřní motivaci k získávání nových znalostí a dovedností.Hledá smysl a důležitost ve svém vzdělávání (popisuje, proč se učí, proč se snaží o rozvoj svých dovedností).Vybírá situace k učení, které ho motivují k dalšímu pokroku v učení (setrvání u učení, informální učení, kariérní rozvoj).Chápe, že učení neprobíhá jen ve školních lavicích.Je si vědom toho, proč je třeba, aby se učil po celý život (odpovědnost za vlastní celoživotní učení).Komponenta: koncentrace Soustředí se na učení s minimálním rozptylováním (uzpůsobuje podmínky učení pro zvýšení vlastní koncentrace).Dokončuje dílčí kroky úkolů.Zapojuje se aktivně při postupném poznávání, učení.Komponenta: zpětná vazba, rozvoj Přijímá konstruktivní zpětnou vazbu od učitelů a spolužáků a využívá ji ke zlepšení svých dovedností a znalostí (buduje si postoje a vztahy).Učí se z vlastních chyb a aktivně pracovat na svém osobním rozvoji.Vybírá a zařazuje mezi své učení i úkoly, které nejsou jednoduché, jednoznačné.Reflektuje svoji práci, uvědomuje si kvalitu toho, co dělá, pracuje s nedostatky a plánuje nezbytné kroky ke zlepšení.Přijímá rady, pochvaly, doporučení, využívá je v oblasti zlepšování svých učebních a pracovních metod a postupů.Komponenta: vzájemná pomoc při učení Ochotně spolupracuje a pomáhá ostatním při učení, chápe důležitost vzájemné pomoci při dosahování učebních cílů.Uvědomuje si benefity vzájemného hodnocení, pozitivní podpory druhých. Využívá prostředky informálního učení.</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>Je aktivním účastníkem učení, nejen pasivním příjemcem informací.Vybírá a uzpůsobuje situace ve vztahu k motivaci (vybírá, co ho baví, zajímá – je si vědom toho, že se může učit z vlastní iniciativy).Orientuje se na dokončení úkolu či jeho dílčích kroků.Upravuje podmínky učení pro zvýšení vlastní koncentrace.Srovnává výsledky svého učení s předpoklady.Chápe důležitost vzájemné pomoci při dosahování učebních cílů.Přijímá učení skrze činnosti zkušenosti, interakce.</t>
+          <t>K učení přistupuje s odhodláním (vysvětlí význam tvrzení „Snažím se, jak nejlépe umím.“ – Uvede příklady, kde se tato snaha dá pozorovat).Uvědomuje si, že úsilí a praxe jsou klíčem ke zlepšení dovedností, je ochotný pracovat na svém rozvoji a neustále se učit novým věcem (uvádí příklady situací ze života).Vysvětlí, že učení neprobíhá jen ve školních lavicích.Je si vědom toho, proč je třeba, aby se učil po celý život (odpovědnost za vlastní celoživotní učení).Dokončuje dílčí kroky úkolů.Reflektuje svoji práci, uvědomuje si kvalitu toho, co dělá, pracuje s nedostatky a plánuje nezbytné kroky ke zlepšení.Ochotně spolupracuje a pomáhá ostatním při učení, chápe důležitost vzájemné pomoci při dosahování učebních cílů.</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
-          <t>Poznává význam svého učení.</t>
+          <t>Poznává důležitost celoživotního charakteru učení.</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence k učení</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence k učení představuje schopnosti využívat takové metody a strategie, které vedou k efektivnímu učení, k organizování a plánování vlastního učení, ke kritickému myšlení, k důležitosti ověřování dat, seznamují žáka s nástroji pro efektivní učení i s důležitostí vlastní snahy, koncentrace a vůle pro učení se nových věcí. Klíčová kompetence podporuje motivaci převzít odpovědnost za vlastní učení i za rozvoj svého potenciálu, a to v celoživotní perspektivě.</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>Smysl a cíl učení, celoživotní učení</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení se zaměřuje na práci s vlastní koncentrací a motivací do učení, ale také na práci s volními procesy a zpětnou vazbou při rozvoji. </t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>KKU-SMU-000-ZV9-001</t>
+          <t>KKU-SMU-000-ZV5-001</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>Uvědomuje si důležitost celoživotního charakteru učení.</t>
+          <t>Uvědomuje si význam, důležitost a smysl svého učení.</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE UČITELE:propojuji výuku se zkušeností žáků a zprostředkovávám jim smysl vyučovaného obsahu (proč se konkrétní obsah či kompetenci učí) podporuji žáky k dalšímu učení tím, že oceňuji jejich silné stránky, jejich snahu, pokrok a úspěchy zprostředkovávám žákům konkrétní příklady výstupů úspěšného učení ve vztahu ke škole i celkovému rozvoji osobnostipodporuji u žáků postoje (nastavení mysli), které jim pomáhají rozvinout a udržet motivaci (např. Mé schopnosti nejsou fixní, ale mohu je rozvinout a rostou s mým úsilím; Mohu uspět a už jsem v minulosti mnohokrát uspěl; Překonávám překážky a to mě posiluje) umožním žákům vidět celkový rámec učiva a porozumět, jak jednotlivé lekce přispívají k jejich celkovému rozvoji osobnosti vytvářím dynamické a interaktivní učební aktivity, které stimulují zvědavost a aktivní účast žáků při projektové výuce umožním žákům výběr témat, která jsou pro ně zajímavá, a přizvu je k plánování  podporuji žáky v tom, aby projevovali své názory a potřeby a nebáli se při svém učení chybovat, o chybách přemýšleli a dále se z nich učili, odkrývám žákům vlastní chyby jako příležitosti k učení dlouhodobě pozoruji snahu a vůli  poskytuji zpětnou vazbu, která je konkrétní a umožňuje žákům cíleně zlepšovat jejich dovednosti poskytuji průběžnou zpětnou vazbu nejen k výsledkům, ale také k postupu a přístupu k učení pro hodnocení práce žáků a jejich pokroku v učení využívám popisná kritéria (která jsou srozumitelná a korespondují s cíli výuky) při nastavování kritérií zohledňuji nejen očekávané výstupy, ale i evidenci o dosavadním pokroku žáků  vedu žáky k sebehodnocení na základě kritérií, kterým rozumějí, a podporuji tím jejich odpovědnost za vlastní učení vedu žáky ke vzájemnému hodnocení pokroku v učení (vrstevnické hodnocení) na základě jim srozumitelných kritérií, a to za předpokladu, že se při tom daří zachovávat bezpečné prostředí poskytuji zpětnou vazbu tak, aby byla efektivně využitelná pro další učení žáků (ukazuje další krok ke zlepšení, je respektující, konkrétní, včasná a konstruktivní) preferuji pozitivní zpětnou vazbu rozlišuji mezi popisným a hodnoticím jazykem, využívám popisný jazyk jako podstatnou součást zpětné vazby a vedu k tomu žáky  využívám různé způsoby poskytování zpětné vazby žákům a jejich práci (rychlejší zpětná vazba: ústní ocenění, palec nahoru, úsměv / časově náročnější zpětná vazba: písemná zpětná vazba, slovní hodnocení apod.) inspiruji žáky tím, že se sám neustále učím, a to i od žáků a spolu s nimi NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: snaha, vůle Aktivně se ptá na otázky, diskutuje, spolupracuje s ostatními a hledá další způsoby, jak se hlouběji zapojit do učení.K učení přistupuje s odhodláním (vysvětlí význam tvrzení „Snažím se, jak nejlépe umím.“ – Uvede příklady, kde se tato snaha dá pozorovat).Vysvětluje, proč je důležité snažit se (uvede na příkladu z učení situaci, kdy díky snaze a vůli dosáhl zlepšení ve svých studijních výsledcích či kompetencích pro život).Uvědomuje si, že úsilí a praxe jsou klíčem ke zlepšení dovedností, je ochotný pracovat na svém rozvoji a neustále se učit novým věcem (uvádí příklady situací ze života).Komponenta: motivace k učení Je nadšený pro učení a má vnitřní motivaci k získávání nových znalostí a dovedností.Hledá smysl a důležitost ve svém vzdělávání (popisuje, proč se učí, proč se snaží o rozvoj svých dovedností).Vybírá situace k učení, které ho motivují k dalšímu pokroku v učení (setrvání u učení, informální učení, kariérní rozvoj).Chápe, že učení neprobíhá jen ve školních lavicích.Je si vědom toho, proč je třeba, aby se učil po celý život (odpovědnost za vlastní celoživotní učení).Komponenta: koncentrace Soustředí se na učení s minimálním rozptylováním (uzpůsobuje podmínky učení pro zvýšení vlastní koncentrace).Dokončuje dílčí kroky úkolů.Zapojuje se aktivně při postupném poznávání, učení.Komponenta: zpětná vazba, rozvoj Přijímá konstruktivní zpětnou vazbu od učitelů a spolužáků a využívá ji ke zlepšení svých dovedností a znalostí (buduje si postoje a vztahy).Učí se z vlastních chyb a aktivně pracovat na svém osobním rozvoji.Vybírá a zařazuje mezi své učení i úkoly, které nejsou jednoduché, jednoznačné.Reflektuje svoji práci, uvědomuje si kvalitu toho, co dělá, pracuje s nedostatky a plánuje nezbytné kroky ke zlepšení.Přijímá rady, pochvaly, doporučení, využívá je v oblasti zlepšování svých učebních a pracovních metod a postupů.Komponenta: vzájemná pomoc při učení Ochotně spolupracuje a pomáhá ostatním při učení, chápe důležitost vzájemné pomoci při dosahování učebních cílů.Uvědomuje si benefity vzájemného hodnocení, pozitivní podpory druhých. Využívá prostředky informálního učení.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE UČITELE: propojuji výuku se zkušeností žáků a zprostředkovávám jim smysl vyučovaného obsahu (proč se konkrétní obsah či kompetenci učí) podporuji žáky k dalšímu učení tím, že oceňuji jejich silné stránky, jejich snahu, pokrok a úspěchy zprostředkovávám žákům konkrétní příklady výstupů úspěšného učení ve vztahu ke škole i celkovému rozvoji osobnosti podporuji u žáků postoje (nastavení mysli), které jim pomáhají rozvinout a udržet motivaci (např. Mé schopnosti nejsou fixní, ale mohu je rozvinout a rostou s mým úsilím; Mohu uspět a už jsem v minulosti mnohokrát uspěl; Překonávám překážky a to mě posiluje) umožním žákům vidět celkový rámec učiva a porozumět, jak jednotlivé lekce přispívají k jejich celkovému rozvoji osobnosti vytvářím dynamické a interaktivní učební aktivity, které stimulují zvědavost a aktivní účast žáků při projektové výuce umožním žákům výběr témat, která jsou pro ně zajímavá, a přizvu je k plánování  podporuji žáky v tom, aby projevovali své názory a potřeby a nebáli se při svém učení chybovat, o chybách přemýšleli a dále se z nich učili, odkrývám žákům vlastní chyby jako příležitosti k učení dlouhodobě pozoruji snahu a vůli  poskytuji zpětnou vazbu, která je konkrétní a umožňuje žákům cíleně zlepšovat jejich dovednosti poskytuji průběžnou zpětnou vazbu nejen k výsledkům, ale také k postupu a přístupu k učení pro hodnocení práce žáků a jejich pokroku v učení využívám popisná kritéria (která jsou srozumitelná a korespondují s cíli výuky) při nastavování kritérií zohledňuji nejen očekávané výstupy, ale i evidenci o dosavadním pokroku žáků  vedu žáky k sebehodnocení na základě kritérií, kterým rozumějí, a podporuji tím jejich odpovědnost za vlastní učení vedu žáky ke vzájemnému hodnocení pokroku v učení (vrstevnické hodnocení) na základě jim srozumitelných kritérií, a to za předpokladu, že se při tom daří zachovávat bezpečné prostředí poskytuji zpětnou vazbu tak, aby byla efektivně využitelná pro další učení žáků (ukazuje další krok ke zlepšení, je respektující, konkrétní, včasná a konstruktivní) preferuji pozitivní zpětnou vazbu rozlišuji mezi popisným a hodnoticím jazykem, využívám popisný jazyk jako podstatnou součást zpětné vazby a vedu k tomu žáky  využívám různé způsoby poskytování zpětné vazby žákům a jejich práci (rychlejší zpětná vazba: ústní ocenění, palec nahoru, úsměv / časově náročnější zpětná vazba: písemná zpětná vazba, slovní hodnocení apod.) inspiruji žáky tím, že se sám neustále učím, a to i od žáků a spolu s nimi NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: snaha, vůle Odhaduje možnosti a síly.Buduje si vytrvalost v učení (např. díky překonávání překážek).Reflektuje hodnoty a vztahuje je k vlastní osobnosti.Uvědomuje si, že úsilí a praxe jsou klíčem ke zlepšení dovedností.Je aktivním účastníkem učení, nejen pasivním příjemcem informací.Komponenta: motivace k učení Vyhledává příležitosti k učení.Hledá smysl ve svém vzdělávání (Proč se učím? – Nejde mu o vnější odměny, ale o celkový rozvoj).Vybírá a uzpůsobuje situace ve vztahu k motivaci (vybírá, co ho baví, zajímá – je si vědom toho, že se může učit z vlastní iniciativy).Rozumí, proč je důležité učit se nové věci, věci, které souvisejí s jeho osobními zájmy, a věci, které mu přinášejí radost.Komponenta: koncentrace Soustředí se na učení a dokáže pracovat bez rozptylování (zpočátku po krátkou dobu).Orientuje se na dokončení úkolu či jeho dílčích kroků.Upravuje podmínky učení pro zvýšení vlastní koncentrace.Komponenta: zpětná vazba, rozvoj Přijímá konstruktivní zpětnou vazbu a používá ji ke zlepšení svých dovedností a znalostí.Srovnává výsledky svého učení s předpoklady.Reflektuje ponaučení a přenáší ho do další praxe.Komponenta: vzájemná pomoc při učení Ochotně spolupracuje a pomáhá ostatním při učení, chápe důležitost vzájemné pomoci při dosahování učebních cílů.Přijímá učení skrze činnosti zkušenosti, interakce.</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>K učení přistupuje s odhodláním (vysvětlí význam tvrzení „Snažím se, jak nejlépe umím.“ – Uvede příklady, kde se tato snaha dá pozorovat).Uvědomuje si, že úsilí a praxe jsou klíčem ke zlepšení dovedností, je ochotný pracovat na svém rozvoji a neustále se učit novým věcem (uvádí příklady situací ze života).Vysvětlí, že učení neprobíhá jen ve školních lavicích.Je si vědom toho, proč je třeba, aby se učil po celý život (odpovědnost za vlastní celoživotní učení).Dokončuje dílčí kroky úkolů.Reflektuje svoji práci, uvědomuje si kvalitu toho, co dělá, pracuje s nedostatky a plánuje nezbytné kroky ke zlepšení.Ochotně spolupracuje a pomáhá ostatním při učení, chápe důležitost vzájemné pomoci při dosahování učebních cílů.</t>
+          <t>Je aktivním účastníkem učení, nejen pasivním příjemcem informací.Vybírá a uzpůsobuje situace ve vztahu k motivaci (vybírá, co ho baví, zajímá – je si vědom toho, že se může učit z vlastní iniciativy).Orientuje se na dokončení úkolu či jeho dílčích kroků.Upravuje podmínky učení pro zvýšení vlastní koncentrace.Srovnává výsledky svého učení s předpoklady.Chápe důležitost vzájemné pomoci při dosahování učebních cílů.Přijímá učení skrze činnosti zkušenosti, interakce.</t>
         </is>
       </c>
       <c r="N5" s="0" t="inlineStr">
         <is>
-          <t>Poznává důležitost celoživotního charakteru učení.</t>
+          <t>Poznává význam svého učení.</t>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence komunikační</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence komunikační vede jedince k uvědomění si důležitosti komunikace a vybavuje ho takovými komunikačními schopnostmi, které mu umožní aktivní spolupráci s lidmi kolem něj. Rozvoj této kompetence proto vede jednak ke schopnosti porozumět ostatním, jednak ke schopnosti srozumitelně a adekvátně vyjádřit své myšlenky, záměry, postoje či emoce prostřednictvím širokého spektra komunikačních strategií a výrazových prostředků. Mezi ty přitom v kontextu dnešního propojeného světa patří nejen prostředky mateřského jazyka, ale také jazyků cizích. Důraz je proto kladen také na rozvoj vícejazyčného repertoáru jedince, tedy jeho schopnosti mobilizovat všechny dostupné jazykové prostředky (mateřského, prvního i druhého cizího jazyka atd.) a dosáhnout komunikačního záměru i v situacích, při kterých mluvčí nesdílí společný jazyk. Konečně, v užším kontextu mluvené interakce patří pod komunikační kompetenci také schopnost patřičně usměrňovat vlastní vyjadřování s ohledem na průběžnou zpětnou vazbu poskytovanou komunikačním partnerem.</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
@@ -33721,51 +33955,51 @@
           <t/>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>KOS-EMP-000-ZV5-001</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t>Všímá si potřeb druhých a reaguje na ně.</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>VZDĚLÁVACÍ STRATEGIE UČITELE:podporuji sdělování citů a pocitů ve třídě diskutuji se žáky o emocích, používám vizuální pomůcky zaměřené na výuku empatie (videa, karty, obrázky, interaktivní materiály, třídní plakáty, příběhy, divadlo, výtvarné, pohybové a hudební aktivity o rozpoznávání emocí, jejich spouštěčů, posilování pozitivních emocí a zvládání negativních emocí)podporuji aktivity a diskusi o strategiích vzájemné podpory žáků (hry, výměna rolí, karty, vizuální materiály, myšlenkové mapy, nástěnky, pantomima, různé scénáře apod.) při diskusích poukazuji na možnost vidět danou situaci z různého pohledu rozvíjím všímavost žáků, mindfulness, přijímání a prožívání přítomnosti pomocí různých cvičení, technik, her, meditace, příběhů, procházek a vlastního příkladu vytvářím spolu s kolegy klidné a bezpečné edukační prostředí, neodsuzuji, dávám prostor pro vyjadřování emocí žáka, pro diskusi, reflexi a sebereflexi poskytuji možnost volby, rozhodnutí oceňuji empatické chování jsem zdvořilý k žákům, kolegům, rodičům a ostatním lidem vyžaduji zdvořilé chování od žáků k autoritám a k sobě navzájem vytvářím aktivity, úkoly, projekty, ve kterých poskytuji žákovi možnost, aby se rozhodoval sám a pak nesl zodpovědnost za vlastní rozhodnutí vytvářím skupinové aktivity a projekty, ve kterých se žáci učí spolupracovat a projevovat navzájem respekt  diskutuji se žáky o příkladech neúcty jsem spravedlivý, spolu se žáky nastavuji a dbám na dodržování třídních a školních pravidel ukazuji a diskutuji se žáky o různých řešeních problémů mezi vrstevníky, poskytuji prostor pro jednotlivé nápady žáků a reflexi diskutuji se žáky o předsudcích a stereotypech, o významu tolerance ve vztazích připravuji projekty, používám hry, karty, vizuální pomůcky, školní výlety, adaptační kurzy, třídnické hodiny cílené na toleranci a respekt k odlišnostem NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: empatie Odmítne komunikaci nebo chování, které mu není příjemné.Vnímá emoce a potřeby jiných lidí a jedná s ohledem na jejich pocity.Reaguje na pocity a potřeby druhých, není vůči nim lhostejný.Projevuje soucit a nabízí pomoc ostatním.Projevuje empatii slovy i činy.Komponenta: respekt, tolerance  Respektuje rozmanitost a rozdíly mezi lidmi („Tolerance je moudrá víra, že i druhý může mít pravdu.“).Nečiní záměrně druhým to, co nechce, aby oni činili jemu.Vyvaruje se posměšků a urážek vůči vrstevníkům kvůli jejich odlišnostem.Komponenta: etika  Rozlišuje mezi správným a nesprávným chováním v jednoduchých situacích.Dodržuje základní morální zásady.Dává najevo, že pro špatné chování neexistuje vysvětlení, pouze výmluvy.Jedná v eticky náročných situacích všedního dne.</t>
+          <t>VZDĚLÁVACÍ STRATEGIE UČITELE:podporuji sdělování citů a pocitů ve třídě diskutuji se žáky o emocích, používám vizuální pomůcky zaměřené na výuku empatie (videa, karty, obrázky, interaktivní materiály, třídní plakáty, příběhy, divadlo, výtvarné, pohybové a hudební aktivity o rozpoznávání emocí, jejich spouštěčů, posilování pozitivních emocí a zvládání negativních emocí)podporuji aktivity a diskusi o strategiích vzájemné podpory žáků (hry, výměna rolí, karty, vizuální materiály, myšlenkové mapy, nástěnky, pantomima, různé scénáře apod.) při diskusích poukazuji na možnost vidět danou situaci z různého pohledu rozvíjím všímavost žáků, mindfulness, přijímání a prožívání přítomnosti pomocí různých cvičení, technik, her, meditace, příběhů, procházek a vlastního příkladu vytvářím spolu s kolegy klidné a bezpečné edukační prostředí, neodsuzuji, dávám prostor pro vyjadřování emocí žáka, pro diskusi, reflexi a sebereflexi poskytuji možnost volby, rozhodnutí oceňuji empatické chování jsem zdvořilý k žákům, kolegům, rodičům a ostatním lidem vyžaduji zdvořilé chování od žáků k autoritám a k sobě navzájem vytvářím aktivity, úkoly, projekty, ve kterých poskytuji žákovi možnost, aby se rozhodoval sám a pak nesl zodpovědnost za vlastní rozhodnutí vytvářím skupinové aktivity a projekty, ve kterých se žáci učí spolupracovat a projevovat navzájem respekt  diskutuji se žáky o příkladech neúcty jsem spravedlivý, spolu se žáky nastavuji a dbám na dodržování třídních a školních pravidel ukazuji a diskutuji se žáky o různých řešeních problémů mezi vrstevníky, poskytuji prostor pro jednotlivé nápady žáků a reflexi diskutuji se žáky o předsudcích a stereotypech, o významu tolerance ve vztazích připravuji projekty, používám hry, karty, vizuální pomůcky, školní výlety, adaptační kurzy, třídnické hodiny cílené na toleranci a respekt k odlišnostem NÁMĚTOVNÍK PROJEVŮ ŽÁKA:Komponenta: empatie Odmítne komunikaci nebo chování, které mu není příjemné.Vnímá emoce a potřeby jiných lidí a jedná s ohledem na jejich pocity.Reaguje na pocity a potřeby druhých, není vůči nim lhostejný.Projevuje soucit a nabízí pomoc ostatním.Projevuje empatii slovy i činy.Komponenta: respekt, tolerance  Respektuje rozmanitost a rozdíly mezi lidmi („Tolerance je moudrá víra, že i druhý může mít pravdu.“).Nečiní záměrně druhým to, co nechce, aby oni činili jemu.Vyvaruje se posměšků a urážek vůči vrstevníkům kvůli jejich odlišnostem.Komponenta: etika  Rozlišuje mezi správným a nesprávným chováním v jednoduchých situacích.Dodržuje základní morální zásady.Dává najevo, že pro špatné chování neexistuje ospravedlnění, pouze výmluvy.Jedná v eticky náročných situacích všedního dne.</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>Odmítne komunikaci nebo chování, které mu není příjemné.Vnímá emoce a potřeby jiných lidí a jedná s ohledem na jejich pocity.Respektuje rozmanitost a rozdíly mezi lidmi („Tolerance je moudrá víra, že i druhý může mít pravdu.“).Nečiní záměrně druhým to, co nechce, aby oni činili jemu.Rozlišuje mezi správným a nesprávným chováním v jednoduchých situacích.Dodržuje základní morální zásady.</t>
         </is>
       </c>
       <c r="N21" s="0" t="inlineStr">
         <is>
           <t>Všímá si potřeb druhých.</t>
         </is>
       </c>
       <c r="O21" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37232,168 +37466,168 @@
           <t>Klíčová kompetence digitální představuje soubor znalostí, dovedností a postojů, které umožňují žákům účelně, bezpečně a efektivně využívat digitální technologie při práci, při učení, ve volném čase i při zapojování do společnosti a občanského života, aktivně a respektujícím způsobem se podílet na utváření digitálního světa a nacházet rovnováhu mezi světem digitálním a fyzickým.</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>Bezpečnost v digitálním prostředí</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení se zaměřuje na ochranu obsahu a soukromí v digitálním prostředí, vliv digitálních technologií na wellbeing a sociální začlenění, dopad digitálních technologií a jejich používání na životní prostředí.</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>KDI-BZK-000-ZV9-001</t>
+          <t>KDI-BZK-000-ZV5-001</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Předchází situacím ohrožujícím bezpečnost zařízení a dat nebo jeho tělesné či duševní zdraví.</t>
+          <t>Respektuje pravidla bezpečného zacházení s digitálními zařízeními i daty a zásadami zdraví neohrožujícího chování v digitálním prostředí.</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí předcházet situacím, které by mohly ohrozit jejich bezpečnost, zdraví nebo integritu dat, prostřednictvím praktických aktivit zaměřených na rozvoj zodpovědného chování v digitálním prostředí. Učí se chránit své zařízení a digitální obsah pomocí silných hesel, pravidelných aktualizací softwaru, antivirových programů a uvědomělého přístupu k online komunikaci a sdílení osobních údajů. Současně si osvojují dovednosti, jak pečovat o své zdraví, například tím, že dodržují ergonomická pravidla při práci s počítačem, nastavují si časové limity pro digitální aktivity a věnují se pohybu. V oblasti duševního zdraví se zkoumají, jak zvládat negativní stránky používání digitálních technologií, například kyberšikanu, a jak vyhledat pomoc, pokud je to nutné. Kromě toho se žáci seznamují s tím, jak mohou digitální technologie využívat k pozitivnímu vlivu na své okolí, například k zapojení do komunitních aktivit nebo ke snížení digitální ekologické stopy, například odpovědným zacházením se starými zařízeními. Tímto způsobem získávají komplexní dovednosti, které jim pomáhají bezpečně a smysluplně využívat digitální technologie. VZDĚLÁVACÍ STRATEGIE UČITELE:vedu žáky k porozumění pravidlům bezpečného zacházení s digitálními technologiemi a k jejich dodržovánínastavujeme společně pravidla tak, aby podporovala aktivní přístup žáků k využívání digitálních technologií, a současně dbáme na to, aby pravidla podporovala digitální pohodu (wellbeing) žáků a vedla je k ochraně jejich duševního, fyzického a sociálního zdravíkladu důraz na to, aby žáci vnímali pozitivní i negativní důsledky digitalizace pro člověka, společnost i v kontextu cílů udržitelného rozvojeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním udržuje svá digitální zařízení zabezpečená; data chrání před zneužitímodpovědně a eticky manipuluje s daty a informacemirozpozná rizikové situace a vhodně na ně reagujevliv digitálních technologiích na wellbeing a sociální začleněnípředchází při používání digitálních technologií situacím ohrožujícím jeho tělesné a duševní zdraví i zdraví ostatníchdiskutuje o možnostech využití digitálních technologií pro sociální pohodu a začleněnídopad digitálních technologií a jejich používání na životní prostředízapojí se do diskuze k dopadům využívání digitálních technologií na životní prostředí, na příkladech demonstruje, jakým způsobem přispívá ke zmírňování těchto dopadů</t>
+          <t>Žáci se učí respektovat pravidla bezpečného zacházení s digitálními zařízeními i daty. Osvojují si pravidla, jak vytvářet bezpečná hesla, rozpoznávat podezřelé odkazy nebo chránit zařízení před poškozením. Poznávají, jak správně sedět u počítače, nastavovat si pracovní prostředí a střídat digitální aktivity s pohybem, aby si osvojily zásady zdraví neohrožujícího chování. Učí se, jak ukládat soubory na správná místa, aby se předešlo jejich ztrátě, a jak pečovat o techniku.  VZDĚLÁVACÍ STRATEGIE UČITELE:nastavujeme společně na základě příkladů a zkušeností pravidla bezpečného zacházení s digitálními technologiemivedu žáky k tomu, aby pravidla podporovala aktivní přístup žáků k využívání digitálních technologií, a současně dbáme na to, aby pravidla podporovala digitální pohodu (wellbeing) žáků a vedla je k ochraně jejich duševního, fyzického a sociálního zdravívolím takové aktivity, ve kterých mají žáci příležitost přemýšlet o dopadech využívání digitálních technologií (pozitivních i negativních) na člověka, společnost i v kontextu cílů udržitelného rozvojeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním dodržuje základní pravidla ochrany zařízení a datuvědomuje si důležitost ochrany osobních údajů a soukromí v online prostředí, zapojuje se do diskuze o soukromí v souvislosti s online prostředím, v diskuzi projevuje vědomí důležitosti ochrany soukromí v online prostředírozpozná základní rizikové situace a vhodně na ně reagujevliv digitálních technologiích na wellbeing a sociální začleněnírespektuje pravidla bezpečného a zdraví neohrožujícího chování při práci s digitálními technologiemidopad digitálních technologií a jejich používání na životní prostředívyjmenuje příklady dopadů používání digitálních technologií životní prostředí</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Chrání zařízení, digitální obsah, osobní data a soukromí v digitálním prostředí.Pečuje o své fyzické, psychické i sociální zdraví, využívá digitální technologie pro sociální začlenění.Aktivně ovlivňuje dopad digitálních technologií a jejich používání na životní prostředí.</t>
+          <t>S porozuměním dodržuje základní pravidla ochrany zařízení a dat.S porozuměním dodržuje pravidla bezpečného a zdraví neohrožujícího chování při své práci s digitálními technologiemi.</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>Předchází situacím ohrožujícím bezpečnost zařízení a dat nebo jeho tělesné či duševní zdraví.</t>
+          <t>Respektuje pravidla bezpečného zacházení s digitálními zařízeními i daty a zásadami zdraví neohrožujícího chování v digitálním prostředí.</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální představuje soubor znalostí, dovedností a postojů, které umožňují žákům účelně, bezpečně a efektivně využívat digitální technologie při práci, při učení, ve volném čase i při zapojování do společnosti a občanského života, aktivně a respektujícím způsobem se podílet na utváření digitálního světa a nacházet rovnováhu mezi světem digitálním a fyzickým.</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>Bezpečnost v digitálním prostředí</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení se zaměřuje na ochranu obsahu a soukromí v digitálním prostředí, vliv digitálních technologií na wellbeing a sociální začlenění, dopad digitálních technologií a jejich používání na životní prostředí.</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>KDI-BZK-000-ZV5-001</t>
+          <t>KDI-BZK-000-ZV9-001</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Respektuje pravidla bezpečného zacházení s digitálními zařízeními i daty a zásadami zdraví neohrožujícího chování v digitálním prostředí.</t>
+          <t>Předchází situacím ohrožujícím bezpečnost zařízení a dat nebo jeho tělesné či duševní zdraví.</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí respektovat pravidla bezpečného zacházení s digitálními zařízeními i daty. Osvojují si pravidla, jak vytvářet bezpečná hesla, rozpoznávat podezřelé odkazy nebo chránit zařízení před poškozením. Poznávají, jak správně sedět u počítače, nastavovat si pracovní prostředí a střídat digitální aktivity s pohybem, aby si osvojily zásady zdraví neohrožujícího chování. Učí se, jak ukládat soubory na správná místa, aby se předešlo jejich ztrátě, a jak pečovat o techniku.  VZDĚLÁVACÍ STRATEGIE UČITELE:nastavujeme společně na základě příkladů a zkušeností pravidla bezpečného zacházení s digitálními technologiemivedu žáky k tomu, aby pravidla podporovala aktivní přístup žáků k využívání digitálních technologií, a současně dbáme na to, aby pravidla podporovala digitální pohodu (wellbeing) žáků a vedla je k ochraně jejich duševního, fyzického a sociálního zdravívolím takové aktivity, ve kterých mají žáci příležitost přemýšlet o dopadech využívání digitálních technologií (pozitivních i negativních) na člověka, společnost i v kontextu cílů udržitelného rozvojeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním dodržuje základní pravidla ochrany zařízení a datuvědomuje si důležitost ochrany osobních údajů a soukromí v online prostředí, zapojuje se do diskuze o soukromí v souvislosti s online prostředím, v diskuzi projevuje vědomí důležitosti ochrany soukromí v online prostředírozpozná základní rizikové situace a vhodně na ně reagujevliv digitálních technologiích na wellbeing a sociální začleněnírespektuje pravidla bezpečného a zdraví neohrožujícího chování při práci s digitálními technologiemidopad digitálních technologií a jejich používání na životní prostředívyjmenuje příklady dopadů používání digitálních technologií životní prostředí</t>
+          <t>Žáci se učí předcházet situacím, které by mohly ohrozit jejich bezpečnost, zdraví nebo integritu dat, prostřednictvím praktických aktivit zaměřených na rozvoj zodpovědného chování v digitálním prostředí. Učí se chránit své zařízení a digitální obsah pomocí silných hesel, pravidelných aktualizací softwaru, antivirových programů a uvědomělého přístupu k online komunikaci a sdílení osobních údajů. Současně si osvojují dovednosti, jak pečovat o své zdraví, například tím, že dodržují ergonomická pravidla při práci s počítačem, nastavují si časové limity pro digitální aktivity a věnují se pohybu. V oblasti duševního zdraví se zkoumají, jak zvládat negativní stránky používání digitálních technologií, například kyberšikanu, a jak vyhledat pomoc, pokud je to nutné. Kromě toho se žáci seznamují s tím, jak mohou digitální technologie využívat k pozitivnímu vlivu na své okolí, například k zapojení do komunitních aktivit nebo ke snížení digitální ekologické stopy, například odpovědným zacházením se starými zařízeními. Tímto způsobem získávají komplexní dovednosti, které jim pomáhají bezpečně a smysluplně využívat digitální technologie. VZDĚLÁVACÍ STRATEGIE UČITELE:vedu žáky k porozumění pravidlům bezpečného zacházení s digitálními technologiemi a k jejich dodržovánínastavujeme společně pravidla tak, aby podporovala aktivní přístup žáků k využívání digitálních technologií, a současně dbáme na to, aby pravidla podporovala digitální pohodu (wellbeing) žáků a vedla je k ochraně jejich duševního, fyzického a sociálního zdravíkladu důraz na to, aby žáci vnímali pozitivní i negativní důsledky digitalizace pro člověka, společnost i v kontextu cílů udržitelného rozvojeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním udržuje svá digitální zařízení zabezpečená; data chrání před zneužitímodpovědně a eticky manipuluje s daty a informacemirozpozná rizikové situace a vhodně na ně reagujevliv digitálních technologiích na wellbeing a sociální začleněnípředchází při používání digitálních technologií situacím ohrožujícím jeho tělesné a duševní zdraví i zdraví ostatníchdiskutuje o možnostech využití digitálních technologií pro sociální pohodu a začleněnídopad digitálních technologií a jejich používání na životní prostředízapojí se do diskuze k dopadům využívání digitálních technologií na životní prostředí, na příkladech demonstruje, jakým způsobem přispívá ke zmírňování těchto dopadů</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>S porozuměním dodržuje základní pravidla ochrany zařízení a dat.S porozuměním dodržuje pravidla bezpečného a zdraví neohrožujícího chování při své práci s digitálními technologiemi.</t>
+          <t>Chrání zařízení, digitální obsah, osobní data a soukromí v digitálním prostředí.Pečuje o své fyzické, psychické i sociální zdraví, využívá digitální technologie pro sociální začlenění.Aktivně ovlivňuje dopad digitálních technologií a jejich používání na životní prostředí.</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>Respektuje pravidla bezpečného zacházení s digitálními zařízeními i daty a zásadami zdraví neohrožujícího chování v digitálním prostředí.</t>
+          <t>Předchází situacím ohrožujícím bezpečnost zařízení a dat nebo jeho tělesné či duševní zdraví.</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální představuje soubor znalostí, dovedností a postojů, které umožňují žákům účelně, bezpečně a efektivně využívat digitální technologie při práci, při učení, ve volném čase i při zapojování do společnosti a občanského života, aktivně a respektujícím způsobem se podílet na utváření digitálního světa a nacházet rovnováhu mezi světem digitálním a fyzickým.</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
@@ -37529,163 +37763,163 @@
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t>Ovládá běžně používaná digitální zařízení, aplikace a služby.Reflektuje, které školní činnosti je možné efektivně zvládnout s využitím digitálních technologií.Přizpůsobuje využití digitálních nástrojů změnám, ke kterým v těchto nástrojích dochází.</t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
           <t>Využívá digitální technologie doporučeným způsobem ke zjednodušení vlastní práce.</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:P24"/>
   <sheetViews>
-    <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="41.25"/>
-[...14 lines deleted...]
-    <col min="16" max="16" bestFit="1" customWidth="1" width="66.0"/>
+    <col width="41.25" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="255" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="59.4" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="75.89999999999999" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="80.85" min="6" max="6" bestFit="1" customWidth="1"/>
+    <col width="25.3" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="54.449999999999996" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="173.8" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="255" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="255" min="11" max="11" bestFit="1" customWidth="1"/>
+    <col width="255" min="12" max="12" bestFit="1" customWidth="1"/>
+    <col width="255" min="13" max="13" bestFit="1" customWidth="1"/>
+    <col width="183.70000000000002" min="14" max="14" bestFit="1" customWidth="1"/>
+    <col width="64.35" min="15" max="15" bestFit="1" customWidth="1"/>
+    <col width="66.0" min="16" max="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="6" t="inlineStr">
+      <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Průřezové téma - Název</t>
         </is>
       </c>
-      <c r="B1" s="6" t="inlineStr">
+      <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Průřezové téma - Charakteristika</t>
         </is>
       </c>
-      <c r="C1" s="6" t="inlineStr">
+      <c r="C1" s="3" t="inlineStr">
         <is>
           <t>Složka průřezového tématu - Název</t>
         </is>
       </c>
-      <c r="D1" s="6" t="inlineStr">
+      <c r="D1" s="3" t="inlineStr">
         <is>
           <t>Složka průřezového tématu - Charakteristika</t>
         </is>
       </c>
-      <c r="E1" s="6" t="inlineStr">
+      <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Podsložka průřezového tématu - Název</t>
         </is>
       </c>
-      <c r="F1" s="6" t="inlineStr">
+      <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Podsložka průřezového tématu - Charakteristika</t>
         </is>
       </c>
-      <c r="G1" s="6" t="inlineStr">
+      <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Uzlový bod</t>
         </is>
       </c>
-      <c r="H1" s="6" t="inlineStr">
+      <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Kód</t>
         </is>
       </c>
-      <c r="I1" s="6" t="inlineStr">
+      <c r="I1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Znění</t>
         </is>
       </c>
-      <c r="J1" s="6" t="inlineStr">
+      <c r="J1" s="3" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení - Komentář</t>
         </is>
       </c>
-      <c r="K1" s="6" t="inlineStr">
+      <c r="K1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na začátku</t>
         </is>
       </c>
-      <c r="L1" s="6" t="inlineStr">
+      <c r="L1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Na cestě</t>
         </is>
       </c>
-      <c r="M1" s="6" t="inlineStr">
+      <c r="M1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Splněno</t>
         </is>
       </c>
-      <c r="N1" s="6" t="inlineStr">
+      <c r="N1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální doporučená úroveň</t>
         </is>
       </c>
-      <c r="O1" s="6" t="inlineStr">
+      <c r="O1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Minimální</t>
         </is>
       </c>
-      <c r="P1" s="6" t="inlineStr">
+      <c r="P1" s="3" t="inlineStr">
         <is>
           <t>Úroveň metodické podpory - Excelentní</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Péče o sebe a druhé</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Péče o sebe a druhé je podpořit aplikaci získaných znalostí, dovedností a postojů v oblasti seberozvoje a aktivní péče o sebe a druhé ve všech dimenzích wellbeingu – fyzické, kognitivní, emoční, sociální a duchovní.Průřezové téma přispívá k vytváření vzdělávacího prostředí naplňujícího základní a vývojové potřeby žáka, podporujícího adaptaci na změnu a s ní související odolnost jedince. Podporuje žáka v reflexi a spoluvytváření vzdělávacího prostředí na úrovni třídy i celé školy, včetně kontextu využívání digitálních technologií. Napříč obsahem vzdělávacích oborů a jejich výukou ve škole podporuje využívání a další rozvíjení základních sociálně interakčních dovedností (dovednosti spolupráce, diskuse, naslouchání apod.). Posiluje také vazby různorodých vzdělávacích obsahů k rozvoji porozumění sobě samému, plánování a rozhodování. Dosahování očekávaných výsledků učení může být realizováno mimo jiné i projekty spojenými se školním i mimoškolním prostředím, aktivitami žáků zaměřenými na podporu pozitivního školního klimatu apod. </t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -38008,168 +38242,168 @@
           <t>Cílem průřezového tématu Péče o sebe a druhé je podpořit aplikaci získaných znalostí, dovedností a postojů v oblasti seberozvoje a aktivní péče o sebe a druhé ve všech dimenzích wellbeingu – fyzické, kognitivní, emoční, sociální a duchovní.Průřezové téma přispívá k vytváření vzdělávacího prostředí naplňujícího základní a vývojové potřeby žáka, podporujícího adaptaci na změnu a s ní související odolnost jedince. Podporuje žáka v reflexi a spoluvytváření vzdělávacího prostředí na úrovni třídy i celé školy, včetně kontextu využívání digitálních technologií. Napříč obsahem vzdělávacích oborů a jejich výukou ve škole podporuje využívání a další rozvíjení základních sociálně interakčních dovedností (dovednosti spolupráce, diskuse, naslouchání apod.). Posiluje také vazby různorodých vzdělávacích obsahů k rozvoji porozumění sobě samému, plánování a rozhodování. Dosahování očekávaných výsledků učení může být realizováno mimo jiné i projekty spojenými se školním i mimoškolním prostředím, aktivitami žáků zaměřenými na podporu pozitivního školního klimatu apod. </t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>PTP-000-000-ZV5-003</t>
+          <t>PTP-000-000-ZV9-003</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
-          <t>Ve spolupráci s druhými navrhuje a zkouší realizovat vybrané aktivity, které podporují wellbeing všech členů školní komunity.</t>
+          <t>Ve spolupráci s druhými plánuje, realizuje a vyhodnocuje aktivity, které podporují wellbeing všech členů školní komunity.</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Osobnostní a sociální výchova, Člověk a jeho svět, Informatika.Očekávaný výsledek učení je zaměřený na žákovo spoluvytváření školního prostředí přispívajícího k naplňování základních lidských potřeb všech členů školní komunity. Žák rozvíjí respektující vztahy, svým chováním podporuje dobré vztahy ve fyzickém i digitálním vzdělávacím prostředí. Využívá a dále rozvíjí dovednosti vedení dialogu, naslouchání, respektující komunikace a poskytování podpory druhým ve škole i širší komunitě. Ve spolupráci s druhými zkouší navrhnout a realizovat kroky k podpoře wellbeingu v jeho dílčích oblastech (fyzické, kognitivní, emocionální a duchovní) ve třídě a širší školní komunitě.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Osobnostní a sociální výchova, Výchova ke zdraví a bezpečí, Výchova k občanství, Informatika.Očekávaný výsledek učení je zaměřený na dovednosti přispívat k naplňování potřeb všech členů komunity. Žák aktivně podporuje spolupráci při učení mezi sebou a spolužáky (a učiteli) napříč vzdělávacími oblastmi. Aktivně přispívá k budování respektujících vztahů v rámci školní komunity, svým chováním podporuje dobré vztahy ve fyzickém i digitálním vzdělávacím prostředí. Využívá a dále rozvíjí dovednosti vedení dialogu, naslouchání, respektující komunikace a poskytování podpory druhým ve škole i širší komunitě.Identifikuje společně s druhými rizika pro wellbeing členů školní komunity, podílí se na realizaci kroků k posílení vybraných oblastí, včetně digitálního wellbeingu, dokáže pomoci druhým.</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
-          <t>rozvíjí vnímavost k wellbeingu třídy, školní komunity a k tomu, co jej ovlivňujevšímá si konkrétních projevů respektu v komunikaci s ostatními žáky a pracovníky školy </t>
+          <t>zjišťuje, co podporuje wellbeing v jednotlivých oblastech (fyzické, kognitivní, emocionální, sociální a duchovní) ostatních členů školní komunity ve školním i digitálním vzdělávacím prostředí získává zkušenost s plánováním opatření podpůrných vztahů ve školní komunitě ve spolupráci s ostatními </t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t> zkouší vybranou aktivitou přispívat k wellbeingu třídy/školní komunityzískává a sdílí zkušenosti s konkrétními opatřeními a postupy podporujícími wellbeing v digitálním prostředí (např. postupy bezpečné komunikace v digitálním prostředí)v komunikaci s ostatními žáky a pracovníky školy zkouší uplatňovat konkrétní projevy respektu</t>
+          <t> ve spolupráci se spolužáky a pracovníky školy zjišťuje konkrétní potřeby ve vybraných oblastech wellbeingu členů školní komunity a plánuje opatření podporující jejich naplňování ve školním i digitálním vzdělávacím prostředí zkouší vyhodnocovat účinnost opatření uplatňovaných k podpoře pozitivního klimatu ve třídě </t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>Navrhne a ve spolupráci s ostatními vyzkouší realizovat opatření přispívající k wellbeingu třídy.Navrhne a diskutuje, jak může společně s ostatními přispět k digitálnímu wellbeingu ve školním prostředí.V běžných komunikačních situacích s ostatními žáky a pracovníky školy uplatňuje respekt k sobě i druhým.</t>
+          <t>Ve spolupráci s dalšími žáky navrhne a vyhodnotí účinnost opatření zaměřených na podporu wellbeingu své třídy. Zapojuje se do aktivit pro podporu dobrého klimatu ve škole, reflektuje ve skupině postup realizace a upravuje další kroky.Reflektuje své dovednosti podporovat wellbeing v jeho jednotlivých oblastech ve školním prostředí. </t>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
-          <t>Realizuje vybrané aktivity, které podporují péči o wellbeing všech členů školní komunity.</t>
+          <t>Ve spolupráci s druhými realizuje aktivity, které podporují péči o wellbeing členů školní komunity.</t>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>Péče o sebe a druhé</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Péče o sebe a druhé je podpořit aplikaci získaných znalostí, dovedností a postojů v oblasti seberozvoje a aktivní péče o sebe a druhé ve všech dimenzích wellbeingu – fyzické, kognitivní, emoční, sociální a duchovní.Průřezové téma přispívá k vytváření vzdělávacího prostředí naplňujícího základní a vývojové potřeby žáka, podporujícího adaptaci na změnu a s ní související odolnost jedince. Podporuje žáka v reflexi a spoluvytváření vzdělávacího prostředí na úrovni třídy i celé školy, včetně kontextu využívání digitálních technologií. Napříč obsahem vzdělávacích oborů a jejich výukou ve škole podporuje využívání a další rozvíjení základních sociálně interakčních dovedností (dovednosti spolupráce, diskuse, naslouchání apod.). Posiluje také vazby různorodých vzdělávacích obsahů k rozvoji porozumění sobě samému, plánování a rozhodování. Dosahování očekávaných výsledků učení může být realizováno mimo jiné i projekty spojenými se školním i mimoškolním prostředím, aktivitami žáků zaměřenými na podporu pozitivního školního klimatu apod. </t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>PTP-000-000-ZV9-003</t>
+          <t>PTP-000-000-ZV5-003</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>Ve spolupráci s druhými plánuje, realizuje a vyhodnocuje aktivity, které podporují wellbeing všech členů školní komunity.</t>
+          <t>Ve spolupráci s druhými navrhuje a zkouší realizovat vybrané aktivity, které podporují wellbeing všech členů školní komunity.</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Osobnostní a sociální výchova, Výchova ke zdraví a bezpečí, Výchova k občanství, Informatika.Očekávaný výsledek učení je zaměřený na dovednosti přispívat k naplňování potřeb všech členů komunity. Žák aktivně podporuje spolupráci při učení mezi sebou a spolužáky (a učiteli) napříč vzdělávacími oblastmi. Aktivně přispívá k budování respektujících vztahů v rámci školní komunity, svým chováním podporuje dobré vztahy ve fyzickém i digitálním vzdělávacím prostředí. Využívá a dále rozvíjí dovednosti vedení dialogu, naslouchání, respektující komunikace a poskytování podpory druhým ve škole i širší komunitě.Identifikuje společně s druhými rizika pro wellbeing členů školní komunity, podílí se na realizaci kroků k posílení vybraných oblastí, včetně digitálního wellbeingu, dokáže pomoci druhým.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Osobnostní a sociální výchova, Člověk a jeho svět, Informatika.Očekávaný výsledek učení je zaměřený na žákovo spoluvytváření školního prostředí přispívajícího k naplňování základních lidských potřeb všech členů školní komunity. Žák rozvíjí respektující vztahy, svým chováním podporuje dobré vztahy ve fyzickém i digitálním vzdělávacím prostředí. Využívá a dále rozvíjí dovednosti vedení dialogu, naslouchání, respektující komunikace a poskytování podpory druhým ve škole i širší komunitě. Ve spolupráci s druhými zkouší navrhnout a realizovat kroky k podpoře wellbeingu v jeho dílčích oblastech (fyzické, kognitivní, emocionální a duchovní) ve třídě a širší školní komunitě.</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>zjišťuje, co podporuje wellbeing v jednotlivých oblastech (fyzické, kognitivní, emocionální, sociální a duchovní) ostatních členů školní komunity ve školním i digitálním vzdělávacím prostředí získává zkušenost s plánováním opatření podpůrných vztahů ve školní komunitě ve spolupráci s ostatními </t>
+          <t>rozvíjí vnímavost k wellbeingu třídy, školní komunity a k tomu, co jej ovlivňujevšímá si konkrétních projevů respektu v komunikaci s ostatními žáky a pracovníky školy </t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t> ve spolupráci se spolužáky a pracovníky školy zjišťuje konkrétní potřeby ve vybraných oblastech wellbeingu členů školní komunity a plánuje opatření podporující jejich naplňování ve školním i digitálním vzdělávacím prostředí zkouší vyhodnocovat účinnost opatření uplatňovaných k podpoře pozitivního klimatu ve třídě </t>
+          <t> zkouší vybranou aktivitou přispívat k wellbeingu třídy/školní komunityzískává a sdílí zkušenosti s konkrétními opatřeními a postupy podporujícími wellbeing v digitálním prostředí (např. postupy bezpečné komunikace v digitálním prostředí)v komunikaci s ostatními žáky a pracovníky školy zkouší uplatňovat konkrétní projevy respektu</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>Ve spolupráci s dalšími žáky navrhne a vyhodnotí účinnost opatření zaměřených na podporu wellbeingu své třídy. Zapojuje se do aktivit pro podporu dobrého klimatu ve škole, reflektuje ve skupině postup realizace a upravuje další kroky.Reflektuje své dovednosti podporovat wellbeing v jeho jednotlivých oblastech ve školním prostředí. </t>
+          <t>Navrhne a ve spolupráci s ostatními vyzkouší realizovat opatření přispívající k wellbeingu třídy.Navrhne a diskutuje, jak může společně s ostatními přispět k digitálnímu wellbeingu ve školním prostředí.V běžných komunikačních situacích s ostatními žáky a pracovníky školy uplatňuje respekt k sobě i druhým.</t>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
-          <t>Ve spolupráci s druhými realizuje aktivity, které podporují péči o wellbeing členů školní komunity.</t>
+          <t>Realizuje vybrané aktivity, které podporují péči o wellbeing všech členů školní komunity.</t>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>Společnost pro všechny</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Společnost pro všechny je rozvíjet u žáka schopnost uvážlivě se orientovat v každodenním životě, rozhodovat se o věcech všedních i zásadních a kriticky reflektovat vlastní přístupy a postoje s vědomím odpovědnosti za důsledky vlastních rozhodnutí pro sebe i pro druhé.Prostřednictvím tohoto průřezového tématu se žák postupně seznamuje se složitostí, rozmanitostí a propojeností současného světa. Je veden k tomu, aby o svých zjištěních přemýšlel a uvědomoval si, co jeho postoje, uvažování, hodnocení a rozhodování ovlivňuje. Poznává, že se může snažit pozitivně ovlivňovat svůj život a společnost v jejím každodenním chodu s ohledem na dopady na různých úrovních od osobní přes školní, lokální až po globální. Je veden k tomu, aby prosazoval změny s respektováním rovných příležitostí, lidských práv a důstojnosti každého člověka.  Průřezové téma nabízí žákovi možnost prostřednictvím modelových i reálných situací: a) osvojovat si aktivní a bezpečný vztah ke komunikačním technologiím (médiím), b) utvářet si nehodnotící, otevřený postoj k rozmanitostem jak v blízkém okolí, tak ve světě, c) odhalovat sdílené interpretace světa (příběhy) a předsudečné a nepodloženě hodnotící soudy (stereotypy) v současných komunikačních praktikách. Dále poskytuje příležitost zvyšovat odolnost vůči manipulativním technikám a aplikovat principy demokratického rozhodování a spolurozhodování v každodenním životě. Zahrnuje také reflektování a vědomé korekce užívání médií.Je důležité, aby žák vnímal roli a postavení médií ve svém životě i v životě svého okolí, snažil se kriticky vyhodnocovat zdroje informací, které média nabízejí, a odhalovat manipulativní techniky těch, kteří média ovládají, a vnímal svět jako rozmanitý, vnitřně provázaný prostor, ve kterém je třeba podporovat rovné šance a důstojné vztahy.</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
@@ -38336,332 +38570,332 @@
           <t>Cílem průřezového tématu Společnost pro všechny je rozvíjet u žáka schopnost uvážlivě se orientovat v každodenním životě, rozhodovat se o věcech všedních i zásadních a kriticky reflektovat vlastní přístupy a postoje s vědomím odpovědnosti za důsledky vlastních rozhodnutí pro sebe i pro druhé.Prostřednictvím tohoto průřezového tématu se žák postupně seznamuje se složitostí, rozmanitostí a propojeností současného světa. Je veden k tomu, aby o svých zjištěních přemýšlel a uvědomoval si, co jeho postoje, uvažování, hodnocení a rozhodování ovlivňuje. Poznává, že se může snažit pozitivně ovlivňovat svůj život a společnost v jejím každodenním chodu s ohledem na dopady na různých úrovních od osobní přes školní, lokální až po globální. Je veden k tomu, aby prosazoval změny s respektováním rovných příležitostí, lidských práv a důstojnosti každého člověka.  Průřezové téma nabízí žákovi možnost prostřednictvím modelových i reálných situací: a) osvojovat si aktivní a bezpečný vztah ke komunikačním technologiím (médiím), b) utvářet si nehodnotící, otevřený postoj k rozmanitostem jak v blízkém okolí, tak ve světě, c) odhalovat sdílené interpretace světa (příběhy) a předsudečné a nepodloženě hodnotící soudy (stereotypy) v současných komunikačních praktikách. Dále poskytuje příležitost zvyšovat odolnost vůči manipulativním technikám a aplikovat principy demokratického rozhodování a spolurozhodování v každodenním životě. Zahrnuje také reflektování a vědomé korekce užívání médií.Je důležité, aby žák vnímal roli a postavení médií ve svém životě i v životě svého okolí, snažil se kriticky vyhodnocovat zdroje informací, které média nabízejí, a odhalovat manipulativní techniky těch, kteří média ovládají, a vnímal svět jako rozmanitý, vnitřně provázaný prostor, ve kterém je třeba podporovat rovné šance a důstojné vztahy.</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>PTS-000-000-ZV5-002</t>
+          <t>PTS-000-000-ZV9-002</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
-          <t>Na konkrétních příkladech kriticky vyhodnocuje obsah a záměr mediálních sdělení.</t>
+          <t>Rozezná a vysvětlí volbu výrazových prostředků, kterými se mediální sdělení snaží ovlivnit vnímání konkrétního tématu.</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět a Český jazyk a literatura. Dosažení očekávaného výsledku učení umožňuje žákovi, aby pochopil, že pro současný svět je příznačná obrovská nabídka nejrůznějších informací, které pak v důsledku spoluovlivňují, s jakým viděním světa se jedinec ztotožní. Význam, věrohodnost a hodnota těchto informací závisí do značné míry na tom, jaký je jejich původ. Cílem OVU je posílit vnímavost vůči původu informací a prohloubit sebereflexi procesů, které za výběrem konkrétního zdroje informací stály. Proto je důležité, aby se žák naučil reflektovat vlastní užívání médií (například pomocí tzv. mediálního deníku) a dokázal vyhodnotit, která média používá nejvíce/nejméně a proč, se kterými typy aktivit má jednotlivá média spojená (škola, komunikace s ostatními, zábava aj.), bez kterého média si svůj život nedokáže představit a proč, ze kterých médií přebírá informace a proč. Určí jednotlivé typy sdělení (zejména rozezná reklamu a fikci od zpráv a komentářů) a vyhodnotí emocionální náboj konkrétního sdělení. Určí, které informace a odkud nejčastěji přijímá, a zvažuje, proč tomu tak je. V nabídnutém jednoduchém textu dokáže identifikovat fakta, určí jejich původ/zdroj a odliší je od vyjádření názorů či postojů. To vše je základním předpokladem pro bezpečný život s médii. Důležité je to, aby se žák naučil vyhodnocovat spolehlivost zdroje, spravovat a kultivovat vlastní digitální identitu a uvědomil si neodvolatelnost činů v online světě.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oborech Dějepis, Výchova k občanství, Český jazyk a literatura. Dosažením očekávaného výsledku učení si žák uvědomuje, že média nabízejí témata k přemýšlení a současně návody k zaujímání postoje, jak je možné na téma nahlížet. Média uživatele přesvědčují a získávají na svou stranu argumenty (včetně argumentačních faulů), vyvoláváním emocí, manipulací. Očekávaný výsledek učení vede žáka k rozpoznávání užitých výrazových prostředků jako jednoho ze základních předpokladů kritického přístupu k mediálnímu působení.  Za sděleními, která média nabízejí, je možné spatřovat či odhalovat nejrůznější záměry, s nimiž byla zveřejněna. Tyto záměry je možné odhadovat z volby výrazových prostředků, výběru faktů a informací, prezentace postojů. Cílem očekávaného výsledku učení je kriticky vyhodnocovat možné záměry, které za konkrétními mediálními sděleními stojí.</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>učí se rozumět tomu, proč některým zdrojům věří více, některým méně a některým vůbec ne uvádí příklady toho, jaká média využívá při komunikaci se sourozenci, spolužáky, kamarády sdělí ostatním, odkud nejčastěji získává různé, pro sebe potřebné informace </t>
+          <t>vyhodnotí uživatelské návyky v konzumaci médií u sebe i u svých vrstevníkůsdělí, proč jsou pro něj některé mediální produkty (např. na Facebooku, Instagramu, Whatsappu, Youtube aj.) jako jsou videa, počítačové hry, hudební klipy přitažlivénajde mediální obsahy s přímými či nepřímými výzvami k rizikovému jednání (např. k šikaně)najde a pojmenuje projevy kyberšikanyroztřídí si informace podle toho, odkud je nejčastěji získává, a sdělí, proč některému zdroji dává přednost   odliší (např. v textu, mluveném projevu) kdy se jedná o vyjádření faktu a kdy jde o názor (postoj)  rozpozná, zda sdělení obsahuje slova a obrazy vyvolávající emoce </t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>uvědomuje si, jaké informace a odkud získává a jakým zdrojům dává přednost a proč snaží se získat informace z různých zdrojů vyhledává si v médiích informace, které považuje pro sebe za důležité, a zamýšlí se nad tím, jak a k čemu je využívá  zkouší využívat různá média pro různou podobu komunikace s ostatními  rozpoznává, která sdělení v něm vyvolávají emoce, a zkouší přijít na to, zda to způsobují slova nebo obrazy  </t>
+          <t>postupně nalézá, z kterých výrazových prostředků je sdělení sestaveno (jazyk, obraz, pohyb, hudba, bezprostřednost, stylizace apod.)  na příkladech uvádí, která témata se v mediálních sděleních nabízejí  rozeznává typy mediálních sdělení a jejich výrazové prostředky (např. zpráva, reklama, hudební klip, komiks, www stránky, osobní profil konkrétního člověka a další) u síťových médií vnímá užívání prostředků přímého oslovení a vytváření pocitu důvěrného (kamarádského) a neformálního kontakturozeznává rozdíly mezi „seriózním“ a „bulvárním“ zpravodajstvím a výrazové prostředky, které jsou pro něj příznačnéhledá možné záměry, které za volbou témat, kontextů a výrazových prostředků stojí  při vlastním tvořivém sestavování různých sdělení (zpráva, reklama aj.) se snaží volit různé výrazové prostředky (např: slova, obrazy) podle toho, jaký záměr sdělením sleduje </t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>Roztřídí informace podle toho, odkud je nejčastěji získává, a sdělí, proč některému zdroji dává přednost.Odliší (např. v textu, v mluveném projevu), kdy se jedná o vyjádření faktu a kdy jde o názor (postoj).Rozpozná, zda sdělení obsahuje slova a obrazy vyvolávající emoce.</t>
+          <t>Rozpozná společensky významné téma (např. válečný konflikt, klimatická změna) v mediálním sdělení.Vyhodnotí, zda mediální sdělení týkající se společensky významného tématu obsahuje pouze fakta, nebo i postoje a názory.Mediální sdělení kriticky vyhodnotí a určí, zda a jaké prostředky užívá k ovlivnění názoru na určité téma.Vyhledá několik zdrojů ke konkrétnímu tématu a porovná prostředky, které mediální sdělení užívají. Uvede příklad mediálního sdělení, které záměrně vyvolává emoce ohledně vnímání tématu.</t>
         </is>
       </c>
       <c r="N10" s="0" t="inlineStr">
         <is>
-          <t>Uvede na konkrétních příkladech, které informace a odkud nejčastěji přijímá, uvede jednoduchý příklad dopadů těchto sdělení.</t>
+          <t>Na základě vlastní zkušenosti uvede příklady, jak konzumace médií může ovlivnit jeho postoje nebo postoj jeho vrstevníků k určitému tématu.</t>
         </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>Společnost pro všechny</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Společnost pro všechny je rozvíjet u žáka schopnost uvážlivě se orientovat v každodenním životě, rozhodovat se o věcech všedních i zásadních a kriticky reflektovat vlastní přístupy a postoje s vědomím odpovědnosti za důsledky vlastních rozhodnutí pro sebe i pro druhé.Prostřednictvím tohoto průřezového tématu se žák postupně seznamuje se složitostí, rozmanitostí a propojeností současného světa. Je veden k tomu, aby o svých zjištěních přemýšlel a uvědomoval si, co jeho postoje, uvažování, hodnocení a rozhodování ovlivňuje. Poznává, že se může snažit pozitivně ovlivňovat svůj život a společnost v jejím každodenním chodu s ohledem na dopady na různých úrovních od osobní přes školní, lokální až po globální. Je veden k tomu, aby prosazoval změny s respektováním rovných příležitostí, lidských práv a důstojnosti každého člověka.  Průřezové téma nabízí žákovi možnost prostřednictvím modelových i reálných situací: a) osvojovat si aktivní a bezpečný vztah ke komunikačním technologiím (médiím), b) utvářet si nehodnotící, otevřený postoj k rozmanitostem jak v blízkém okolí, tak ve světě, c) odhalovat sdílené interpretace světa (příběhy) a předsudečné a nepodloženě hodnotící soudy (stereotypy) v současných komunikačních praktikách. Dále poskytuje příležitost zvyšovat odolnost vůči manipulativním technikám a aplikovat principy demokratického rozhodování a spolurozhodování v každodenním životě. Zahrnuje také reflektování a vědomé korekce užívání médií.Je důležité, aby žák vnímal roli a postavení médií ve svém životě i v životě svého okolí, snažil se kriticky vyhodnocovat zdroje informací, které média nabízejí, a odhalovat manipulativní techniky těch, kteří média ovládají, a vnímal svět jako rozmanitý, vnitřně provázaný prostor, ve kterém je třeba podporovat rovné šance a důstojné vztahy.</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>PTS-000-000-ZV9-002</t>
+          <t>PTS-000-000-ZV5-002</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>Rozezná a vysvětlí volbu výrazových prostředků, kterými se mediální sdělení snaží ovlivnit vnímání konkrétního tématu.</t>
+          <t>Na konkrétních příkladech kriticky vyhodnocuje obsah a záměr mediálních sdělení.</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oborech Dějepis, Výchova k občanství, Český jazyk a literatura. Dosažením očekávaného výsledku učení si žák uvědomuje, že média nabízejí témata k přemýšlení a současně návody k zaujímání postoje, jak je možné na téma nahlížet. Média uživatele přesvědčují a získávají na svou stranu argumenty (včetně argumentačních faulů), vyvoláváním emocí, manipulací. Očekávaný výsledek učení vede žáka k rozpoznávání užitých výrazových prostředků jako jednoho ze základních předpokladů kritického přístupu k mediálnímu působení.  Za sděleními, která média nabízejí, je možné spatřovat či odhalovat nejrůznější záměry, s nimiž byla zveřejněna. Tyto záměry je možné odhadovat z volby výrazových prostředků, výběru faktů a informací, prezentace postojů. Cílem očekávaného výsledku učení je kriticky vyhodnocovat možné záměry, které za konkrétními mediálními sděleními stojí.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět a Český jazyk a literatura. Dosažení očekávaného výsledku učení umožňuje žákovi, aby pochopil, že pro současný svět je příznačná obrovská nabídka nejrůznějších informací, které pak v důsledku spoluovlivňují, s jakým viděním světa se jedinec ztotožní. Význam, věrohodnost a hodnota těchto informací závisí do značné míry na tom, jaký je jejich původ. Cílem OVU je posílit vnímavost vůči původu informací a prohloubit sebereflexi procesů, které za výběrem konkrétního zdroje informací stály. Proto je důležité, aby se žák naučil reflektovat vlastní užívání médií (například pomocí tzv. mediálního deníku) a dokázal vyhodnotit, která média používá nejvíce/nejméně a proč, se kterými typy aktivit má jednotlivá média spojená (škola, komunikace s ostatními, zábava aj.), bez kterého média si svůj život nedokáže představit a proč, ze kterých médií přebírá informace a proč. Určí jednotlivé typy sdělení (zejména rozezná reklamu a fikci od zpráv a komentářů) a vyhodnotí emocionální náboj konkrétního sdělení. Určí, které informace a odkud nejčastěji přijímá, a zvažuje, proč tomu tak je. V nabídnutém jednoduchém textu dokáže identifikovat fakta, určí jejich původ/zdroj a odliší je od vyjádření názorů či postojů. To vše je základním předpokladem pro bezpečný život s médii. Důležité je to, aby se žák naučil vyhodnocovat spolehlivost zdroje, spravovat a kultivovat vlastní digitální identitu a uvědomil si neodvolatelnost činů v online světě.</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>vyhodnotí uživatelské návyky v konzumaci médií u sebe i u svých vrstevníkůsdělí, proč jsou pro něj některé mediální produkty (např. na Facebooku, Instagramu, Whatsappu, Youtube aj.) jako jsou videa, počítačové hry, hudební klipy přitažlivénajde mediální obsahy s přímými či nepřímými výzvami k rizikovému jednání (např. k šikaně)najde a pojmenuje projevy kyberšikanyroztřídí si informace podle toho, odkud je nejčastěji získává, a sdělí, proč některému zdroji dává přednost   odliší (např. v textu, mluveném projevu) kdy se jedná o vyjádření faktu a kdy jde o názor (postoj)  rozpozná, zda sdělení obsahuje slova a obrazy vyvolávající emoce </t>
+          <t>učí se rozumět tomu, proč některým zdrojům věří více, některým méně a některým vůbec ne uvádí příklady toho, jaká média využívá při komunikaci se sourozenci, spolužáky, kamarády sdělí ostatním, odkud nejčastěji získává různé, pro sebe potřebné informace </t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>postupně nalézá, z kterých výrazových prostředků je sdělení sestaveno (jazyk, obraz, pohyb, hudba, bezprostřednost, stylizace apod.)  na příkladech uvádí, která témata se v mediálních sděleních nabízejí  rozeznává typy mediálních sdělení a jejich výrazové prostředky (např. zpráva, reklama, hudební klip, komiks, www stránky, osobní profil konkrétního člověka a další) u síťových médií vnímá užívání prostředků přímého oslovení a vytváření pocitu důvěrného (kamarádského) a neformálního kontakturozeznává rozdíly mezi „seriózním“ a „bulvárním“ zpravodajstvím a výrazové prostředky, které jsou pro něj příznačnéhledá možné záměry, které za volbou témat, kontextů a výrazových prostředků stojí  při vlastním tvořivém sestavování různých sdělení (zpráva, reklama aj.) se snaží volit různé výrazové prostředky (např: slova, obrazy) podle toho, jaký záměr sdělením sleduje </t>
+          <t>uvědomuje si, jaké informace a odkud získává a jakým zdrojům dává přednost a proč snaží se získat informace z různých zdrojů vyhledává si v médiích informace, které považuje pro sebe za důležité, a zamýšlí se nad tím, jak a k čemu je využívá  zkouší využívat různá média pro různou podobu komunikace s ostatními  rozpoznává, která sdělení v něm vyvolávají emoce, a zkouší přijít na to, zda to způsobují slova nebo obrazy  </t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>Rozpozná společensky významné téma (např. válečný konflikt, klimatická změna) v mediálním sdělení.Vyhodnotí, zda mediální sdělení týkající se společensky významného tématu obsahuje pouze fakta, nebo i postoje a názory.Mediální sdělení kriticky vyhodnotí a určí, zda a jaké prostředky užívá k ovlivnění názoru na určité téma.Vyhledá několik zdrojů ke konkrétnímu tématu a porovná prostředky, které mediální sdělení užívají. Uvede příklad mediálního sdělení, které záměrně vyvolává emoce ohledně vnímání tématu.</t>
+          <t>Roztřídí informace podle toho, odkud je nejčastěji získává, a sdělí, proč některému zdroji dává přednost.Odliší (např. v textu, v mluveném projevu), kdy se jedná o vyjádření faktu a kdy jde o názor (postoj).Rozpozná, zda sdělení obsahuje slova a obrazy vyvolávající emoce.</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
-          <t>Na základě vlastní zkušenosti uvede příklady, jak konzumace médií může ovlivnit jeho postoje nebo postoj jeho vrstevníků k určitému tématu.</t>
+          <t>Uvede na konkrétních příkladech, které informace a odkud nejčastěji přijímá, uvede jednoduchý příklad dopadů těchto sdělení.</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>Společnost pro všechny</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Společnost pro všechny je rozvíjet u žáka schopnost uvážlivě se orientovat v každodenním životě, rozhodovat se o věcech všedních i zásadních a kriticky reflektovat vlastní přístupy a postoje s vědomím odpovědnosti za důsledky vlastních rozhodnutí pro sebe i pro druhé.Prostřednictvím tohoto průřezového tématu se žák postupně seznamuje se složitostí, rozmanitostí a propojeností současného světa. Je veden k tomu, aby o svých zjištěních přemýšlel a uvědomoval si, co jeho postoje, uvažování, hodnocení a rozhodování ovlivňuje. Poznává, že se může snažit pozitivně ovlivňovat svůj život a společnost v jejím každodenním chodu s ohledem na dopady na různých úrovních od osobní přes školní, lokální až po globální. Je veden k tomu, aby prosazoval změny s respektováním rovných příležitostí, lidských práv a důstojnosti každého člověka.  Průřezové téma nabízí žákovi možnost prostřednictvím modelových i reálných situací: a) osvojovat si aktivní a bezpečný vztah ke komunikačním technologiím (médiím), b) utvářet si nehodnotící, otevřený postoj k rozmanitostem jak v blízkém okolí, tak ve světě, c) odhalovat sdílené interpretace světa (příběhy) a předsudečné a nepodloženě hodnotící soudy (stereotypy) v současných komunikačních praktikách. Dále poskytuje příležitost zvyšovat odolnost vůči manipulativním technikám a aplikovat principy demokratického rozhodování a spolurozhodování v každodenním životě. Zahrnuje také reflektování a vědomé korekce užívání médií.Je důležité, aby žák vnímal roli a postavení médií ve svém životě i v životě svého okolí, snažil se kriticky vyhodnocovat zdroje informací, které média nabízejí, a odhalovat manipulativní techniky těch, kteří média ovládají, a vnímal svět jako rozmanitý, vnitřně provázaný prostor, ve kterém je třeba podporovat rovné šance a důstojné vztahy.</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>PTS-000-000-ZV5-003</t>
+          <t>PTS-000-000-ZV9-003</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
-          <t>Na základě vlastní zkušenosti uvede příklady, jak může konzumace médií ovlivnit jeho postoje nebo postoj jeho vrstevníků k určitému tématu.</t>
+          <t>Rozezná postoje, stereotypy a předsudky v mediálních sděleních a navrhne možné způsoby, jak lze předcházet rizikům jejich mediálního šíření.</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Český jazyk a literatura a Informatika. Dosažením očekávaného výsledku učení si žák na konkrétních příkladech uvědomuje, že masová a síťová média slouží mimo jiné jako nástroj k učení, k zábavě, k využívání volného času a že tato média přinášejí velké šance, ale také rizika (závislost, kyberšikana aj.). Masová a zejména síťová média (prostřednictvím např. youtuberů, influencerů a dalších) jsou i přes existující zákonná omezení věkem součástí každodenního života žáků a ovlivňují jejich životní styl, chování, módu/oblékání, časové rozvržení dne, hodnotové soudy, stejně jako aktivity jedince i celé rodiny. Proto je důležité, aby si žák uvědomoval možnou provázanost svého jednání a postojů, jakož i jednání a postojů svých nejbližších (rodina) a svých vrstevníků, s mediálním konzumem.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oborech Dějepis, Výchova k občanství, Český jazyk a literatura. Dosažením očekávaného výsledku učení žák získává dovednosti nutné ke kritickému vyhodnocování soudů, které se do konkrétních mediálních sdělení promítají.Média nabízejí témata k přemýšlení a zaujímání postoje spolu s perspektivou, kterou je na tato témata možné nahlížet, tedy vkládají do konkrétního kontextu, resp. konkrétních souvislostí: přesvědčují a získávají argumenty, vyvoláváním emocí, manipulací. Ve sděleních, která média nabízejí, je možné nacházet nejrůznější přiznané i nepřiznané soudy o lidech, skupinách lidí, době, společnosti, historii, hodnotách atd. Tyto soudy je možné kritickým přístupem odhadovat ze způsobu zasazení sdělení do kontextu, resp. souvislostí, z volby výrazových prostředků, výběru faktů a informací, z prezentace postojů. Očekávaný výsledek učení vede žáka k rozpoznávání užitých kontextů, resp. vnímavosti ke konkrétním souvislostem jako jednomu ze základních předpokladů kritického přístupu k mediálnímu působení. </t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
-          <t>vysvětluje výběr filmů, televizních pořadů, internetových stránek, sociálních sítí apod., které sleduje (záměrný/nezáměrný výběr</t>
+          <t>roztřídí si informace podle toho, odkud je nejčastěji získává, a sdělí, proč některému zdroji dává přednost   odliší (např. v textu, mluveném projevu) kdy se jedná o vyjádření faktu a kdy jde o názor (postoj)  rozpozná, zda sdělení obsahuje slova a obrazy vyvolávající emoce vyhodnotí uživatelské návyky v konzumaci médií u sebe i u svých vrstevníkůsdělí, proč jsou pro něj některé mediální produkty (např. na Facebooku, Instagramu, Whatsappu, Youtube aj.), jako jsou videa, počítačové hry, hudební klipy přitažlivénajde mediální obsahy s přímými či nepřímými výzvami k rizikovému jednání (např. k šikaně)najde a pojmenuje projevy kyberšikany</t>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>zvažuje, zda příliš časté užívání médií může mít negativní důsledky a jak se u něho mohou projevit, případně s jakými negativními projevy se setkal o svých kamarádů, spolužáků  nachází příklady toho, zda a jak užívání médií ovlivňuje jeho zájmy a koníčky hledá a popisuje pravidelnosti, které vysledoval v užívání médií u sebe sama, svých vrstevníků a svém okolí vysvětluje důvody setrvávání se skupině utvořené v prostředí sociálních sítí, případně zdůvodňuje její opuštění</t>
+          <t>na konkrétních příkladech se učí poznávat kontext, do něhož je konkrétní mediální sdělení vsazeno rozeznává v mediálních sděleních stereotypy a na příkladech uvede jejich zjednodušující a paušalizující vztah ke skutečnosti)na konkrétních příkladech rozpoznává prostředky mediální skandalizaceporovnává souvislosti mezi stereotypy v reklamních sděleních a životním stylem svým, svých vrstevníků rozpoznává manipulativní sílu obrazů v reklamních sděleníchhledá možné postoje, které za volbou témat a kontextů stojí zdůvodňuje, proč jsou svobodná média důležitá pro fungování demokratické společnosti </t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>Vyhodnotí uživatelské návyky v konzumaci médií u sebe i u svých vrstevníků.Sdělí, proč jsou pro něj některé mediální produkty přitažlivé (videa, počítačové hry, hudební klipy, Instagram, WhatsApp apod.).Najde mediální obsahy s přímými či nepřímými výzvami k rizikovému jednání (např. k šikaně).Najde a pojmenuje projevy kyberšikany.</t>
+          <t>Rozezná postoje, stereotypy obsažené v různých mediálních sděleních. Uvede příklady postojů, stereotypů a předsudků, se kterými se setkal u lidí ve svém okolí, a porovná je s postoji, stereotypy a předsudky, se kterými se setkal v různých mediálních sděleních. Navrhne způsoby, jak předcházet rizikům působení masových a síťových médií v různých situacích.</t>
         </is>
       </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Na konkrétních příkladech rozezná základní hodnoty a předsudky v mediálních sděleních a navrhne, jak předcházet rizikům působení médií.</t>
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>Společnost pro všechny</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Společnost pro všechny je rozvíjet u žáka schopnost uvážlivě se orientovat v každodenním životě, rozhodovat se o věcech všedních i zásadních a kriticky reflektovat vlastní přístupy a postoje s vědomím odpovědnosti za důsledky vlastních rozhodnutí pro sebe i pro druhé.Prostřednictvím tohoto průřezového tématu se žák postupně seznamuje se složitostí, rozmanitostí a propojeností současného světa. Je veden k tomu, aby o svých zjištěních přemýšlel a uvědomoval si, co jeho postoje, uvažování, hodnocení a rozhodování ovlivňuje. Poznává, že se může snažit pozitivně ovlivňovat svůj život a společnost v jejím každodenním chodu s ohledem na dopady na různých úrovních od osobní přes školní, lokální až po globální. Je veden k tomu, aby prosazoval změny s respektováním rovných příležitostí, lidských práv a důstojnosti každého člověka.  Průřezové téma nabízí žákovi možnost prostřednictvím modelových i reálných situací: a) osvojovat si aktivní a bezpečný vztah ke komunikačním technologiím (médiím), b) utvářet si nehodnotící, otevřený postoj k rozmanitostem jak v blízkém okolí, tak ve světě, c) odhalovat sdílené interpretace světa (příběhy) a předsudečné a nepodloženě hodnotící soudy (stereotypy) v současných komunikačních praktikách. Dále poskytuje příležitost zvyšovat odolnost vůči manipulativním technikám a aplikovat principy demokratického rozhodování a spolurozhodování v každodenním životě. Zahrnuje také reflektování a vědomé korekce užívání médií.Je důležité, aby žák vnímal roli a postavení médií ve svém životě i v životě svého okolí, snažil se kriticky vyhodnocovat zdroje informací, které média nabízejí, a odhalovat manipulativní techniky těch, kteří média ovládají, a vnímal svět jako rozmanitý, vnitřně provázaný prostor, ve kterém je třeba podporovat rovné šance a důstojné vztahy.</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
-          <t>PTS-000-000-ZV9-003</t>
+          <t>PTS-000-000-ZV5-003</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
-          <t>Rozezná postoje, stereotypy a předsudky v mediálních sděleních a navrhne možné způsoby, jak lze předcházet rizikům jejich mediálního šíření.</t>
+          <t>Na základě vlastní zkušenosti uvede příklady, jak může konzumace médií ovlivnit jeho postoje nebo postoj jeho vrstevníků k určitému tématu.</t>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oborech Dějepis, Výchova k občanství, Český jazyk a literatura. Dosažením očekávaného výsledku učení žák získává dovednosti nutné ke kritickému vyhodnocování soudů, které se do konkrétních mediálních sdělení promítají.Média nabízejí témata k přemýšlení a zaujímání postoje spolu s perspektivou, kterou je na tato témata možné nahlížet, tedy vkládají do konkrétního kontextu, resp. konkrétních souvislostí: přesvědčují a získávají argumenty, vyvoláváním emocí, manipulací. Ve sděleních, která média nabízejí, je možné nacházet nejrůznější přiznané i nepřiznané soudy o lidech, skupinách lidí, době, společnosti, historii, hodnotách atd. Tyto soudy je možné kritickým přístupem odhadovat ze způsobu zasazení sdělení do kontextu, resp. souvislostí, z volby výrazových prostředků, výběru faktů a informací, z prezentace postojů. Očekávaný výsledek učení vede žáka k rozpoznávání užitých kontextů, resp. vnímavosti ke konkrétním souvislostem jako jednomu ze základních předpokladů kritického přístupu k mediálnímu působení. </t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Český jazyk a literatura a Informatika. Dosažením očekávaného výsledku učení si žák na konkrétních příkladech uvědomuje, že masová a síťová média slouží mimo jiné jako nástroj k učení, k zábavě, k využívání volného času a že tato média přinášejí velké šance, ale také rizika (závislost, kyberšikana aj.). Masová a zejména síťová média (prostřednictvím např. youtuberů, influencerů a dalších) jsou i přes existující zákonná omezení věkem součástí každodenního života žáků a ovlivňují jejich životní styl, chování, módu/oblékání, časové rozvržení dne, hodnotové soudy, stejně jako aktivity jedince i celé rodiny. Proto je důležité, aby si žák uvědomoval možnou provázanost svého jednání a postojů, jakož i jednání a postojů svých nejbližších (rodina) a svých vrstevníků, s mediálním konzumem.</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
-          <t>roztřídí si informace podle toho, odkud je nejčastěji získává, a sdělí, proč některému zdroji dává přednost   odliší (např. v textu, mluveném projevu) kdy se jedná o vyjádření faktu a kdy jde o názor (postoj)  rozpozná, zda sdělení obsahuje slova a obrazy vyvolávající emoce vyhodnotí uživatelské návyky v konzumaci médií u sebe i u svých vrstevníkůsdělí, proč jsou pro něj některé mediální produkty (např. na Facebooku, Instagramu, Whatsappu, Youtube aj.), jako jsou videa, počítačové hry, hudební klipy přitažlivénajde mediální obsahy s přímými či nepřímými výzvami k rizikovému jednání (např. k šikaně)najde a pojmenuje projevy kyberšikany</t>
+          <t>vysvětluje výběr filmů, televizních pořadů, internetových stránek, sociálních sítí apod., které sleduje (záměrný/nezáměrný výběr</t>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>na konkrétních příkladech se učí poznávat kontext, do něhož je konkrétní mediální sdělení vsazeno rozeznává v mediálních sděleních stereotypy a na příkladech uvede jejich zjednodušující a paušalizující vztah ke skutečnosti)na konkrétních příkladech rozpoznává prostředky mediální skandalizaceporovnává souvislosti mezi stereotypy v reklamních sděleních a životním stylem svým, svých vrstevníků rozpoznává manipulativní sílu obrazů v reklamních sděleníchhledá možné postoje, které za volbou témat a kontextů stojí zdůvodňuje, proč jsou svobodná média důležitá pro fungování demokratické společnosti </t>
+          <t>zvažuje, zda příliš časté užívání médií může mít negativní důsledky a jak se u něho mohou projevit, případně s jakými negativními projevy se setkal o svých kamarádů, spolužáků  nachází příklady toho, zda a jak užívání médií ovlivňuje jeho zájmy a koníčky hledá a popisuje pravidelnosti, které vysledoval v užívání médií u sebe sama, svých vrstevníků a svém okolí vysvětluje důvody setrvávání se skupině utvořené v prostředí sociálních sítí, případně zdůvodňuje její opuštění</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>Rozezná postoje, stereotypy obsažené v různých mediálních sděleních. Uvede příklady postojů, stereotypů a předsudků, se kterými se setkal u lidí ve svém okolí, a porovná je s postoji, stereotypy a předsudky, se kterými se setkal v různých mediálních sděleních. Navrhne způsoby, jak předcházet rizikům působení masových a síťových médií v různých situacích.</t>
+          <t>Vyhodnotí uživatelské návyky v konzumaci médií u sebe i u svých vrstevníků.Sdělí, proč jsou pro něj některé mediální produkty přitažlivé (videa, počítačové hry, hudební klipy, Instagram, WhatsApp apod.).Najde mediální obsahy s přímými či nepřímými výzvami k rizikovému jednání (např. k šikaně).Najde a pojmenuje projevy kyberšikany.</t>
         </is>
       </c>
       <c r="N13" s="0" t="inlineStr">
         <is>
-          <t>Na konkrétních příkladech rozezná základní hodnoty a předsudky v mediálních sděleních a navrhne, jak předcházet rizikům působení médií.</t>
+          <t/>
         </is>
       </c>
       <c r="O13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>Společnost pro všechny</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Společnost pro všechny je rozvíjet u žáka schopnost uvážlivě se orientovat v každodenním životě, rozhodovat se o věcech všedních i zásadních a kriticky reflektovat vlastní přístupy a postoje s vědomím odpovědnosti za důsledky vlastních rozhodnutí pro sebe i pro druhé.Prostřednictvím tohoto průřezového tématu se žák postupně seznamuje se složitostí, rozmanitostí a propojeností současného světa. Je veden k tomu, aby o svých zjištěních přemýšlel a uvědomoval si, co jeho postoje, uvažování, hodnocení a rozhodování ovlivňuje. Poznává, že se může snažit pozitivně ovlivňovat svůj život a společnost v jejím každodenním chodu s ohledem na dopady na různých úrovních od osobní přes školní, lokální až po globální. Je veden k tomu, aby prosazoval změny s respektováním rovných příležitostí, lidských práv a důstojnosti každého člověka.  Průřezové téma nabízí žákovi možnost prostřednictvím modelových i reálných situací: a) osvojovat si aktivní a bezpečný vztah ke komunikačním technologiím (médiím), b) utvářet si nehodnotící, otevřený postoj k rozmanitostem jak v blízkém okolí, tak ve světě, c) odhalovat sdílené interpretace světa (příběhy) a předsudečné a nepodloženě hodnotící soudy (stereotypy) v současných komunikačních praktikách. Dále poskytuje příležitost zvyšovat odolnost vůči manipulativním technikám a aplikovat principy demokratického rozhodování a spolurozhodování v každodenním životě. Zahrnuje také reflektování a vědomé korekce užívání médií.Je důležité, aby žák vnímal roli a postavení médií ve svém životě i v životě svého okolí, snažil se kriticky vyhodnocovat zdroje informací, které média nabízejí, a odhalovat manipulativní techniky těch, kteří média ovládají, a vnímal svět jako rozmanitý, vnitřně provázaný prostor, ve kterém je třeba podporovat rovné šance a důstojné vztahy.</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
@@ -39074,504 +39308,504 @@
           <t>Cílem průřezového tématu Udržitelné prostředí je vybavit žáka schopností vnímat, poznávat a jednat směrem k udržitelnosti života na naší planetě, a to v oblasti osobní, občanské i profesní. Téma zahrnuje utváření vztahu k životnímu prostředí (přírodnímu, sociálnímu, kulturnímu i vystavěnému) a jeho reflexi. Propojuje environmentální výchovu s dalšími aspekty udržitelnosti a rozvíjí porozumění vzájemné propojenosti mezi environmentální, sociální, ekonomickou a kulturní rovinou udržitelnosti v prostorových i časových souvislostech. Podporuje schopnost samostatně zkoumat problémy a výzvy udržitelnosti. Motivuje žáka a posiluje jeho předpoklady k aktivnímu jednání a řešení problémů udržitelnosti na individuální a kolektivní úrovni.</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>PTU-000-000-ZV9-001</t>
+          <t>PTU-000-000-ZV5-001</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>Vyhledá příklady, kdy lidské zásahy do prostředí přinesly původně nepředvídané důsledky, a vysvětlí, jak je možné se z daných příkladů do budoucna poučit.</t>
+          <t>Navrhne, jak by v budoucnosti mělo vypadat místo, kde žije, a jak by takový vývoj mohl podpořit.</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Geografie, Přírodopis, Dějepis.Očekávaný výsledek učení vyjadřuje schopnost žáka porozumět tomu, že je nezbytné promýšlet, jaký bude vývoj prostředí (na různých úrovních – od místní po globální) v budoucnosti, ale že zároveň nelze vše přesně naplánovat a předpovědět. Žák by měl porozumět tomu, proč je potřeba uplatňovat princip předběžné opatrnosti, jaké jsou příčiny nejistot v předpovědích budoucího vývoje (např. zpoždění mezi příčinou a následkem, velký dopad původně malých zásahů do prostředí), a naučit se s nimi pracovat a vyrovnávat. Očekávaný výsledek učení zahrnuje schopnost uvažovat (na základě chápání vztahů mezi příčinami a následky) o budoucím vývoji a pracovat a vyrovnávat se s pravděpodobnostním charakterem vývoje, nejistotami a omezenou předvídatelností. Směřuje k pochopení křehkosti a nepředvídatelnosti současného světa a v důsledku k důležitosti opatrného a promyšleného zasahování do okolního prostředí. Je vhodné využít koncept Planetárních mezí, který kvantifikuje bezpečné hranice využívání různých oblastí a jejich překročení v současné době.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět.Dosažením očekávaných výsledků učení se u žáka rozvíjí vztah k místu, porozumění vazbám mezi přírodními a společenskými prvky a procesy v něm a dynamice a zákonitostem jejich vývoje. OVU propojuje různé dimenze pohledu na místo se schopností žáků uvažovat o budoucnosti, vyjádřit svoje případné obavy z vývoje, ale i přání a vize toho, jak by se jejich komunita měla rozvíjet. Schopnost uvažovat o budoucnosti je jedním ze základních předpokladů pro motivaci k tomu, starat se o svoji komunitu a zapojovat se do společenské diskuse o jejím vývoji. Je třeba, aby žáci dostali příležitost otevřeně mluvit o svých obavách, například o tom, jak různé projevy klimatické změny (např. sucho, častější případy povodní, ohrožení místních lesů) negativně ovlivňují jejich „svět“. Schopnost najít pozitivní vizi vývoje jejich komunity současně vede k posilování jejich naděje v úspěšné zvládnutí stávajících problémů. Pro úspěšné zvládnutí je důležité strávit část výuky venku a zkoumat okolní prostředí na základě vlastní zkušenosti.</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>nalezne nejprve jednoduché příklady situací, u kterých neumíme přesně předpovědět jejich budoucí vývoj (např. předpověď počasí, dopravní situace), a následně komplexnější příklady týkající se životního prostředí (např. environmentální důsledky změn hospodářského využívání krajiny, skladby lesa, používání DDT, freonů, spalování fosilních paliv apod.)</t>
+          <t>uvede příklady změn, ke kterým v místě, kde žije, došlo v průběhu jeho života změny dává do souvislostí se změnami, které zjistí od místních obyvatel, kteří na místě žijí déle – rodičů, sousedů, pamětníků, či z historických pramenů a literatury (u celoškolního projektu se počítá s různou věkovou skladbou žáků) podle možností některé změny samostatně či ve skupině zkoumá a zamýšlí se nad příčinami proměn vysvětlí, že komunita, místo, ve kterém žije, nezůstává stejné, některé změny mu prospívají, jiné naopak může vnímat negativně</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>na nalezených příkladech pojmenuje některé příčiny omezené předvídatelnosti a nejistot scénářů budoucího vývoje vysvětlí princip předběžné opatrnosti a diskutuje možnosti jeho uplatnění</t>
+          <t>na základě podnětů od učitele, či podnětů získaných vlastním průzkumem (např. dotazováním se místních obyvatel, pozorováním v přírodě a obci), či aktuálního dění ve společnosti diskutuje o tom, jak se jejich komunita bude v budoucnosti proměňovat (u celoškolního projektu se počítá s různou věkovou skladbou žáků) porovnává různé varianty budoucího vývoje komunity, z hlediska jejich časové vzdálenosti, pravděpodobnosti a toho, jestli takovou změnu preferuje, či nikoliv reflektuje, jaké změny ve své komunitě a okolí by si nepřál a co může udělat pro to, aby nenastaly</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Aplikuje získané poznatky na vybrané aktuální situace a problémy (např. dopady klimatické změny a možné reakce na ni v lokálním i globálním měřítku).</t>
+          <t>Formuluje vlastní pozitivní vizi vývoje své komunity, tj. to, jak by se měla měnit směrem k její větší udržitelnosti. Navrhuje, jak by sám či s jinými lidmi mohl takový vývoj vlastním úsilím podpořit.</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
-          <t>Vyhledá příklady, kdy lidské zásahy do prostředí přinesly původně nepředvídané důsledky, a vysvětlí, jak je možné se z daných příkladů do budoucna poučit.</t>
+          <t>Navrhne, jak by v budoucnosti mělo vypadat místo, kde žije, a jak by takový vývoj mohl podpořit.</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>Udržitelné prostředí</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Udržitelné prostředí je vybavit žáka schopností vnímat, poznávat a jednat směrem k udržitelnosti života na naší planetě, a to v oblasti osobní, občanské i profesní. Téma zahrnuje utváření vztahu k životnímu prostředí (přírodnímu, sociálnímu, kulturnímu i vystavěnému) a jeho reflexi. Propojuje environmentální výchovu s dalšími aspekty udržitelnosti a rozvíjí porozumění vzájemné propojenosti mezi environmentální, sociální, ekonomickou a kulturní rovinou udržitelnosti v prostorových i časových souvislostech. Podporuje schopnost samostatně zkoumat problémy a výzvy udržitelnosti. Motivuje žáka a posiluje jeho předpoklady k aktivnímu jednání a řešení problémů udržitelnosti na individuální a kolektivní úrovni.</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>PTU-000-000-ZV5-001</t>
+          <t>PTU-000-000-ZV9-001</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
-          <t>Navrhne, jak by v budoucnosti mělo vypadat místo, kde žije, a jak by takový vývoj mohl podpořit.</t>
+          <t>Vyhledá příklady, kdy lidské zásahy do prostředí přinesly původně nepředvídané důsledky, a vysvětlí, jak je možné se z daných příkladů do budoucna poučit.</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět.Dosažením očekávaných výsledků učení se u žáka rozvíjí vztah k místu, porozumění vazbám mezi přírodními a společenskými prvky a procesy v něm a dynamice a zákonitostem jejich vývoje. OVU propojuje různé dimenze pohledu na místo se schopností žáků uvažovat o budoucnosti, vyjádřit svoje případné obavy z vývoje, ale i přání a vize toho, jak by se jejich komunita měla rozvíjet. Schopnost uvažovat o budoucnosti je jedním ze základních předpokladů pro motivaci k tomu, starat se o svoji komunitu a zapojovat se do společenské diskuse o jejím vývoji. Je třeba, aby žáci dostali příležitost otevřeně mluvit o svých obavách, například o tom, jak různé projevy klimatické změny (např. sucho, častější případy povodní, ohrožení místních lesů) negativně ovlivňují jejich „svět“. Schopnost najít pozitivní vizi vývoje jejich komunity současně vede k posilování jejich naděje v úspěšné zvládnutí stávajících problémů. Pro úspěšné zvládnutí je důležité strávit část výuky venku a zkoumat okolní prostředí na základě vlastní zkušenosti.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Geografie, Přírodopis, Dějepis.Očekávaný výsledek učení vyjadřuje schopnost žáka porozumět tomu, že je nezbytné promýšlet, jaký bude vývoj prostředí (na různých úrovních – od místní po globální) v budoucnosti, ale že zároveň nelze vše přesně naplánovat a předpovědět. Žák by měl porozumět tomu, proč je potřeba uplatňovat princip předběžné opatrnosti, jaké jsou příčiny nejistot v předpovědích budoucího vývoje (např. zpoždění mezi příčinou a následkem, velký dopad původně malých zásahů do prostředí), a naučit se s nimi pracovat a vyrovnávat. Očekávaný výsledek učení zahrnuje schopnost uvažovat (na základě chápání vztahů mezi příčinami a následky) o budoucím vývoji a pracovat a vyrovnávat se s pravděpodobnostním charakterem vývoje, nejistotami a omezenou předvídatelností. Směřuje k pochopení křehkosti a nepředvídatelnosti současného světa a v důsledku k důležitosti opatrného a promyšleného zasahování do okolního prostředí. Je vhodné využít koncept Planetárních mezí, který kvantifikuje bezpečné hranice využívání různých oblastí a jejich překročení v současné době.</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
-          <t>uvede příklady změn, ke kterým v místě, kde žije, došlo v průběhu jeho života změny dává do souvislostí se změnami, které zjistí od místních obyvatel, kteří na místě žijí déle – rodičů, sousedů, pamětníků, či z historických pramenů a literatury (u celoškolního projektu se počítá s různou věkovou skladbou žáků) podle možností některé změny samostatně či ve skupině zkoumá a zamýšlí se nad příčinami proměn vysvětlí, že komunita, místo, ve kterém žije, nezůstává stejné, některé změny mu prospívají, jiné naopak může vnímat negativně</t>
+          <t>nalezne nejprve jednoduché příklady situací, u kterých neumíme přesně předpovědět jejich budoucí vývoj (např. předpověď počasí, dopravní situace), a následně komplexnější příklady týkající se životního prostředí (např. environmentální důsledky změn hospodářského využívání krajiny, skladby lesa, používání DDT, freonů, spalování fosilních paliv apod.)</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>na základě podnětů od učitele, či podnětů získaných vlastním průzkumem (např. dotazováním se místních obyvatel, pozorováním v přírodě a obci), či aktuálního dění ve společnosti diskutuje o tom, jak se jejich komunita bude v budoucnosti proměňovat (u celoškolního projektu se počítá s různou věkovou skladbou žáků) porovnává různé varianty budoucího vývoje komunity, z hlediska jejich časové vzdálenosti, pravděpodobnosti a toho, jestli takovou změnu preferuje, či nikoliv reflektuje, jaké změny ve své komunitě a okolí by si nepřál a co může udělat pro to, aby nenastaly</t>
+          <t>na nalezených příkladech pojmenuje některé příčiny omezené předvídatelnosti a nejistot scénářů budoucího vývoje vysvětlí princip předběžné opatrnosti a diskutuje možnosti jeho uplatnění</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>Formuluje vlastní pozitivní vizi vývoje své komunity, tj. to, jak by se měla měnit směrem k její větší udržitelnosti. Navrhuje, jak by sám či s jinými lidmi mohl takový vývoj vlastním úsilím podpořit.</t>
+          <t>Aplikuje získané poznatky na vybrané aktuální situace a problémy (např. dopady klimatické změny a možné reakce na ni v lokálním i globálním měřítku).</t>
         </is>
       </c>
       <c r="N20" s="0" t="inlineStr">
         <is>
-          <t>Navrhne, jak by v budoucnosti mělo vypadat místo, kde žije, a jak by takový vývoj mohl podpořit.</t>
+          <t>Vyhledá příklady, kdy lidské zásahy do prostředí přinesly původně nepředvídané důsledky, a vysvětlí, jak je možné se z daných příkladů do budoucna poučit.</t>
         </is>
       </c>
       <c r="O20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>Udržitelné prostředí</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Udržitelné prostředí je vybavit žáka schopností vnímat, poznávat a jednat směrem k udržitelnosti života na naší planetě, a to v oblasti osobní, občanské i profesní. Téma zahrnuje utváření vztahu k životnímu prostředí (přírodnímu, sociálnímu, kulturnímu i vystavěnému) a jeho reflexi. Propojuje environmentální výchovu s dalšími aspekty udržitelnosti a rozvíjí porozumění vzájemné propojenosti mezi environmentální, sociální, ekonomickou a kulturní rovinou udržitelnosti v prostorových i časových souvislostech. Podporuje schopnost samostatně zkoumat problémy a výzvy udržitelnosti. Motivuje žáka a posiluje jeho předpoklady k aktivnímu jednání a řešení problémů udržitelnosti na individuální a kolektivní úrovni.</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>PTU-000-000-ZV5-002</t>
+          <t>PTU-000-000-ZV9-002</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>Naplánuje a uskuteční se spolužáky opatření zaměřená na posílení udržitelnosti ve škole, obci či okolní krajině.</t>
+          <t>Prozkoumá a vysvětlí provázanost mezi klimatickou změnou, vlastním životním stylem, životem společnosti a ekonomickou činností.</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět.Dosažením očekávaného výsledku učení a navazujícího projektu žáci aplikují vědomosti a dovednosti ze vzdělávacího oboru a získávají přesvědčení, že dokážou vlastním úsilím podporovat udržitelnost. Realizací projektu zažijí to, že něco opravdu dokázali změnit. Protože většina potřebných změn vyžaduje spolupráci více lidí, rozvíjejí přirozeně svoji schopnost spolupracovat na řešení problému se spolužáky. Předpokladem úspěšného splnění očekávaného výsledku učení je to, že si žáci vyberou téma projektu, které reaguje na potřeby školy, obce či okolní krajiny a podílí se na rozhodování ve všech fázích práce na projektu. Očekávaný výsledek učení podporuje zavádění celoškolního přístupu ve školách, tj. předpokládá spolupráci vyučujících, žáků i vedení školy na realizaci konkrétních opatření.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Geografie, Přírodopis, Chemie, Fyzika, Informatika, Dějepis.Dosažení očekávaného výsledku učení umožní žákovi porozumět vzájemné provázanosti mezi přírodovědným a společenskovědním pohledem na klimatickou změnu.Klimatická změna je fenomén, k jehož porozumění je potřeba propojovat poznatky z různých oborů (přírodovědnou podstatu problému s jeho společenskými příčinami a dopady). Žák by měl dokázat uvést konkrétní příklady vlivu klimatické změny v jeho okolí na události ve světě. Měl by umět vysvětlit, jak s klimatickou změnou sám souvisí a jak klimatická změna ovlivňuje či může ovlivnit jeho životní styl. OVU rozvíjí schopnost žáka myslet celostně (holisticky), v souvislostech a vzájemných vztazích. Celostní myšlení je jedním z předpokladů odpovědného občanského chování.Naplnění OVU předpokládá tematický přístup, tj. například vytvoření provázaného tematického celku Klimatická změna, na kterém se podílí více učitelů. Tematický celek by měl mít dlouhodobější charakter a měl by poskytovat prostor pro diskuse a samostatnou práci žáka (např. k vyhledávání informací k dílčím otázkám, které ho zajímají a sám je navrhne). Tematický celek může dále zahrnovat např. terénní sběr dat, práci s různými informačními zdroji (např. AI, besedy s odborníky, práci s texty, filmy).</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
-          <t>diskutuje společně s ostatními, jakým způsobem souvisí provoz jejich školy (či stav okolní krajiny, fungování obce) s udržitelností (např. spotřeba energie, nakládání s odpady, péče o okolní zeleň a krajinu)</t>
+          <t>diskutuje o tom, co již sám ví o klimatické změně a co by se chtěl ještě dozvědět na základě podnětů z předchozí diskuse vyhledává informace a získává nové poznatky o klimatické změně, jejích příčinách, projevech, možných důsledcích a řešeních uvádí příklady a diskutuje souvislosti mezi vlastním životním stylem, životem společnosti, ekonomickou činností a klimatickou změnou diskutuje různá mitigační a adaptační opatření a porovnává jejich dosažitelnost a účinnost v různém kontextu</t>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>vyhodnocuje společně s ostatními, v jakých oblastech by bylo možné udržitelnost v dané lokalitě posílit diskutuje o jednotlivých návrzích projektů, podílí se na výběru vhodného projektu, jeho plánování a prezentaci postupu k jeho řešení</t>
+          <t>pomocí badatelských postupů zkoumá příčiny, projevy či účinnost různých opatření na řešení klimatické změny v konkrétním prostředí na základě práce s médii či průzkumem v komunitě zjišťuje a vyhodnotí názory veřejnosti na klimatickou změnu či konkrétní mitigační či adaptační opatření zjišťuje a hodnotí argumentaci používanou v různých sděleních o klimatické změně (např. v médiích), na konkrétních případech pak rozpoznává interpretační a argumentační postupy či účelové využívání informací (např. rozezná, zda autoři odkazují na primární data, zda jsou jejich zdroje publikovány ve vědeckých časopisech), vysvětlí, v čem se rozebíraná sdělení odchylují od stavu poznání, rozlišuje zda jsou publikované scénáře, argumenty či závěry postaveny na vědeckých důkazech či zda jde o zavádějící a odborně problematická tvrzení v průběhu práce naslouchá ostatním a vyjadřuje a emoce, které v něm klimatická změna vyvolává</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>Zapojuje se do realizace zvoleného projektu a spolupracuje s ostatními. Vyhodnotí společně s ostatními výsledky projektu, reflektuje postup práce a oslaví výsledek.</t>
+          <t>Navrhne badatelský postup k prozkoumání vybraného aspektu klimatické změny, vyhodnotí výsledky svého badatelského postupu a diskutuje o nich v souvislosti s klimatickou změnou. Reflektuje průběžně postup své práce, ale i vlastní názor na diskutovaná témata, celkové porozumění problému. Na konkrétních příkladech mediálních sdělení vyhodnotí objektivitu použité argumentace o klimatické změně.</t>
         </is>
       </c>
       <c r="N21" s="0" t="inlineStr">
         <is>
-          <t>Se spolužáky naplánuje a uskuteční opatření zaměřená na posílení udržitelnosti ve škole, obci či okolní krajině.</t>
+          <t>Uvede konkrétní příklady provázanosti mezi klimatickou změnou, vlastním životním stylem a životem společnosti.</t>
         </is>
       </c>
       <c r="O21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
           <t>Udržitelné prostředí</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Udržitelné prostředí je vybavit žáka schopností vnímat, poznávat a jednat směrem k udržitelnosti života na naší planetě, a to v oblasti osobní, občanské i profesní. Téma zahrnuje utváření vztahu k životnímu prostředí (přírodnímu, sociálnímu, kulturnímu i vystavěnému) a jeho reflexi. Propojuje environmentální výchovu s dalšími aspekty udržitelnosti a rozvíjí porozumění vzájemné propojenosti mezi environmentální, sociální, ekonomickou a kulturní rovinou udržitelnosti v prostorových i časových souvislostech. Podporuje schopnost samostatně zkoumat problémy a výzvy udržitelnosti. Motivuje žáka a posiluje jeho předpoklady k aktivnímu jednání a řešení problémů udržitelnosti na individuální a kolektivní úrovni.</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>PTU-000-000-ZV9-002</t>
+          <t>PTU-000-000-ZV5-002</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>Prozkoumá a vysvětlí provázanost mezi klimatickou změnou, vlastním životním stylem, životem společnosti a ekonomickou činností.</t>
+          <t>Naplánuje a uskuteční se spolužáky opatření zaměřená na posílení udržitelnosti ve škole, obci či okolní krajině.</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Geografie, Přírodopis, Chemie, Fyzika, Informatika, Dějepis.Dosažení očekávaného výsledku učení umožní žákovi porozumět vzájemné provázanosti mezi přírodovědným a společenskovědním pohledem na klimatickou změnu.Klimatická změna je fenomén, k jehož porozumění je potřeba propojovat poznatky z různých oborů (přírodovědnou podstatu problému s jeho společenskými příčinami a dopady). Žák by měl dokázat uvést konkrétní příklady vlivu klimatické změny v jeho okolí na události ve světě. Měl by umět vysvětlit, jak s klimatickou změnou sám souvisí a jak klimatická změna ovlivňuje či může ovlivnit jeho životní styl. OVU rozvíjí schopnost žáka myslet celostně (holisticky), v souvislostech a vzájemných vztazích. Celostní myšlení je jedním z předpokladů odpovědného občanského chování.Naplnění OVU předpokládá tematický přístup, tj. například vytvoření provázaného tematického celku Klimatická změna, na kterém se podílí více učitelů. Tematický celek by měl mít dlouhodobější charakter a měl by poskytovat prostor pro diskuse a samostatnou práci žáka (např. k vyhledávání informací k dílčím otázkám, které ho zajímají a sám je navrhne). Tematický celek může dále zahrnovat např. terénní sběr dat, práci s různými informačními zdroji (např. AI, besedy s odborníky, práci s texty, filmy).</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět.Dosažením očekávaného výsledku učení a navazujícího projektu žáci aplikují vědomosti a dovednosti ze vzdělávacího oboru a získávají přesvědčení, že dokážou vlastním úsilím podporovat udržitelnost. Realizací projektu zažijí to, že něco opravdu dokázali změnit. Protože většina potřebných změn vyžaduje spolupráci více lidí, rozvíjejí přirozeně svoji schopnost spolupracovat na řešení problému se spolužáky. Předpokladem úspěšného splnění očekávaného výsledku učení je to, že si žáci vyberou téma projektu, které reaguje na potřeby školy, obce či okolní krajiny a podílí se na rozhodování ve všech fázích práce na projektu. Očekávaný výsledek učení podporuje zavádění celoškolního přístupu ve školách, tj. předpokládá spolupráci vyučujících, žáků i vedení školy na realizaci konkrétních opatření.</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
-          <t>diskutuje o tom, co již sám ví o klimatické změně a co by se chtěl ještě dozvědět na základě podnětů z předchozí diskuse vyhledává informace a získává nové poznatky o klimatické změně, jejích příčinách, projevech, možných důsledcích a řešeních uvádí příklady a diskutuje souvislosti mezi vlastním životním stylem, životem společnosti, ekonomickou činností a klimatickou změnou diskutuje různá mitigační a adaptační opatření a porovnává jejich dosažitelnost a účinnost v různém kontextu</t>
+          <t>diskutuje společně s ostatními, jakým způsobem souvisí provoz jejich školy (či stav okolní krajiny, fungování obce) s udržitelností (např. spotřeba energie, nakládání s odpady, péče o okolní zeleň a krajinu)</t>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>pomocí badatelských postupů zkoumá příčiny, projevy či účinnost různých opatření na řešení klimatické změny v konkrétním prostředí na základě práce s médii či průzkumem v komunitě zjišťuje a vyhodnotí názory veřejnosti na klimatickou změnu či konkrétní mitigační či adaptační opatření zjišťuje a hodnotí argumentaci používanou v různých sděleních o klimatické změně (např. v médiích), na konkrétních případech pak rozpoznává interpretační a argumentační postupy či účelové využívání informací (např. rozezná, zda autoři odkazují na primární data, zda jsou jejich zdroje publikovány ve vědeckých časopisech), vysvětlí, v čem se rozebíraná sdělení odchylují od stavu poznání, rozlišuje zda jsou publikované scénáře, argumenty či závěry postaveny na vědeckých důkazech či zda jde o zavádějící a odborně problematická tvrzení v průběhu práce naslouchá ostatním a vyjadřuje a emoce, které v něm klimatická změna vyvolává</t>
+          <t>vyhodnocuje společně s ostatními, v jakých oblastech by bylo možné udržitelnost v dané lokalitě posílit diskutuje o jednotlivých návrzích projektů, podílí se na výběru vhodného projektu, jeho plánování a prezentaci postupu k jeho řešení</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>Navrhne badatelský postup k prozkoumání vybraného aspektu klimatické změny, vyhodnotí výsledky svého badatelského postupu a diskutuje o nich v souvislosti s klimatickou změnou. Reflektuje průběžně postup své práce, ale i vlastní názor na diskutovaná témata, celkové porozumění problému. Na konkrétních příkladech mediálních sdělení vyhodnotí objektivitu použité argumentace o klimatické změně.</t>
+          <t>Zapojuje se do realizace zvoleného projektu a spolupracuje s ostatními. Vyhodnotí společně s ostatními výsledky projektu, reflektuje postup práce a oslaví výsledek.</t>
         </is>
       </c>
       <c r="N22" s="0" t="inlineStr">
         <is>
-          <t>Uvede konkrétní příklady provázanosti mezi klimatickou změnou, vlastním životním stylem a životem společnosti.</t>
+          <t>Se spolužáky naplánuje a uskuteční opatření zaměřená na posílení udržitelnosti ve škole, obci či okolní krajině.</t>
         </is>
       </c>
       <c r="O22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
           <t>Udržitelné prostředí</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Udržitelné prostředí je vybavit žáka schopností vnímat, poznávat a jednat směrem k udržitelnosti života na naší planetě, a to v oblasti osobní, občanské i profesní. Téma zahrnuje utváření vztahu k životnímu prostředí (přírodnímu, sociálnímu, kulturnímu i vystavěnému) a jeho reflexi. Propojuje environmentální výchovu s dalšími aspekty udržitelnosti a rozvíjí porozumění vzájemné propojenosti mezi environmentální, sociální, ekonomickou a kulturní rovinou udržitelnosti v prostorových i časových souvislostech. Podporuje schopnost samostatně zkoumat problémy a výzvy udržitelnosti. Motivuje žáka a posiluje jeho předpoklady k aktivnímu jednání a řešení problémů udržitelnosti na individuální a kolektivní úrovni.</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>PTU-000-000-ZV5-003</t>
+          <t>PTU-000-000-ZV9-003</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>Vyhodnotí, jaké dopady má jeho chování na udržitelný život, a navrhne, v jakých oblastech by mohl dosáhnout zlepšení situace.</t>
+          <t>Vybírá, plánuje, realizuje a vyhodnotí společně se spolužáky nebo dalšími lidmi opatření potřebná pro posílení udržitelnosti v místní komunitě či ve světě.</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět.Dosažení očekávaného výsledku učení umožní žákovi vyhodnocovat dopady jeho vlastního chování na udržitelný život. Předpokládá se samostatná práce žáka, ve které za pomoci dodaných podnětů zkoumá z různých oblastí (např. spotřeba vody, energie, nakupování, cestování) fungování své domácnosti (či prostředí, ve kterém žije), sdílí s ostatními své výsledky a navrhuje změnu.Šetrné chování žáka na osobní rovině je předpokladem jeho ochoty rozsáhleji se zapojovat do ochrany životního prostředí a posilování udržitelnosti v budoucnosti. Řada situací, které žák doma zažívá, může vycházet z konkrétních podmínek a nemusí mít jednoduché řešení. Stejné opatření může mít jiný dopad, pokud se aplikuje v jiném prostředí (např. zateplení oken zpravidla přináší významné snížení spotřeby energie, jindy ale může být vhodnější investovat své úsilí do jiného opatření). Je proto důležité, aby se žák učil o možnostech úspor uvažovat v rámci konkrétních podmínek a teprve na základě jejich posouzení navrhoval realistická a smysluplná opatření. Očekávaný výsledek učení je dovednostně orientovaný a předpokládá, že si žáci prohloubí schopnost aplikovat to, co se už naučili.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Geografie, Přírodopis, Výchova k občanství.Dosažení očekávaného výsledku učení předpokládá, že žákovský projekt přesáhne hranice školy, tj. proběhne například ve spolupráci s obecním úřadem, širší veřejností, nevládní organizací, rodiči atd. Realizovaný projekt by měl být smysluplný a měl by pokud možno přinést trvalejší změnu (nikoli například pouze jednorázové vyčištění určité přírodní oblasti). Současně je důležité, aby byl projekt pro školu i žáky zvládnutelný, tj. respektoval konkrétní možnosti školy i žáků. O problému a jeho řešení by žáci měli komunikovat s dalšími skupinami obyvatel. Předpokladem úspěšného splnění očekávaného výstupu je to, že: a) žáci si vyberou projekt smysluplně reagující na reálný problém, b) žáci se podílejí na rozhodování ve všech fázích práce na projektu, c) žáci spolupracují s dalšími organizacemi či lidmi, kteří jsou pro prosazení jejich záměru důležití.Aby žáci získali přesvědčení, že dokážou vlastním úsilím podporovat udržitelnost, musí zažít, že něco opravdu dokázali změnit. Protože většina potřebných změn vyžaduje spolupráci více lidí, musí žáci rozvinout svoji schopnost spolupracovat na řešení problému se spolužáky a učiteli.</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
-          <t>posuzuje, jak jeho chování a fungování jeho domácnosti ovlivňuje životní prostředí a udržitelnost na konkrétních příkladech ukazuje různé možnosti řešení i případné problémy, které s daným opatřením souvisí</t>
+          <t>identifikuje společně s ostatními, jaké problémy související s udržitelností (např. problémy životního prostředí, sociální problémy) se projevují v jejich komunitě (místě, kde žijí, jeho okolí, či jiné zvolené lokalitě)</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>porovnává a vyhodnocuje účinnost a dosažitelnost jednotlivých typů opatření pro snížení svých negativních dopadů na životní prostředí a udržitelnost</t>
+          <t>diskutuje o tom, jakým způsobem tyto problémy souvisí s problémy, které se řeší i jinde ve světě (např. jak souvisí sucho v jejich regionu se změnami klimatu)  Vybere a popíše problém, kterým se chce zabývat vyhledává a porovnává různé názory na řešení zvoleného problému udržitelnosti (včetně například práce s médii, AI) porovnává různá možná řešení z hlediska jejich náročnosti a účinnosti</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>Využívá osvojené poznatky a dovednosti v samostatné práci, ve které navrhne plán realistického opatření na zlepšení situace.</t>
+          <t>Sestaví tým, který bude spolupracovat na projektu. Rozhoduje na základě předem dohodnutých kritérií o tom, jaký problém by chtěl se spolužáky řešit.Naplánuje a realizuje ve spolupráci se spolužáky, učiteli i dalšími lidmi a organizacemi projekt směřující k řešení či zmírnění problému či k adaptaci komunity na problém. Identifikuje s použitím různých badatelských metod (včetně například práce s médii, AI), jaké názory na problém a jeho možná řešení existují a jak je problém případně diskutován a interpretován v médiích. Reflektuje průběžně svá zjištění, ale i postup práce a emoce, jaké v souvislosti se zkoumaným problémem pociťuje.</t>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
-          <t>Popíše, jaké dopady má jeho chování na udržitelný život, a uvede konkrétní příklad, jak by mohl dosáhnout zlepšení situace.</t>
+          <t>Vybere, plánuje, realizuje a vyhodnotí společně se spolužáky opatření potřebná pro posílení udržitelnosti.</t>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
           <t>Udržitelné prostředí</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Cílem průřezového tématu Udržitelné prostředí je vybavit žáka schopností vnímat, poznávat a jednat směrem k udržitelnosti života na naší planetě, a to v oblasti osobní, občanské i profesní. Téma zahrnuje utváření vztahu k životnímu prostředí (přírodnímu, sociálnímu, kulturnímu i vystavěnému) a jeho reflexi. Propojuje environmentální výchovu s dalšími aspekty udržitelnosti a rozvíjí porozumění vzájemné propojenosti mezi environmentální, sociální, ekonomickou a kulturní rovinou udržitelnosti v prostorových i časových souvislostech. Podporuje schopnost samostatně zkoumat problémy a výzvy udržitelnosti. Motivuje žáka a posiluje jeho předpoklady k aktivnímu jednání a řešení problémů udržitelnosti na individuální a kolektivní úrovni.</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>PTU-000-000-ZV9-003</t>
+          <t>PTU-000-000-ZV5-003</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t>Vybírá, plánuje, realizuje a vyhodnotí společně se spolužáky nebo dalšími lidmi opatření potřebná pro posílení udržitelnosti v místní komunitě či ve světě.</t>
+          <t>Vyhodnotí, jaké dopady má jeho chování na udržitelný život, a navrhne, v jakých oblastech by mohl dosáhnout zlepšení situace.</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>Znalostního základu výsledku učení žák dosahuje v oboru Geografie, Přírodopis, Výchova k občanství.Dosažení očekávaného výsledku učení předpokládá, že žákovský projekt přesáhne hranice školy, tj. proběhne například ve spolupráci s obecním úřadem, širší veřejností, nevládní organizací, rodiči atd. Realizovaný projekt by měl být smysluplný a měl by pokud možno přinést trvalejší změnu (nikoli například pouze jednorázové vyčištění určité přírodní oblasti). Současně je důležité, aby byl projekt pro školu i žáky zvládnutelný, tj. respektoval konkrétní možnosti školy i žáků. O problému a jeho řešení by žáci měli komunikovat s dalšími skupinami obyvatel. Předpokladem úspěšného splnění očekávaného výstupu je to, že: a) žáci si vyberou projekt smysluplně reagující na reálný problém, b) žáci se podílejí na rozhodování ve všech fázích práce na projektu, c) žáci spolupracují s dalšími organizacemi či lidmi, kteří jsou pro prosazení jejich záměru důležití.Aby žáci získali přesvědčení, že dokážou vlastním úsilím podporovat udržitelnost, musí zažít, že něco opravdu dokázali změnit. Protože většina potřebných změn vyžaduje spolupráci více lidí, musí žáci rozvinout svoji schopnost spolupracovat na řešení problému se spolužáky a učiteli.</t>
+          <t>Znalostního základu výsledku učení žák dosahuje v oboru Člověk a jeho svět.Dosažení očekávaného výsledku učení umožní žákovi vyhodnocovat dopady jeho vlastního chování na udržitelný život. Předpokládá se samostatná práce žáka, ve které za pomoci dodaných podnětů zkoumá z různých oblastí (např. spotřeba vody, energie, nakupování, cestování) fungování své domácnosti (či prostředí, ve kterém žije), sdílí s ostatními své výsledky a navrhuje změnu.Šetrné chování žáka na osobní rovině je předpokladem jeho ochoty rozsáhleji se zapojovat do ochrany životního prostředí a posilování udržitelnosti v budoucnosti. Řada situací, které žák doma zažívá, může vycházet z konkrétních podmínek a nemusí mít jednoduché řešení. Stejné opatření může mít jiný dopad, pokud se aplikuje v jiném prostředí (např. zateplení oken zpravidla přináší významné snížení spotřeby energie, jindy ale může být vhodnější investovat své úsilí do jiného opatření). Je proto důležité, aby se žák učil o možnostech úspor uvažovat v rámci konkrétních podmínek a teprve na základě jejich posouzení navrhoval realistická a smysluplná opatření. Očekávaný výsledek učení je dovednostně orientovaný a předpokládá, že si žáci prohloubí schopnost aplikovat to, co se už naučili.</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
-          <t>identifikuje společně s ostatními, jaké problémy související s udržitelností (např. problémy životního prostředí, sociální problémy) se projevují v jejich komunitě (místě, kde žijí, jeho okolí, či jiné zvolené lokalitě)</t>
+          <t>posuzuje, jak jeho chování a fungování jeho domácnosti ovlivňuje životní prostředí a udržitelnost na konkrétních příkladech ukazuje různé možnosti řešení i případné problémy, které s daným opatřením souvisí</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>diskutuje o tom, jakým způsobem tyto problémy souvisí s problémy, které se řeší i jinde ve světě (např. jak souvisí sucho v jejich regionu se změnami klimatu)  Vybere a popíše problém, kterým se chce zabývat vyhledává a porovnává různé názory na řešení zvoleného problému udržitelnosti (včetně například práce s médii, AI) porovnává různá možná řešení z hlediska jejich náročnosti a účinnosti</t>
+          <t>porovnává a vyhodnocuje účinnost a dosažitelnost jednotlivých typů opatření pro snížení svých negativních dopadů na životní prostředí a udržitelnost</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>Sestaví tým, který bude spolupracovat na projektu. Rozhoduje na základě předem dohodnutých kritérií o tom, jaký problém by chtěl se spolužáky řešit.Naplánuje a realizuje ve spolupráci se spolužáky, učiteli i dalšími lidmi a organizacemi projekt směřující k řešení či zmírnění problému či k adaptaci komunity na problém. Identifikuje s použitím různých badatelských metod (včetně například práce s médii, AI), jaké názory na problém a jeho možná řešení existují a jak je problém případně diskutován a interpretován v médiích. Reflektuje průběžně svá zjištění, ale i postup práce a emoce, jaké v souvislosti se zkoumaným problémem pociťuje.</t>
+          <t>Využívá osvojené poznatky a dovednosti v samostatné práci, ve které navrhne plán realistického opatření na zlepšení situace.</t>
         </is>
       </c>
       <c r="N24" s="0" t="inlineStr">
         <is>
-          <t>Vybere, plánuje, realizuje a vyhodnotí společně se spolužáky opatření potřebná pro posílení udržitelnosti.</t>
+          <t>Popíše, jaké dopady má jeho chování na udržitelný život, a uvede konkrétní příklad, jak by mohl dosáhnout zlepšení situace.</t>
         </is>
       </c>
       <c r="O24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
-  <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
-  <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>