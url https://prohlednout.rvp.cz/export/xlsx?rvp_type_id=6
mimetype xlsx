--- v1 (2026-01-22)
+++ v2 (2026-03-16)
@@ -490,332 +490,332 @@
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-001</t>
+          <t>JJK-CJL-001-ZV5-001</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
-          <t>Dorozumívá se kultivovaně, výstižně, s jasným komunikačním záměrem a jazykovými prostředky vhodnými pro danou komunikační situaci.</t>
+          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>Vyjadřovat se kultivovaně a srozumitelně patří k základním požadavkům moderní komunikace. Žák využívá znalosti o jazyce a jazykovém systému, vědomě uplatňuje znalosti o jazykových prostředcích a mluvnických kategoriích a díky tomu se může vyjadřovat věcně, srozumitelně a výstižně. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, využívá pestrost slovní zásoby.Uvědomuje si odlišnosti konkrétních komunikačních situací a je schopný využívat takové jazykové prostředky, které jsou pro něj adekvátní. Rozvíjí své jazykové znalosti a komunikační dovednosti v mluveném i v písemném projevu a dokáže je využívat jak ve vyučování, tak v každodenním životě.</t>
+          <t>Žák získává základní znalosti o jazyce a jazykovém systému a užívá je v praktické komunikaci. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, volí vhodné verbální i nonverbální prostředky řeči v běžných situacích, využívá pestrost slovní zásoby.</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>vyjadřuje věcně a srozumitelně svoje myšlenky, pocity, postřehy, názory, úsudky ad. (forma vyjádření nemusí být vždy výstižná)pozorně naslouchá partnerovi, navazuje kontakt (oslovení, tykání, vykání ad.)vyjadřuje se věcně a srozumitelně užívá vědomě verbální i neverbální prostředky (např. v improvizovaných výstupech, ve scénkách, s využitím prvků dramatické výchovy apod.)prezentuje své komunikační dovednosti (např. mluvní cvičení, výstupy ve dvojicích i ve skupině, jednoduchá prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů apod.) </t>
+          <t>Mluví v přiměřeném tempu, se správnou intonací.</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t> rozlišuje a funkčně užívá spisovné a nespisovné jazykové prostředkyv komunikaci používá osvojené jazykové prostředky vzhledem s ohledem na komunikační situaci, záměr a adresátauplatňuje zásady dialogu v mluvené, psané i elektronické komunikacidodržuje pravidla slušné komunikace a také pravidla netikety v elektronické komunikaciprezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, mluvní cvičení, výstupy ve dvojicích i ve skupině, nácvik praktických komunikačních situací ad.)</t>
+          <t>Vhodně užívá slovní tvary v komunikační situaci.Tvoří souvislé větné celky.Vhodným způsobem vyjádří prosbu, oznámení, přání, rozkaz, otázku, omluvu.Rozliší základní prvky komunikace formální/veřejné oproti základním prvkům komunikace neformální/soukromé.Dodržuje společně stanovená pravidla pro vedení diskuse nebo dialogu.</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>rozlišuje spisovné a nespisovné prostředky fonetické, morfologické a lexikální roviny jazyka a využívá je v komunikacirozlišuje a charakterizuje jazykové prostředky obecné češtiny a jednotlivých nářečí rozpozná komunikační situace a volí vhodné jazykové prostředky, které v nich může uplatnitzahájí a moderuje diskusizapojuje se do diskusí na sociálních sítích a uvědomuje si role účastníků v těchto typech dialogické komunikacevyužívá digitální prostředí jako možnost rozšířit svoje komunikační dovednosti, strategie a techniky (např. vyhledávání podle klíčových slov, rozvíjení audiovizuální gramotnosti, role v různých typech internetové komunikace, např. facebook, twitter, tik-tok, instagram ad.)prezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, nácvik praktických komunikačních situací, soutěžní debaty s využitím argumentace, prezentace projektů ad.)</t>
+          <t>Mluví v přiměřeném tempu, se správnou intonací, větným přízvukem, dynamikou a melodií.Vhodně užívá slovní tvary.Tvoří souvislé větné celky.Vhodně použije slova citově zabarvená a neutrální.Používá spisovnou nebo nespisovnou podobu jazyka podle komunikačního partnera.Dodržuje pravidla pro vedení dialogu – vhodně zahájí a ukončí rozhovor.</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Dorozumí se kultivovaně, výstižně, reaguje na sdělení druhého mluvčího v komunikační situaci.</t>
+          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-001</t>
+          <t>JJK-CJL-001-ZV9-001</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
-          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
+          <t>Dorozumívá se kultivovaně, výstižně, s jasným komunikačním záměrem a jazykovými prostředky vhodnými pro danou komunikační situaci.</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>Žák získává základní znalosti o jazyce a jazykovém systému a užívá je v praktické komunikaci. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, volí vhodné verbální i nonverbální prostředky řeči v běžných situacích, využívá pestrost slovní zásoby.</t>
+          <t>Vyjadřovat se kultivovaně a srozumitelně patří k základním požadavkům moderní komunikace. Žák využívá znalosti o jazyce a jazykovém systému, vědomě uplatňuje znalosti o jazykových prostředcích a mluvnických kategoriích a díky tomu se může vyjadřovat věcně, srozumitelně a výstižně. Rozlišuje jazykové prostředky s ohledem na konkrétní komunikační situaci, vyjadřuje se jasně, srozumitelně, dbá na pečlivou výslovnost, využívá pestrost slovní zásoby.Uvědomuje si odlišnosti konkrétních komunikačních situací a je schopný využívat takové jazykové prostředky, které jsou pro něj adekvátní. Rozvíjí své jazykové znalosti a komunikační dovednosti v mluveném i v písemném projevu a dokáže je využívat jak ve vyučování, tak v každodenním životě.</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
-          <t>Mluví v přiměřeném tempu, se správnou intonací.</t>
+          <t>vyjadřuje věcně a srozumitelně svoje myšlenky, pocity, postřehy, názory, úsudky ad. (forma vyjádření nemusí být vždy výstižná)pozorně naslouchá partnerovi, navazuje kontakt (oslovení, tykání, vykání ad.)vyjadřuje se věcně a srozumitelně užívá vědomě verbální i neverbální prostředky (např. v improvizovaných výstupech, ve scénkách, s využitím prvků dramatické výchovy apod.)prezentuje své komunikační dovednosti (např. mluvní cvičení, výstupy ve dvojicích i ve skupině, jednoduchá prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů apod.) </t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>Vhodně užívá slovní tvary v komunikační situaci.Tvoří souvislé větné celky.Vhodným způsobem vyjádří prosbu, oznámení, přání, rozkaz, otázku, omluvu.Rozliší základní prvky komunikace formální/veřejné oproti základním prvkům komunikace neformální/soukromé.Dodržuje společně stanovená pravidla pro vedení diskuse nebo dialogu.</t>
+          <t> rozlišuje a funkčně užívá spisovné a nespisovné jazykové prostředkyv komunikaci používá osvojené jazykové prostředky vzhledem s ohledem na komunikační situaci, záměr a adresátauplatňuje zásady dialogu v mluvené, psané i elektronické komunikacidodržuje pravidla slušné komunikace a také pravidla netikety v elektronické komunikaciprezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, mluvní cvičení, výstupy ve dvojicích i ve skupině, nácvik praktických komunikačních situací ad.)</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>Mluví v přiměřeném tempu, se správnou intonací, větným přízvukem, dynamikou a melodií.Vhodně užívá slovní tvary.Tvoří souvislé větné celky.Vhodně použije slova citově zabarvená a neutrální.Používá spisovnou nebo nespisovnou podobu jazyka podle komunikačního partnera.Dodržuje pravidla pro vedení dialogu – vhodně zahájí a ukončí rozhovor.</t>
+          <t>rozlišuje spisovné a nespisovné prostředky fonetické, morfologické a lexikální roviny jazyka a využívá je v komunikacirozlišuje a charakterizuje jazykové prostředky obecné češtiny a jednotlivých nářečí rozpozná komunikační situace a volí vhodné jazykové prostředky, které v nich může uplatnitzahájí a moderuje diskusizapojuje se do diskusí na sociálních sítích a uvědomuje si role účastníků v těchto typech dialogické komunikacevyužívá digitální prostředí jako možnost rozšířit svoje komunikační dovednosti, strategie a techniky (např. vyhledávání podle klíčových slov, rozvíjení audiovizuální gramotnosti, role v různých typech internetové komunikace, např. facebook, twitter, tik-tok, instagram ad.)prezentuje své komunikační dovednosti (např. prezentace s využitím prostředků audiovizuální techniky a digitálních zdrojů, nácvik praktických komunikačních situací, soutěžní debaty s využitím argumentace, prezentace projektů ad.)</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
-          <t>V mluvené komunikaci používá osvojené jazykové prostředky vzhledem ke svému komunikačnímu záměru a dané komunikační situaci.</t>
+          <t>Dorozumí se kultivovaně, výstižně, reaguje na sdělení druhého mluvčího v komunikační situaci.</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-002</t>
+          <t>JJK-CJL-001-ZV5-002</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
-          <t>Vyslovuje v souladu s jazykovou normou česká a běžně užívaná cizí slova a užívá je vhodně vzhledem ke komunikační situaci.</t>
+          <t>Využívá znalosti o slovní zásobě a způsobech jejího rozšiřování v komunikaci a při práci s textem.</t>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>Žák zřetelně artikuluje a odděluje slova v ústním projevu, používá je ve tvaru v souladu s jazykovou normou tak, aby sdělil svůj komunikační záměr. V této souvislosti žák pracuje jak s již osvojenou, tak s postupně získávanou slovní zásobou. Rozlišuje slova domácí a slova cizího původu; uvědomuje si význam slov a rozhoduje se, ve které komunikační situaci je vhodné konkrétní slovo použít.K přesnému, jednoznačnému a smysluplnému vyjadřování je nutné, aby žák porozuměl významovým vztahům mezi slovy i větnými celky, aby ve svém projevu uplatňoval textovou návaznost a vhodně užíval jazykové prostředky.</t>
+          <t>Rozšiřování slovní zásoby je nutnou podmínkou pro tvoření vlastních textů a podporou při rozvíjení komunikačních dovedností. Bohatost slovní zásoby umožňuje přesné a jasné vyjádření, a to jak v ústní, tak v písemné podobě. Zároveň usnadňuje porozumění vyjádřením druhých.</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>správně artikuluje a vyslovuje podle svých schopností slova, která si již osvojildbá na správnou výslovnost krátkých a dlouhých samohlásek a souhláseks ohledem na své možnosti mluví v přiměřeném tempu, se správnou intonací, větným přízvukem, dynamikou a melodií</t>
+          <t>Vhodně použije slova opačného významu. </t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>obohacuje svoji slovní zásobu, dbá na správnou výslovnost nově osvojených slov zjišťuje správnou výslovnost slov ve slovníkuporozumí  významu nově osvojených slov a ve spolupráci s vyučujícím rozvíjí svoji výslovnost (např. čtením, poslechem, vyprávěním, zpíváním)rozvíjí správnou výslovnost souhláskových skupindbá na dodržování správného přízvukurozvíjí svoji výslovnost tzv. jazykolamů</t>
+          <t>Použije ve vlastním sdělení slova významem nadřazená, podřazená a souřadná.Nahradí slova v daném kontextu slovy se stejným nebo podobným významem.Rozlišuje ve slově kořen, část předponovou, příponovou a koncovku.Rozumí pojmu příbuzné slovo.</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>Rozvíjí správnou artikulaci a výslovnost méně frekventovaných slov domácího i cizího původu.U nově osvojených slov dbá na porozumění jejich významu.Posoudí zvukovou podobu přejatých slov (porovná výslovnost v původním jazyce a výslovnost v češtině). Dbá na svoji artikulaci, dikci, tempo řeči a větnou melodii s ohledem na komunikační situaci (běžná mluva, mluvní cvičení, prezentace ve třídě, debata ad.). Dbá na svoji artikulaci, dikci, tempo řeči a větnou melodii s ohledem na partnera v komunikaci (kamarádi, spolužáci, výchovný poradce, rodiče, prarodiče ad.).</t>
+          <t>Přečte přiměřeně dlouhý text a rozumí mu. Používá vhodná a významově správná slova v daném kontextu. Odhaduje význam slov, svoji odpověď ověří ve slovníku.</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
-          <t>Vyslovuje podle svých možností česká a běžně užívaná cizí slova v souladu s jazykovou normou. </t>
+          <t>Využívá svoji slovní zásobu při práci s textem a domluví se v běžných situacích.</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-002</t>
+          <t>JJK-CJL-001-ZV9-002</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>Využívá znalosti o slovní zásobě a způsobech jejího rozšiřování v komunikaci a při práci s textem.</t>
+          <t>Vyslovuje v souladu s jazykovou normou česká a běžně užívaná cizí slova a užívá je vhodně vzhledem ke komunikační situaci.</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>Rozšiřování slovní zásoby je nutnou podmínkou pro tvoření vlastních textů a podporou při rozvíjení komunikačních dovedností. Bohatost slovní zásoby umožňuje přesné a jasné vyjádření, a to jak v ústní, tak v písemné podobě. Zároveň usnadňuje porozumění vyjádřením druhých.</t>
+          <t>Žák zřetelně artikuluje a odděluje slova v ústním projevu, používá je ve tvaru v souladu s jazykovou normou tak, aby sdělil svůj komunikační záměr. V této souvislosti žák pracuje jak s již osvojenou, tak s postupně získávanou slovní zásobou. Rozlišuje slova domácí a slova cizího původu; uvědomuje si význam slov a rozhoduje se, ve které komunikační situaci je vhodné konkrétní slovo použít.K přesnému, jednoznačnému a smysluplnému vyjadřování je nutné, aby žák porozuměl významovým vztahům mezi slovy i větnými celky, aby ve svém projevu uplatňoval textovou návaznost a vhodně užíval jazykové prostředky.</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t>Vhodně použije slova opačného významu. </t>
+          <t>správně artikuluje a vyslovuje podle svých schopností slova, která si již osvojildbá na správnou výslovnost krátkých a dlouhých samohlásek a souhláseks ohledem na své možnosti mluví v přiměřeném tempu, se správnou intonací, větným přízvukem, dynamikou a melodií</t>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>Použije ve vlastním sdělení slova významem nadřazená, podřazená a souřadná.Nahradí slova v daném kontextu slovy se stejným nebo podobným významem.Rozlišuje ve slově kořen, část předponovou, příponovou a koncovku.Rozumí pojmu příbuzné slovo.</t>
+          <t>obohacuje svoji slovní zásobu, dbá na správnou výslovnost nově osvojených slov zjišťuje správnou výslovnost slov ve slovníkuporozumí  významu nově osvojených slov a ve spolupráci s vyučujícím rozvíjí svoji výslovnost (např. čtením, poslechem, vyprávěním, zpíváním)rozvíjí správnou výslovnost souhláskových skupindbá na dodržování správného přízvukurozvíjí svoji výslovnost tzv. jazykolamů</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>Přečte přiměřeně dlouhý text a rozumí mu. Používá vhodná a významově správná slova v daném kontextu. Odhaduje význam slov, svoji odpověď ověří ve slovníku.</t>
+          <t>Rozvíjí správnou artikulaci a výslovnost méně frekventovaných slov domácího i cizího původu.U nově osvojených slov dbá na porozumění jejich významu.Posoudí zvukovou podobu přejatých slov (porovná výslovnost v původním jazyce a výslovnost v češtině). Dbá na svoji artikulaci, dikci, tempo řeči a větnou melodii s ohledem na komunikační situaci (běžná mluva, mluvní cvičení, prezentace ve třídě, debata ad.). Dbá na svoji artikulaci, dikci, tempo řeči a větnou melodii s ohledem na partnera v komunikaci (kamarádi, spolužáci, výchovný poradce, rodiče, prarodiče ad.).</t>
         </is>
       </c>
       <c r="N5" s="0" t="inlineStr">
         <is>
-          <t>Využívá svoji slovní zásobu při práci s textem a domluví se v běžných situacích.</t>
+          <t>Vyslovuje podle svých možností česká a běžně užívaná cizí slova v souladu s jazykovou normou. </t>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
@@ -1474,496 +1474,496 @@
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-007</t>
+          <t>JJK-CJL-001-ZV9-007</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
-          <t>Experimentuje s jazyky a buduje si vztah k učení se jazykům.</t>
+          <t>Zhodnotí aktuální úroveň svých jazykových a komunikačních znalostí a dovedností s ohledem na své další jazykové vzdělávání.</t>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
-          <t>Cílem očekávaného výsledku učení je získávání zkušeností s cizími jazyky. Jedná se o jazykovou propedeutiku, při které žák postupně od 1. ročníku prochází takovými aktivitami, které mu umožňují poznat pestré jazykové bohatství, jež ho obklopuje. Podstatným znakem jazykové přípravy je zbavit žáka ostychu před cizími jazyky a vzbudit v něm zájem, aby se je sám chtěl učit. Zároveň je posilován vztah k mateřštině, který zakotvuje jazykovou a kulturní identitu.</t>
+          <t>Žák chápe význam mateřského jazyka ve vztahu k historii českého národa i ve vztahu k současné jazykové situaci. Vnímá jazyk jako komunikační nástroj, který je nezbytný pro vytváření mezilidských vztahů a sociálních vazeb. Zhodnotí postavení českého jazyka v multikulturním a mezinárodním kontextu.Jazykové znalosti a komunikační dovednosti přispívají k celoživotnímu vzdělávání a k osobnímu rozvoji. Žák je veden k tomu, že postupně přebírá zodpovědnost za vlastní (celoživotní) učení a uvědomuje si, jak uvedené znalosti a dovednosti ovlivňují jeho vnímání vlastní identity, učení a výsledků práce.</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
-          <t>Napodobuje to, co je řečeno v jiných jazycích (např. pozdravy, pojmenování zvířat, barvy, čísla).</t>
+          <t>uvědomuje si význam jazyka a jeho funkce, které používá v praxi;chápe, že jazyk je nástroj pro komunikaci, vyjadřování myšlenek a pocitů;získává základní poznatky o postavení českého jazyka mezi ostatními jazyky;uvědomuje si význam čtenářské gramotnosti pro rozvoj jazykových a komunikačních znalostí a dovedností;prostřednictvím jednoduchého sebehodnoticího dotazníku identifikuje oblasti v českém jazyce, které chce zlepšit. </t>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>Pozoruje podobnost některých jazyků s češtinou (např. "Gdje je pošta." - chorvatština).Všimne si, že některá podobně nebo stejně znějící slova mají odlišný význam (např. jagody - v polštině borůvky).Získává poznatky o rozmanitosti jazyků.Vytváří si pozitivní vztah k učení se jazykům.</t>
+          <t>zhodnotí nároky společnosti na jazykovou vybavenost jednotlivce (uplatnitelnost na trhu práce a požadavky ze strany zaměstnavatelů, jazykové zkoušky a Evropské jazykové portfolio); uvědomuje si, že jazykové a komunikační znalosti a dovednosti mohou ovlivnit jeho budoucí profesi;vnímá, že jazyk hraje důležitou roli při prezentaci sebe sama a při vytváření vztahů (v mluveném i psaném projevu);využívá své jazykové a komunikační znalosti a dovednosti v každodenním životě (elektronická komunikace, diskuze, prezentace);s využitím sebehodnocení a zpětné vazby navrhne následné kroky ke zlepšení dílčích výsledků učení;pracuje s mateřským jazykem pravidelně a navrhuje, jakým způsobem lze dále rozvíjet nabyté jazykové schopnosti.</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>Odhaduje význam běžně používaných slov cizího původu.Uvede příklad podobnosti některých jazyků s češtinou. Uvede příklad podobně nebo stejně znějících slov, která mají v češtině odlišný význam.Vyjádří svůj vztah k učení se cizím jazykům a zdůvodní ho.</t>
+          <t>Zhodnotí nároky společnosti na jazykovou vybavenost jednotlivce (uplatnitelnost na trhu práce a požadavky ze strany zaměstnavatelů, jazykové zkoušky a Evropské jazykové portfolio). Uvědomuje si, že jazykové a komunikační znalosti a dovednosti mohou ovlivnit jeho budoucí profesi.Vnímá, že jazyk hraje důležitou roli při prezentaci sebe sama a při vytváření vztahů (v mluveném i psaném projevu).Využívá své jazykové a komunikační znalosti a dovednosti v každodenním životě (elektronická komunikace, diskuse, prezentace).S využitím sebehodnocení a zpětné vazby navrhne následné kroky ke zlepšení dílčích výsledků učení.Pracuje s mateřským jazykem pravidelně a navrhuje, jakým způsobem lze dále rozvíjet nabyté jazykové schopnosti.</t>
         </is>
       </c>
       <c r="N14" s="0" t="inlineStr">
         <is>
-          <t>Vysvětlí význam používaných slov a rozšiřuje si slovní zásobu.</t>
+          <t/>
         </is>
       </c>
       <c r="O14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-007</t>
+          <t>JJK-CJL-001-ZV5-007</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
-          <t>Zhodnotí aktuální úroveň svých jazykových a komunikačních znalostí a dovedností s ohledem na své další jazykové vzdělávání.</t>
+          <t>Experimentuje s jazyky a buduje si vztah k učení se jazykům.</t>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
-          <t>Žák chápe význam mateřského jazyka ve vztahu k historii českého národa i ve vztahu k současné jazykové situaci. Vnímá jazyk jako komunikační nástroj, který je nezbytný pro vytváření mezilidských vztahů a sociálních vazeb. Zhodnotí postavení českého jazyka v multikulturním a mezinárodním kontextu.Jazykové znalosti a komunikační dovednosti přispívají k celoživotnímu vzdělávání a k osobnímu rozvoji. Žák je veden k tomu, že postupně přebírá zodpovědnost za vlastní (celoživotní) učení a uvědomuje si, jak uvedené znalosti a dovednosti ovlivňují jeho vnímání vlastní identity, učení a výsledků práce.</t>
+          <t>Cílem očekávaného výsledku učení je získávání zkušeností s cizími jazyky. Jedná se o jazykovou propedeutiku, při které žák postupně od 1. ročníku prochází takovými aktivitami, které mu umožňují poznat pestré jazykové bohatství, jež ho obklopuje. Podstatným znakem jazykové přípravy je zbavit žáka ostychu před cizími jazyky a vzbudit v něm zájem, aby se je sám chtěl učit. Zároveň je posilován vztah k mateřštině, který zakotvuje jazykovou a kulturní identitu.</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
-          <t>uvědomuje si význam jazyka a jeho funkce, které používá v praxi;chápe, že jazyk je nástroj pro komunikaci, vyjadřování myšlenek a pocitů;získává základní poznatky o postavení českého jazyka mezi ostatními jazyky;uvědomuje si význam čtenářské gramotnosti pro rozvoj jazykových a komunikačních znalostí a dovedností;prostřednictvím jednoduchého sebehodnoticího dotazníku identifikuje oblasti v českém jazyce, které chce zlepšit. </t>
+          <t>Napodobuje to, co je řečeno v jiných jazycích (např. pozdravy, pojmenování zvířat, barvy, čísla).</t>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>zhodnotí nároky společnosti na jazykovou vybavenost jednotlivce (uplatnitelnost na trhu práce a požadavky ze strany zaměstnavatelů, jazykové zkoušky a Evropské jazykové portfolio); uvědomuje si, že jazykové a komunikační znalosti a dovednosti mohou ovlivnit jeho budoucí profesi;vnímá, že jazyk hraje důležitou roli při prezentaci sebe sama a při vytváření vztahů (v mluveném i psaném projevu);využívá své jazykové a komunikační znalosti a dovednosti v každodenním životě (elektronická komunikace, diskuze, prezentace);s využitím sebehodnocení a zpětné vazby navrhne následné kroky ke zlepšení dílčích výsledků učení;pracuje s mateřským jazykem pravidelně a navrhuje, jakým způsobem lze dále rozvíjet nabyté jazykové schopnosti.</t>
+          <t>Pozoruje podobnost některých jazyků s češtinou (např. "Gdje je pošta." - chorvatština).Všimne si, že některá podobně nebo stejně znějící slova mají odlišný význam (např. jagody - v polštině borůvky).Získává poznatky o rozmanitosti jazyků.Vytváří si pozitivní vztah k učení se jazykům.</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
-          <t>Zhodnotí nároky společnosti na jazykovou vybavenost jednotlivce (uplatnitelnost na trhu práce a požadavky ze strany zaměstnavatelů, jazykové zkoušky a Evropské jazykové portfolio). Uvědomuje si, že jazykové a komunikační znalosti a dovednosti mohou ovlivnit jeho budoucí profesi.Vnímá, že jazyk hraje důležitou roli při prezentaci sebe sama a při vytváření vztahů (v mluveném i psaném projevu).Využívá své jazykové a komunikační znalosti a dovednosti v každodenním životě (elektronická komunikace, diskuse, prezentace).S využitím sebehodnocení a zpětné vazby navrhne následné kroky ke zlepšení dílčích výsledků učení.Pracuje s mateřským jazykem pravidelně a navrhuje, jakým způsobem lze dále rozvíjet nabyté jazykové schopnosti.</t>
+          <t>Odhaduje význam běžně používaných slov cizího původu.Uvede příklad podobnosti některých jazyků s češtinou. Uvede příklad podobně nebo stejně znějících slov, která mají v češtině odlišný význam.Vyjádří svůj vztah k učení se cizím jazykům a zdůvodní ho.</t>
         </is>
       </c>
       <c r="N15" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Vysvětlí význam používaných slov a rozšiřuje si slovní zásobu.</t>
         </is>
       </c>
       <c r="O15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-008</t>
+          <t>JJK-CJL-001-ZV9-008</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t>Vyjadřuje svoje prožitky ze čtení nebo poslechu uměleckého textu.</t>
+          <t>Využívá elektronické prostředky a informační zdroje ke tvorbě textu.</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>Žák své čtenářské prožitky a poznatky z četby propojuje s vyjádřenými prožitky a poznatky dalších žáků. Získává, udržuje si či rozvíjí pozitivní postoj ke čtení, vnímá význam čtení a umění obecně pro svůj život. Popisuje myšlenky objevující se v díle, odhaluje motivaci, jednání a prožívání postav a uvažuje nad jejich důsledky. Učí se odhalit a objasnit autorský záměr. </t>
+          <t>Žák čerpá informace z různých typů digitálních médií (infografik, podcastů, videí, audioknih…), tyto informace dále zpracovává, analyzuje a včleňuje do svého vlastního sdělení formou textu, vizuální prezentace (schéma, graf, infografika) nebo jiného formátu typického pro multimediální prostor. Za tímto účelem využívá různé programy a aplikace k zefektivnění a zkvalitnění práce.Jako čtenář i tvůrce textů se současný člověk musí orientovat v rámci multimediálního prostoru a vlastní vyjádření musí upravovat tak, aby byla pro budoucího čtenáře dobře čitelná a snadno pochopitelná. K tomu slouží mnoho různých digitálních nástrojů, od automatické kontroly pravopisu přes software pro tvorbu infografik a záznam zvuku až po umělou inteligenci.</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
-          <t>Vybírá si literární text podle svého zájmu.</t>
+          <t>přečte přiměřeně rozsáhlý text v elektronické podoběpomocí vyhledávače zjistí přímo vyjádřenou informaci v tištěných i elektronických zdrojíchz webových stránek a videí zpracuje písemný záznam</t>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
-          <t>Rozšiřuje si svůj čtenářský zájem o další literární žánry.V souvislosti s četbou a aktivitami vztahujícími se k uměleckým textům si spontánně osvojuje některé literární pojmy (autor, spisovatel, ilustrátor, ilustrace, postava, vypravěč, sloka, rým).Popíše souvislost mezi textem a vlastními životními nebo čtenářskými zkušenostmi.</t>
+          <t>zpracovává informace z různých zdrojů do textového editoru nebo prezentaceužívá jednoduché zásady pro grafickou úpravu textů (mezery, velikost písma, fonty, řádkování, zarovnání do bloku, pevná mezera, odstavce)při psaní vlastního textu využívá automatickou kontrolu pravopisu, popř. jiné aplikace, které zefektivňují jeho prácinapíše e-mail nebo jinou elektronickou zprávu</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>Vybere si literární text podle svého zájmu nebo potřeby.Na základě vlastní čtenářské zkušenosti odliší základní literární žánry – poezie, próza (pohádka, povídka, bajka, pověst).Formuluje svůj čtenářský prožitek z uměleckého díla a doloží ho citací z textu.Formuluje své prožitky z poslechu uměleckého díla.</t>
+          <t>Získává informace z prvků typických pro online prostředí (multimediální obsah z e-knih, podcastů, audioknih, sociálních sítí…) a interpretuje je.Využívá je pro vlastní tvorbu, přičemž užívá zásady pro grafickou úpravu textů.Zpracuje informace do jiného zobrazení (graf, infografika, myšlenková mapa, obrázek generovaný AI…) a vysvětlí, jak toto zobrazení pomáhá porozumění obsahu.Podpoří své sdělení jiným formátem, například při nahrávání svého hlasu pracuje s tempem řeči, intonací, pauzami.Vysvětlí, v jakém případě je vhodné využít umělou inteligenci pro získání nebo zpracování informací.</t>
         </is>
       </c>
       <c r="N16" s="0" t="inlineStr">
         <is>
-          <t>Popíše své dojmy (libost či nelibost) ze čtení nebo poslechu uměleckého textu.</t>
+          <t>Napíše e-mail anebo jinou elektronickou zprávu. </t>
         </is>
       </c>
       <c r="O16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-008</t>
+          <t>JJK-CJL-001-ZV5-008</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t>Využívá elektronické prostředky a informační zdroje ke tvorbě textu.</t>
+          <t>Vyjadřuje svoje prožitky ze čtení nebo poslechu uměleckého textu.</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
-          <t>Žák čerpá informace z různých typů digitálních médií (infografik, podcastů, videí, audioknih…), tyto informace dále zpracovává, analyzuje a včleňuje do svého vlastního sdělení formou textu, vizuální prezentace (schéma, graf, infografika) nebo jiného formátu typického pro multimediální prostor. Za tímto účelem využívá různé programy a aplikace k zefektivnění a zkvalitnění práce.Jako čtenář i tvůrce textů se současný člověk musí orientovat v rámci multimediálního prostoru a vlastní vyjádření musí upravovat tak, aby byla pro budoucího čtenáře dobře čitelná a snadno pochopitelná. K tomu slouží mnoho různých digitálních nástrojů, od automatické kontroly pravopisu přes software pro tvorbu infografik a záznam zvuku až po umělou inteligenci.</t>
+          <t>Žák své čtenářské prožitky a poznatky z četby propojuje s vyjádřenými prožitky a poznatky dalších žáků. Získává, udržuje si či rozvíjí pozitivní postoj ke čtení, vnímá význam čtení a umění obecně pro svůj život. Popisuje myšlenky objevující se v díle, odhaluje motivaci, jednání a prožívání postav a uvažuje nad jejich důsledky. Učí se odhalit a objasnit autorský záměr. </t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
-          <t>přečte přiměřeně rozsáhlý text v elektronické podoběpomocí vyhledávače zjistí přímo vyjádřenou informaci v tištěných i elektronických zdrojíchz webových stránek a videí zpracuje písemný záznam</t>
+          <t>Vybírá si literární text podle svého zájmu.</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>zpracovává informace z různých zdrojů do textového editoru nebo prezentaceužívá jednoduché zásady pro grafickou úpravu textů (mezery, velikost písma, fonty, řádkování, zarovnání do bloku, pevná mezera, odstavce)při psaní vlastního textu využívá automatickou kontrolu pravopisu, popř. jiné aplikace, které zefektivňují jeho prácinapíše e-mail nebo jinou elektronickou zprávu</t>
+          <t>Rozšiřuje si svůj čtenářský zájem o další literární žánry.V souvislosti s četbou a aktivitami vztahujícími se k uměleckým textům si spontánně osvojuje některé literární pojmy (autor, spisovatel, ilustrátor, ilustrace, postava, vypravěč, sloka, rým).Popíše souvislost mezi textem a vlastními životními nebo čtenářskými zkušenostmi.</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>Získává informace z prvků typických pro online prostředí (multimediální obsah z e-knih, podcastů, audioknih, sociálních sítí…) a interpretuje je.Využívá je pro vlastní tvorbu, přičemž užívá zásady pro grafickou úpravu textů.Zpracuje informace do jiného zobrazení (graf, infografika, myšlenková mapa, obrázek generovaný AI…) a vysvětlí, jak toto zobrazení pomáhá porozumění obsahu.Podpoří své sdělení jiným formátem, například při nahrávání svého hlasu pracuje s tempem řeči, intonací, pauzami.Vysvětlí, v jakém případě je vhodné využít umělou inteligenci pro získání nebo zpracování informací.</t>
+          <t>Vybere si literární text podle svého zájmu nebo potřeby.Na základě vlastní čtenářské zkušenosti odliší základní literární žánry – poezie, próza (pohádka, povídka, bajka, pověst).Formuluje svůj čtenářský prožitek z uměleckého díla a doloží ho citací z textu.Formuluje své prožitky z poslechu uměleckého díla.</t>
         </is>
       </c>
       <c r="N17" s="0" t="inlineStr">
         <is>
-          <t>Napíše e-mail anebo jinou elektronickou zprávu. </t>
+          <t>Popíše své dojmy (libost či nelibost) ze čtení nebo poslechu uměleckého textu.</t>
         </is>
       </c>
       <c r="O17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV5-009</t>
+          <t>JJK-CJL-001-ZV9-009</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
-          <t>Tvořivě pracuje s uměleckým textem.</t>
+          <t>Vyhledá, kriticky posoudí a sdílí informace a další obsah, k tomu volí etické postupy, způsoby a prostředky odpovídající konkrétní situaci.</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>Žákova tvořivá práce s uměleckým textem je odstupňovaná od elementární tvořivé práce v 1. ročníku po komplexnější tvořivou práci odpovídající znalostem a dovednostem žáků 5. ročníku. Přetváření do jiných žánrů a forem se děje bez zavedení odborných pojmů. Tvořivá práce s uměleckým textem rozvíjí žákovu schopnost chápat podstatu uměleckého sdělení, umožňuje mu hlouběji porozumět textu a jeho vytváření, uvědomit si jeho kvalitu a hodnoty. Vede k pozitivnímu vztahu k literatuře a k umění, přispívá k rozvoji žákova estetického vnímání světa.</t>
+          <t>Žák vyhledá informace v tištěných i elektronických zdrojích a ověřuje jejich pravdivost, dokáže odlišit fakta od názorů a odhalovat manipulaci v reklamních nebo publicistických textech. Získané informace sdílí a prezentuje s ohledem na konkrétní komunikační situaci a na posluchače nebo čtenáře.Vyhledávání a ověřování informací je zásadní dovednost, která žákům umožňuje orientovat se v současném světě. Pomáhá jim odlišovat fakta od názorů, umožňuje jim vnímat, kam směřuje vývoj společnosti, zda podléhají populismu nebo zda chrání demokracii.S využíváním digitálních technologií narůstá nutnost respektovat autorská práva a potřeba vnímat, které informace a jak předáváme dál.</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
-          <t>Využívá dramatizaci ke ztvárnění literárního textu. </t>
+          <t>vyhledá informace v několika tištěných i elektronických zdrojích,uvede jejich název zdrojů.</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>Podle zadání či spontánně doplňuje, přetváří, dotváří umělecký text.Ve svých aktivitách propojuje různé druhy umění (např. komiks, dramatická etuda, audio a videozáznamy).</t>
+          <t>vyhledá informaci v tištěných i elektronických zdrojích, ověří její pravdivost srovnáním s jinými zdroji, odliší fakt od názoru,vysvětlí, jakým způsobem ovlivňují vyhledávací algoritmy, popř. způsob prezentování informací (např. citově zabarvená slova, titulky, výběr a pořadí zpráv) vnímání informací,ukládá si získané informace (písemně, do textového editoru, do připravované prezentace), vyhledá informaci v tištěných i elektronických zdrojích, ověří její pravdivost srovnáním s jinými zdroji, odliší fakt od názoru,vysvětlí, jakým způsobem ovlivňují vyhledávací algoritmy, popř. způsob prezentování informací (např. citově zabarvená slova, titulky, výběr a pořadí zpráv) vnímání informací,ukládá si získané informace (písemně, do textového editoru, do připravované prezentace), odkazuje na zdroje informací, např. názvem zdroje a odkazem, získané informace prezentuje.</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>Vytvoří literární text na základě přečteného, podle zadaných kritérií nebo podle vlastního výběru.Ztvární literární text pomocí umělecké formy, kterou si sám zvolí.</t>
+          <t>Vyhledá informaci v tištěných i elektronických zdrojích, porovná ji s jinými zdroji, posoudí důvěryhodnost zdroje, odliší fakt od názoru, odhalí a vysvětlí manipulaci s informacemi.Ukládá si získané informace (písemně, do textového editoru, do připravované prezentace, myšlenkové mapy podle svých preferencí). Odkazuje na zdroje informací (např. s pomocí citačních generátorů) a zohledňuje autorská práva obrázků, videí a hudby.Sdílí nebo prezentuje informace s ohledem na situaci a na posluchače nebo čtenáře.Vysvětlí, které informace jsou pro sdílení vhodné a které ne.</t>
         </is>
       </c>
       <c r="N18" s="0" t="inlineStr">
         <is>
-          <t>Pracuje s literárním textem, písemně zpracuje jednoduché texty.</t>
+          <t>Vyhledá a posoudí stanovenou informaci a další obsah v přiměřeně náročném textu, k tomu volí postupy, způsoby a prostředky odpovídající konkrétní situaci.</t>
         </is>
       </c>
       <c r="O18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>Obsah vzdělávacího oboru je specifický tím, že ve vzdělávací oblasti zastupuje očekávané výsledky učení směřující k tomu, aby si žáci osvojili dovednost kultivované komunikace v mluvené a psané formě a učí se přizpůsobovat své vlastní vyjadřování dané komunikační situaci a svému komunikačnímu záměru. Učí se formulovat názory podpořené argumenty, vést kritický a konstruktivní dialog a naslouchat partnerovi v komunikaci. Učí se rozumět různým druhům textů, vyhledávají a zpracovávají informace, učí se odhalovat autorský záměr, odlišovat fakta, názory, domněnky a manipulaci. Osvojují si postupy napomáhající tvořivé recepci a interpretaci uměleckých sdělení za účelem posilování vlastních čtenářských prožitků a jejich sdílení. Výuka na 1. stupni je založená na aktivním zapojení žáka do přirozených komunikačních situací, ve kterých jsou rozvíjeny jeho komunikační dovednosti jako schopnost srozumitelně vyjádřit své myšlenky, aktivně naslouchat a reagovat na druhé. Od počátku výuky techniky čtení žák směřuje k porozumění čtenému s využitím smysluplných textů rozmanitých žánrů a prostřednictvím různých čtenářských strategií. Zaměřuje se také na rozvoj slovní zásoby. Osvojování dovednosti psaní jako prostředku komunikace směřuje od záznamu jednoduchých slov a vět k delším textům, jejichž hlavním znakem je srozumitelnost vyjádření.Výuka na 2. stupni je charakterizovaná především integračním pojetím vzdělávacího oboru. V praxi to znamená, že předmět není mechanicky rozdělený na jazykovou, slohovou a komunikační a literárněvýchovnou složku, jak tomu bylo doposud. Výuka je založená na komunikačním principu, který je výrazně zastoupený ve všech oblastech učiva a je naplňován v oborových výstupech. Návaznost výstupů 1. a 2. stupně je zajištěná ve výstupech zaměřených na komunikaci, na rozvíjení a sdílení čtenářských dovedností a zážitků, na rozvíjení pravopisných dovedností ad. Jsou podporovány vazby tohoto oboru na obory Cizí jazyk, Výchova k občanství, Dějepis, Informatika, na klíčovou kompetenci komunikační, na průřezové téma Společnost pro všechny ad. Na 1. stupni je využíváno formativní hodnocení, které směřuje k podpoře komplexního rozvoje všech aspektů jazykového vzdělávání. Žáci jsou vedeni k sebehodnocení a k oceňování vlastního pokroku. Vhodným prostředkem pro sebehodnocení jsou mapy učebního pokroku, sebehodnoticí archy nebo portfolia.Tyto dovednosti jsou rozvíjeny na 2. stupni. Žáci navazují na svá portfolia, která nadále doplňují. Hodnoceny jsou dovednosti v oblasti mluvené a písemné komunikace, schopnost vyhledávání informací, tvorba různých typů textu, pravopisné dovednosti, interpretace a sdílení textů a čtenářských zážitků v literární výchově. </t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>Český jazyk a literatura</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>JJK-CJL-001-ZV9-009</t>
+          <t>JJK-CJL-001-ZV5-009</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>Vyhledá, kriticky posoudí a sdílí informace a další obsah, k tomu volí etické postupy, způsoby a prostředky odpovídající konkrétní situaci.</t>
+          <t>Tvořivě pracuje s uměleckým textem.</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>Žák vyhledá informace v tištěných i elektronických zdrojích a ověřuje jejich pravdivost, dokáže odlišit fakta od názorů a odhalovat manipulaci v reklamních nebo publicistických textech. Získané informace sdílí a prezentuje s ohledem na konkrétní komunikační situaci a na posluchače nebo čtenáře.Vyhledávání a ověřování informací je zásadní dovednost, která žákům umožňuje orientovat se v současném světě. Pomáhá jim odlišovat fakta od názorů, umožňuje jim vnímat, kam směřuje vývoj společnosti, zda podléhají populismu nebo zda chrání demokracii.S využíváním digitálních technologií narůstá nutnost respektovat autorská práva a potřeba vnímat, které informace a jak předáváme dál.</t>
+          <t>Žákova tvořivá práce s uměleckým textem je odstupňovaná od elementární tvořivé práce v 1. ročníku po komplexnější tvořivou práci odpovídající znalostem a dovednostem žáků 5. ročníku. Přetváření do jiných žánrů a forem se děje bez zavedení odborných pojmů. Tvořivá práce s uměleckým textem rozvíjí žákovu schopnost chápat podstatu uměleckého sdělení, umožňuje mu hlouběji porozumět textu a jeho vytváření, uvědomit si jeho kvalitu a hodnoty. Vede k pozitivnímu vztahu k literatuře a k umění, přispívá k rozvoji žákova estetického vnímání světa.</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>vyhledá informace v několika tištěných i elektronických zdrojích,uvede jejich název zdrojů.</t>
+          <t>Využívá dramatizaci ke ztvárnění literárního textu. </t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>vyhledá informaci v tištěných i elektronických zdrojích, ověří její pravdivost srovnáním s jinými zdroji, odliší fakt od názoru,vysvětlí, jakým způsobem ovlivňují vyhledávací algoritmy, popř. způsob prezentování informací (např. citově zabarvená slova, titulky, výběr a pořadí zpráv) vnímání informací,ukládá si získané informace (písemně, do textového editoru, do připravované prezentace), vyhledá informaci v tištěných i elektronických zdrojích, ověří její pravdivost srovnáním s jinými zdroji, odliší fakt od názoru,vysvětlí, jakým způsobem ovlivňují vyhledávací algoritmy, popř. způsob prezentování informací (např. citově zabarvená slova, titulky, výběr a pořadí zpráv) vnímání informací,ukládá si získané informace (písemně, do textového editoru, do připravované prezentace), odkazuje na zdroje informací, např. názvem zdroje a odkazem, získané informace prezentuje.</t>
+          <t>Podle zadání či spontánně doplňuje, přetváří, dotváří umělecký text.Ve svých aktivitách propojuje různé druhy umění (např. komiks, dramatická etuda, audio a videozáznamy).</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>Vyhledá informaci v tištěných i elektronických zdrojích, porovná ji s jinými zdroji, posoudí důvěryhodnost zdroje, odliší fakt od názoru, odhalí a vysvětlí manipulaci s informacemi.Ukládá si získané informace (písemně, do textového editoru, do připravované prezentace, myšlenkové mapy podle svých preferencí). Odkazuje na zdroje informací (např. s pomocí citačních generátorů) a zohledňuje autorská práva obrázků, videí a hudby.Sdílí nebo prezentuje informace s ohledem na situaci a na posluchače nebo čtenáře.Vysvětlí, které informace jsou pro sdílení vhodné a které ne.</t>
+          <t>Vytvoří literární text na základě přečteného, podle zadaných kritérií nebo podle vlastního výběru.Ztvární literární text pomocí umělecké formy, kterou si sám zvolí.</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
-          <t>Vyhledá a posoudí stanovenou informaci a další obsah v přiměřeně náročném textu, k tomu volí postupy, způsoby a prostředky odpovídající konkrétní situaci.</t>
+          <t>Pracuje s literárním textem, písemně zpracuje jednoduché texty.</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>Jazyk a jazyková komunikace</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací oblast Jazyk a jazyková komunikace zaujímá stěžejní postavení ve výchovně-vzdělávacím procesu. Jazyková výuka, jejímž cílem je zejména podpora rozvoje komunikačních kompetencí, vybavuje žáka takovými znalostmi a dovednostmi, které mu umožňují vnímat různá jazyková sdělení, rozumět jim, vhodně se vyjadřovat v různých komunikačních situacích a účinně uplatňovat i prosazovat výsledky jeho poznávání.Cílem vzdělávací oblasti Jazyk a jazyková komunikace je podpora rozvoje komunikačních kompetencí žáků. V rámci vzdělávací oblasti je kladen důraz na vytváření pozitivního vztahu k mateřskému jazyku. Žáci by měli chápat, že mateřský jazyk je důležitým prostředkem komunikace a poznávání, a měli by se k němu chovat s úctou. Dalším cílem vzdělávací oblasti je rozvoj pozitivního vztahu k vícejazyčnosti a k respektování kulturní a jazykové rozmanitosti. Žáci by měli chápat, že jazyk je důležitým prvkem kulturní identity, a měli by respektovat různé kultury a jazyky a být otevření k jejich objevování.Obsah vzdělávací oblasti Jazyk a jazyková komunikace se realizuje ve vzdělávacích oborech Český jazyk a literatura, Anglický jazyk a Další cizí jazyk. Kultivace jazykových dovedností a jejich využívání je nedílnou součástí všech vzdělávacích oblastí.Úspěšnost jazykového vzdělávání jako celku je závislá nejen na výsledcích vzdělávání v mateřském jazyce a v cizích jazycích, ale závisí i na tom, do jaké míry se jazyková kultura žáků stane předmětem zájmu i všech ostatních oblastí základního vzdělávání.</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
@@ -5574,332 +5574,332 @@
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>Číslo a početní operace</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-001-ZV9-001</t>
+          <t>MAT-MAT-001-ZV5-001</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Řeší problémy se zlomky v kontextu reálných situací.</t>
+          <t>Řeší problémy s přirozenými čísly (včetně nuly) v kontextu reálných situací.</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
+          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“. </t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>interpretuje význam zlomku v širším kontextu situace – část celku, racionální číslo, poměr atd.  určí ekvivalentní zlomky   vyjádří zlomek v základním tvaru     zobrazuje zlomky na číselnou osu, a to včetně záporných zlomků  porovnává zlomky  sčítá a odčítá zlomky pomocí modelů násobí a dělí zlomky pomocí modelů </t>
+          <t>Vyjmenuje vzestupnou i sestupnou číselnou řadu (po jedné, po dvou…, po deseti…).Určí počet objektů a reprezentuje ho různými (ekvivalentními) způsoby (objekty, obrázky, znaky, čísly). Čte a zapisuje přirozená čísla v desítkové soustavě. </t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>zapíše zlomek jako desetinné číslo  zapíše nepravý zlomek pomocí smíšeného čísla a naopak     sčítá a odčítá zlomky pomocí číselného zápisu  násobí a dělí zlomky pomocí číselného zápisu  </t>
+          <t>Rozlišuje číslo jako počet a číslo jako veličinu (např. v oblasti peněz).Řeší slovní úlohy, kde čísla jsou v různých rolích - číslo jako stav (např. tři kuličky), operátor (např. o několik více/méně, několikrát více/méně), adresa/identifikátor (např. číslo pokoje v hotelu, na ciferníku hodin, číslo na číselné ose) a jméno (např. číslo tramvaje).Používá s porozuměním pozice číslic v zápisu čísla v desítkové soustavě.  Rozpozná reálné situace (i s antisignálem), ve kterých se sčítá, odčítá, násobí a dělí.Sčítá, odčítá, násobí a dělí v oboru přirozených čísel do 10 000 pamětně i písemně.  Odhaduje počet objektů i výsledek početních operací.Zaokrouhluje přirozená čísla.  Orientuje se ve struktuře čísel (např. na číselné ose, ve stovkové tabulce).</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Zdůvodní postupy a výpočty pomocí modelů.Řeší úlohy z reálného světa, které obsahují sčítání a odčítání pravých a nepravých zlomků a smíšených čísel.Řeší úlohy z reálného světa, které obsahují násobení a dělení zlomků (pravých a nepravých zlomků a smíšených čísel).</t>
+          <t>Provádí výpočty s více operacemi, závorkami, respektuje přednost operací a využívá jejich vlastnosti (např. komutativita, asociativita).Řeší různé typy slovních úloh (např. s antisignálem, s nadbytečnými číselnými údaji) s přirozenými čísly v různých rolích (stav, operátor, adresa/identifikátor).</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>Pracuje se zlomky.</t>
+          <t>Řeší jednoduché problémy s přirozenými čísly, sčítá a odčítá do tisíce, násobí a dělí v oboru malé násobilky.</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t>Číslo a početní operace</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-001-ZV5-001</t>
+          <t>MAT-MAT-001-ZV9-001</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>Řeší problémy s přirozenými čísly (včetně nuly) v kontextu reálných situací.</t>
+          <t>Řeší problémy se zlomky v kontextu reálných situací.</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“. </t>
+          <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>Vyjmenuje vzestupnou i sestupnou číselnou řadu (po jedné, po dvou…, po deseti…).Určí počet objektů a reprezentuje ho různými (ekvivalentními) způsoby (objekty, obrázky, znaky, čísly). Čte a zapisuje přirozená čísla v desítkové soustavě. </t>
+          <t>interpretuje význam zlomku v širším kontextu situace – část celku, racionální číslo, poměr atd.  určí ekvivalentní zlomky   vyjádří zlomek v základním tvaru     zobrazuje zlomky na číselnou osu, a to včetně záporných zlomků  porovnává zlomky  sčítá a odčítá zlomky pomocí modelů násobí a dělí zlomky pomocí modelů </t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>Rozlišuje číslo jako počet a číslo jako veličinu (např. v oblasti peněz).Řeší slovní úlohy, kde čísla jsou v různých rolích - číslo jako stav (např. tři kuličky), operátor (např. o několik více/méně, několikrát více/méně), adresa/identifikátor (např. číslo pokoje v hotelu, na ciferníku hodin, číslo na číselné ose) a jméno (např. číslo tramvaje).Používá s porozuměním pozice číslic v zápisu čísla v desítkové soustavě.  Rozpozná reálné situace (i s antisignálem), ve kterých se sčítá, odčítá, násobí a dělí.Sčítá, odčítá, násobí a dělí v oboru přirozených čísel do 10 000 pamětně i písemně.  Odhaduje počet objektů i výsledek početních operací.Zaokrouhluje přirozená čísla.  Orientuje se ve struktuře čísel (např. na číselné ose, ve stovkové tabulce).</t>
+          <t>zapíše zlomek jako desetinné číslo  zapíše nepravý zlomek pomocí smíšeného čísla a naopak     sčítá a odčítá zlomky pomocí číselného zápisu  násobí a dělí zlomky pomocí číselného zápisu  </t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>Provádí výpočty s více operacemi, závorkami, respektuje přednost operací a využívá jejich vlastnosti (např. komutativita, asociativita).Řeší různé typy slovních úloh (např. s antisignálem, s nadbytečnými číselnými údaji) s přirozenými čísly v různých rolích (stav, operátor, adresa/identifikátor).</t>
+          <t>Zdůvodní postupy a výpočty pomocí modelů.Řeší úlohy z reálného světa, které obsahují sčítání a odčítání pravých a nepravých zlomků a smíšených čísel.Řeší úlohy z reálného světa, které obsahují násobení a dělení zlomků (pravých a nepravých zlomků a smíšených čísel).</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>Řeší jednoduché problémy s přirozenými čísly, sčítá a odčítá do tisíce, násobí a dělí v oboru malé násobilky.</t>
+          <t>Pracuje se zlomky.</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
           <t>Číslo a početní operace</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-001-ZV5-002</t>
+          <t>MAT-MAT-001-ZV9-002</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>Modeluje a používá zlomky v praktických situacích.</t>
+          <t>Využívá k řešení problémů celá čísla a jejich vlastnosti.</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>Rozděluje spravedlivě různé celky na stejné části (např. rozděluje koláč, tyč, čokoládu, lentilky, mince).Pojmenuje části spravedlivého dělení. Modeluje slovně vyjádřený kmenový zlomek (polovina, třetina, čtvrtina…).  </t>
+          <t>porovnává celá čísla a zobrazuje je na číselnou osu    </t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>Porovná kmenové zlomky vyjádřené slovně nebo modelem.   Řeší jednoduché slovní úlohy s kmenovými zlomky vyjádřenými slovně a využívá k tomu vhodné modely.  Zapíše kmenový zlomek pomocí čísel.  Modeluje a pojmenuje části celku nekmenovými zlomky.   Zapíše nekmenový zlomek pomocí čísel.   Porovná nekmenové zlomky vyjádřené modelem, slovně nebo číselně.     </t>
+          <t>sčítá a odčítá celá čísla pomocí modelů a číselného zápisu   násobí a dělí celá čísla     určí dělitele a násobky přirozených čísel </t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>Porovnává nekmenové zlomky zapsané číselně a sčítá je pomocí modelů. Řeší jednoduché slovní úlohy se zlomky.  </t>
+          <t>Určí společné dělitele a společné násobky dvou přirozených čísel.Řeší úlohy z reálného světa, ve kterých je násobení či dělení dvou celých čísel, z nichž alespoň jedno je záporné.</t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
-          <t>Modeluje zlomky, které lze snadno vyjádřit jako části celku, a používá je v běžných situacích.</t>
+          <t>Pozná záporná čísla a rozliší je v běžných situacích.</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
           <t>Matematika</t>
         </is>
       </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
           <t>Vzdělávací obor je zároveň integrovanou vzdělávací oblastí se shodnou charakteristikou.</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
           <t>Číslo a početní operace</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>Tematický okruh se zaměřuje na porozumění číslům a jejich vlastnostem, včetně základních operací jako sčítání, odčítání, násobení a dělení. Klíčové je rozvíjení schopnosti manipulovat s celými čísly, zlomky a desetinnými čísly. Cílem je rozvinout numerickou gramotnost, která je základem pro další matematické dovednosti a řešení každodenních situací. </t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>MAT-MAT-001-ZV9-002</t>
+          <t>MAT-MAT-001-ZV5-002</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>Využívá k řešení problémů celá čísla a jejich vlastnosti.</t>
+          <t>Modeluje a používá zlomky v praktických situacích.</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
           <t>Očekávaný výsledek učení reprezentuje matematický koncept nutný pro osvojení základních matematických dovedností nezbytných pro žákovo další studium a jeho osobní i profesní život. Napomáhá rozvoji základní matematické gramotnosti a mezioborové integraci.Očekávaný výsledek učení vychází z Globálního odborného rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který definuje minimální úroveň znalostí a dovedností žáků v matematice na celosvětové úrovni. Náročnost očekávaného výsledku učení odpovídá úrovni „žák splňuje minimální úroveň“.</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t>porovnává celá čísla a zobrazuje je na číselnou osu    </t>
+          <t>Rozděluje spravedlivě různé celky na stejné části (např. rozděluje koláč, tyč, čokoládu, lentilky, mince).Pojmenuje části spravedlivého dělení. Modeluje slovně vyjádřený kmenový zlomek (polovina, třetina, čtvrtina…).  </t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>sčítá a odčítá celá čísla pomocí modelů a číselného zápisu   násobí a dělí celá čísla     určí dělitele a násobky přirozených čísel </t>
+          <t>Porovná kmenové zlomky vyjádřené slovně nebo modelem.   Řeší jednoduché slovní úlohy s kmenovými zlomky vyjádřenými slovně a využívá k tomu vhodné modely.  Zapíše kmenový zlomek pomocí čísel.  Modeluje a pojmenuje části celku nekmenovými zlomky.   Zapíše nekmenový zlomek pomocí čísel.   Porovná nekmenové zlomky vyjádřené modelem, slovně nebo číselně.     </t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>Určí společné dělitele a společné násobky dvou přirozených čísel.Řeší úlohy z reálného světa, ve kterých je násobení či dělení dvou celých čísel, z nichž alespoň jedno je záporné.</t>
+          <t>Porovnává nekmenové zlomky zapsané číselně a sčítá je pomocí modelů. Řeší jednoduché slovní úlohy se zlomky.  </t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
-          <t>Pozná záporná čísla a rozliší je v běžných situacích.</t>
+          <t>Modeluje zlomky, které lze snadno vyjádřit jako části celku, a používá je v běžných situacích.</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
           <t>Matematika a její aplikace</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Matematické vzdělávání rozvíjí u žáka jeho logické, strategické, kritické i kreativní myšlení. Umožňuje mu porozumět základním myšlenkovým postupům a pojmům matematiky a jejich vzájemným vztahům. Výuka u něj rozvíjí systematičnost, soustředěnost a vytrvalost.   Žák si osvojuje základní pojmy, postupy, terminologii a symboliku, řeší problémové situace zasazené v různých kontextech včetně reálných. Žák je při řešení úloh a problémů veden k samostatné práci s různorodými zdroji informací, k jejich zpracování a vyhodnocení. Účelně využívá matematické nástroje a technologie, které umožňují efektivnější postupy. Je žádoucí, aby žák v průběhu matematického vzdělávání zvyšoval důvěru ve své schopnosti, aby se zvyšoval jeho zájem o matematické aplikace, utvářel se jeho pozitivní postoj k matematice, který je založený na respektování pravdy a na ochotě hledat odůvodnění a hodnotit jejich platnost.  Vzdělávací obsah byl stanoven podle Globálního rámce (The Global Proficiency Framework, UNESCO; český překlad zde), který vymezuje minimální požadavky na znalosti a dovednosti žáka v 1. až 9. ročníku a je shodně rozčleněný do pěti tematických celků:  Číslo a početní operace  Měření a výpočty  Geometrie v rovině a v prostoru  Statistika a pravděpodobnost  Algebra  Žák se na prvním stupni učí postupně rozumět matematickým pojmům a vztahům mezi nimi. Dovednosti a znalosti jsou budovány prostřednictvím jeho aktivního zapojení, získávání reálných zkušeností, manipulativních činností a experimentováním. Navazují na prekoncepty získané v předškolním období. Na druhém stupni jsou u žáka posilovány a prohlubovány získané dovednosti a znalosti. Výuka se opírá o aktivní zapojení žáka do řešení problémů každodenního života a rozvíjí dovednost objevovat v nich matematická témata, modelovat jejich řešení a interpretovat výsledky.Stěžejními hodnoticími nástroji jsou sebehodnocení žáka, které se opírá o sdílená kritéria podporující cíle učení, efektivní zpětná vazba učitele, která se odvíjí od aktuálních schopností a individuálních možností žáka, a vrstevnické hodnocení. Hodnocení je zaměřené na sledování učebních pokroků žáka, na jeho postupy při řešení matematických úloh a problémů a na dovednost aplikovat osvojené znalosti a dovednosti i v jiných kontextech.</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
@@ -36989,51 +36989,51 @@
           <t/>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>KDI-DAT-000-ZV5-001</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t>Vyhledává potřebné informace v doporučených digitálních zdrojích.</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí, jak správně formulovat otázky a jak rozpoznat spolehlivé informace. Pracují s digitálními i tištěnými zdroji, se zdroji obrazovými, textovými i audiovizuálními, aby si osvojili univerzální dovednosti vyhledávání. Mohou společně hledat odpovědi na otázky ve vhodných dětských encyklopediích i na důvěryhodných webech, které jim doporučí vyučující. Postupně se učí, že ne všechny informace, které najdou, jsou pravdivé, a ptát se: "Kdo tuto informaci vytvořil?" nebo “Proč je to zde uvedeno?” VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji do výuky drobné úkoly spojené se získáváním informací na různá témata a problematiku, o kterou se žáci osobně zajímají vybírám do výuky pro práci žáků zdroje informací v různých formátech (texty, videa, obrázky, schémata, zvukové záznamy apod.)na příkladech pomáhám žákům rozpoznávat, jaká data a informace je možné vysledovat z jejich činností v online prostředípodporuji žáky ve tvorbě a sdílení archivů relevantních digitálních vzdělávacích zdrojů, a to při samostatné i skupinové práciNÁMĚTOVNÍK PROJEVŮ ŽÁKA:získávání dat, informací a obsahupři řešení problému rozpozná (projeví, sdělí) potřebu informací a vyhledá je v doporučených zdrojích a formuluje otázkuvyhledá informaci v doporučeném zdrojizíská informaci ze zdrojů v různých formátech (v jeho věku přiměřených textech, obrázcích, schématech, audio a video záznamech)posuzování důvěryhodnosti a spolehlivosti zdrojů dat a jejich obsahuposoudí relevanci získaných informacíspráva dat, informací a obsahudigitální data ukládá tak, aby je znovu našel a mohl použítukládá si zajímavé odkazy na zdroje informací pro další použití</t>
+          <t>Žáci se učí, jak správně formulovat otázky a jak rozpoznat spolehlivé informace. Pracují s digitálními i tištěnými zdroji, se zdroji obrazovými, textovými i audiovizuálními, aby si osvojili univerzální dovednosti vyhledávání. Mohou společně hledat odpovědi na otázky ve vhodných dětských encyklopediích i na důvěryhodných webech, které jim doporučí vyučující. Postupně se učí, že ne všechny informace, které najdou, jsou pravdivé, a ptát se: "Kdo tuto informaci vytvořil?" nebo “Proč je to zde uvedeno?” VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji do výuky drobné úkoly spojené se získáváním informací na různá témata a problematiku, o kterou se žáci osobně zajímají zařazuji do výuky úkoly, při nichž žáci potřebují něco zjistit, ověřit nebo doplnit, a předem jim připravuji přehled doporučených digitálních zdrojů, ze kterých mohou vycházetnázorně předvádím postup vyhledávání informace a komentuju své uvažování při formulaci otázky, orientaci na stránce i výběru relevantní odpovědistrukturuji práci s informacemi pomocí jednoduchých otázek, pracovních listů nebo kontrolních bodů, které žákům pomáhají soustředit se na podstatné informacezařazuji práci s různými formáty digitálních informací (text, obrázek, schéma, mapa, audio, video) a vytvářím situace, v nichž žáci porovnávají, co jim který formát přinášívytvářím bezpečné prostředí pro práci s doporučenými digitálními zdroji a postupně otevírám téma jejich spolehlivosti a rozdílů mezi nimizařazuji krátké reflexe, při nichž se společně vracíme k původní otázce a hodnotíme, zda a jak nalezené informace pomohly úkol splnitpostupně zavádím jednoduché postupy ukládání souborů a odkazů tak, aby se k nim žáci mohli vracet, a vysvětluji základní rozdíly mezi typy úložišť přiměřeně jejich věkupodporuji žáky ve tvorbě a sdílení archivů relevantních digitálních vzdělávacích zdrojů, a to při samostatné i skupinové práciNÁMĚTOVNÍK PROJEVŮ ŽÁKA:získávání dat, informací a obsahupři řešení problému rozpozná (projeví, sdělí) potřebu informací a vyhledá je v doporučených zdrojích a formuluje otázkuvyhledá informaci v doporučeném zdrojizíská informaci ze zdrojů v různých formátech (v jeho věku přiměřených textech, obrázcích, schématech, audio a video záznamech)posuzování důvěryhodnosti a spolehlivosti zdrojů dat a jejich obsahuuvědomuje si, že různé zdroje informací mohou mít různou spolehlivost, na základě doporučení si vytváří portfolio spolehlivých digitálních zdrojů pro své zájmy a ke svému učeníposoudí, zda (a jak moc) mu informace získané v daném zdroji pomohou odpovědět na původní otázkuspráva dat, informací a obsahusoubory a odkazy na zajímavé digitální zdroje si ukládá tak, aby je znovu našel a mohl použít, vyhledává podle názvu nebo data, rozlišuje typ úložiště (místní disk, cloud) a vysvětlí jeho základní výhody a nevýhody</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t>Vyhledá potřebnou informaci v doporučených zdrojích.Posoudí relevanci získané informace.Ukládá si získaná digitální data, informace a obsah tak, aby je znovu našel a mohl použít.</t>
         </is>
       </c>
       <c r="N58" s="0" t="inlineStr">
         <is>
           <t>Vyhledává potřebné informace v doporučených digitálních zdrojích.</t>
         </is>
       </c>
       <c r="O58" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37071,51 +37071,51 @@
           <t/>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>KDI-DAT-000-ZV9-001</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t>Data získaná na základě vlastních kritérií a formulovaných dotazů z různých digitálních zdrojů posuzuje z hlediska souladu s již známými poznatky i nároku na spolehlivost zdroje.</t>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí, jak efektivně vyhledávat data, informace a obsah v digitálním prostředí. Osvojují si práci s klíčovými slovy a filtry ve vyhledávačích a zkoušejí si vytvářet strategie, které jim pomáhají najít relevantní zdroje – například kombinují encyklopedie, odborné články a databáze. Zjišťují, jak důležité je informace nejen najít, ale také je analyzovat, porovnávat a kriticky hodnotit jejich spolehlivost, například ověřováním autora nebo porovnáváním více zdrojů. Během výuky ukládají, třídí a organizují data v digitálních nástrojích, jako jsou složky na počítači nebo cloudová úložiště. Učí se strukturovat informace podle témat, časové posloupnosti, relevance apod. Při analýze a interpretaci obsahu vytvářejí shrnutí nebo prezentace, zpracovávají data a učí se představit výsledky své práce.  VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji do výuky takové aktivity, aby měli žáci příležitost pracovat s otevřenými daty a veřejnými databázemi vedu žáky ke kritické práci s informačními zdroji a odpovědnosti při jejich vytvářeníprostřednictvím promyšlených online aktivit vedu žáky k vědomému a zodpovědnému utváření digitálních identit a sledování vlastní digitální stopypodporuji žáky v samostatné i skupinové tvorbě a sdílení archivů relevantních digitálních vzdělávacích zdrojůNÁMĚTOVNÍK PROJEVŮ ŽÁKA:získávání dat, informací a obsahurozpozná svou informační potřebu a vysvětlí, jaká digitální data, informace či obsah pro jaký účel potřebujezíská potřebná digitální data, informace či obsah z různých digitálních zdrojů a za pomoci různých digitálních prostředků (např. i systémů s AI)získal potřebná digitální data, informace či obsah na základě vlastních kritérií pro vyhledávání a/nebo vhodně formulovaných dotazůposuzování důvěryhodnosti a spolehlivosti zdrojů dat a jejich obsahuposuzuje důvěryhodnost a spolehlivost zdrojů digitálních dat, informací a obsahuinterpretuje digitální data, informace a obsah, posuzuje jejich spolehlivost a relevancispráva dat, informací a obsahuukládá data tak, aby je mohl v případě potřeby najít a použít i někdo jiný, s kým spolupracujevytváří si vlastní portfolio spolehlivých zdrojů</t>
+          <t>Žáci se učí, jak efektivně vyhledávat data, informace a obsah v digitálním prostředí. Osvojují si práci s klíčovými slovy a filtry ve vyhledávačích a zkoušejí si vytvářet strategie, které jim pomáhají najít relevantní zdroje – například kombinují encyklopedie, odborné články a databáze. Zjišťují, jak důležité je informace nejen najít, ale také je analyzovat, porovnávat a kriticky hodnotit jejich spolehlivost, například ověřováním autora nebo porovnáváním více zdrojů. Během výuky ukládají, třídí a organizují data v digitálních nástrojích, jako jsou složky na počítači nebo cloudová úložiště. Učí se strukturovat informace podle témat, časové posloupnosti, relevance apod. Při analýze a interpretaci obsahu vytvářejí shrnutí nebo prezentace, zpracovávají data a učí se představit výsledky své práce.  VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji úlohy, v nichž žáci nejprve analyzují problém a formulují, jaké informace nebo data potřebují, než začnou vyhledávatvedu žáky k formulaci vlastních vyhledávacích dotazů a kritérií (klíčová slova, filtr zdrojů, časové hledisko) a společně porovnáváme, jak různé formulace ovlivňují výsledkyzařazuji práci s různými typy digitálních zdrojů (otevřená data a veřejné databáze, odborné články, statistiky, média, nástroje s AI) a vytvářím prostor pro jejich vzájemné porovnánívytvářím situace, v nichž žáci posuzují důvěryhodnost zdrojů s ohledem na jejich účel, autora, kontext a způsob prezentace dat, a společně o těchto kritériích diskutujemevedu žáky k tomu, aby informace posuzovali ve vztahu k již známým poznatkům a diskutovali případné rozpory nebo odlišné interpretacevedu žáky ke kritické práci s informačními zdroji a odpovědnosti při jejich vytvářenízařazuji úkoly, v nichž žáci strukturovaně zpracovávají získaná data (např. třídění, tabulka, graf, přehled argumentů) a zdůvodňují výběr relevantních informacípodporuji systematickou správu zdrojů – pracuji se sdílenými složkami, citacemi a vytvářením portfolia ověřených zdrojů, které mohou využívat i ostatnípravidelně zařazuji reflexi procesu vyhledávání – společně hodnotíme, zda zvolený postup vedl k relevantním a spolehlivým informacímNÁMĚTOVNÍK PROJEVŮ ŽÁKA:získávání dat, informací a obsahuanalyzuje problém a určí, jaká digitální data, informace či obsah potřebuje k jeho řešenízíská potřebná digitální data, informace či obsah z různých digitálních zdrojů a za pomoci různých digitálních prostředků (např. i systémů s AI)získá potřebná digitální data, informace či obsah na základě vlastních kritérií pro vyhledávání a/nebo vhodně formulovaných dotazůposuzování důvěryhodnosti a spolehlivosti zdrojů dat a jejich obsahuvyhodnocuje důvěryhodnost a spolehlivost zdrojů digitálních dat, informací a obsahu v širších souvislostech (např. účel, kontextu)posuzuje spolehlivost a relevanci dat a informací, interpretuje je v kontextu řešeného problémuspráva dat, informací a obsahuukládá digitální obsah tak, aby ho mohl v případě potřeby najít a použít i někdo jiný, s kým spolupracuje, vytváří si vlastní portfolio spolehlivých zdrojů a podílí se na tvorbě sdílených portfoliízpracovává digitální data ve strukturovaném prostředí</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t>Vyhledává či získává data, informace a digitální obsah při učení a řešení problémových situací.Posuzuje důvěryhodnost a spolehlivost zdrojů dat a informací, interpretuje a hodnotí jejich data, informace a digitální obsah.Spravuje a organizuje si vyhledaná či získaná data, informace a digitální obsah.</t>
         </is>
       </c>
       <c r="N59" s="0" t="inlineStr">
         <is>
           <t>Ověřuje informace v různých digitálních zdrojích a posuzuje je z hlediska souladu s již známými poznatky.</t>
         </is>
       </c>
       <c r="O59" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37153,51 +37153,51 @@
           <t/>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>KDI-ZAP-000-ZV5-001</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t>Informace a jiná digitální data podle potřeby sdílí se svými blízkými a učiteli.</t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí bezpečně a smysluplně sdílet informace a digitální data se svými blízkými a učiteli. Zapojují se do skupinových projektů, při nichž sdílejí nápady a výsledky své práce pomocí digitálních nástrojů, jako jsou online nástěnky nebo sdílené dokumenty. Postupně se učí vybírat vhodné informace, které mohou zveřejnit, a přemýšlet o tom, co je soukromé a co lze sdílet. V průběhu výuky se seznamují s digitálními nástroji doporučenými školou pro komunikaci a spolupráci a učí se, jak je efektivně využívat při týmových úkolech. VZDĚLÁVACÍ STRATEGIE UČITELE:podporuji žáky v aktivním zapojování do života školy prostřednictvím digitálních technologiíučím žáky, jak se chovat v online prostředí: prostřednictvím promyšlených online aktivit je vedu k etickému a ohleduplnému jednání, respektu k druhým, podporuji jejich spoluprácipři vytváření a sdílení digitálního obsahu vedu žáky k uvědomování si vlastních autorských práv a k respektu k autorským právům ostatníchNÁMĚTOVNÍK PROJEVŮ ŽÁKA:sdílení dat, informací a obsahu prostřednictvím digitálních technologií s vědomím kulturních a generačních odlišnostírozlišuje, které doporučené nástroje a služby slouží ke komunikaci a které na práci na společných výstupech, s jistotou používá jejich základní ovládací prvkyrozpozná neetické jednání v digitálním prostředí a vhodně na ně reagujeuvědomuje si hodnotu správného používání informací, na vyžádání okomentuje za jakým účelem sdílel data a informace (a projeví tak, zda sdílení bylo promyšlené a účelné, je schopen o tom vést rozhovor)zapojení se do společnosti prostřednictvím dostupných digitálních služeb a aktivního občanstvízapojuje se do života školy také prostřednictvím digitálních technologiípoužívá v souvislosti s učením (výukou) doporučené nástroje a službykontrola digitální stopy, utváření digitální identityvybírá informace, které o sobě může zveřejnitvysvětlí rozdíly mezi fyzickým a digitálním světem</t>
+          <t>Žáci se učí bezpečně a smysluplně sdílet informace a digitální data se svými blízkými a učiteli. Zapojují se do skupinových projektů, při nichž sdílejí nápady a výsledky své práce pomocí digitálních nástrojů, jako jsou online nástěnky nebo sdílené dokumenty. Postupně se učí vybírat vhodné informace, které mohou zveřejnit, a přemýšlet o tom, co je soukromé a co lze sdílet. V průběhu výuky se seznamují s digitálními nástroji doporučenými školou pro komunikaci a spolupráci a učí se, jak je efektivně využívat při týmových úkolech. VZDĚLÁVACÍ STRATEGIE UČITELE:vytvářím situace, ve kterých má sdílení konkrétní smysl  například při odevzdávání práce, společné tvorbě nebo informování rodičů  a předem volím doporučený digitální nástrojpostupně seznamuji žáky s rozdíly mezi nástroji pro komunikaci a nástroji pro společnou práci a při práci s nimi modeluji základní pravidla jejich používánívedeme společně rozhovory o tom, kdy, komu a proč něco sdílíme, a vracím žáky k přemýšlení nad účelem sdílení i nad tím, zda bylo promyšlené a přiměřenévytvářím a udržuji srozumitelná pravidla digitální komunikace ve třídě a průběžně je reflektuji v konkrétních situacích (slušnost, respekt, jasnost sdělení)zařazuji aktivity, při nichž se žáci zapojují do života školy také prostřednictvím digitálních nástrojů (např. sdílení výstupů, příspěvek na školní nástěnku, spolupráce na třídním projektu)otevírám téma digitální identity a digitální stopy prostřednictvím konkrétních příkladů a situací z dětského světa a vedu žáky k uvědomění, že mohou ovlivnit, co o nich v digitálním prostředí zůstanevedu žáky k tomu, aby přemýšleli, jaké informace o sobě zveřejňují, a podporuji je v rozlišování mezi informacemi vhodnými ke sdílení a těmi, které mají zůstat soukroméNÁMĚTOVNÍK PROJEVŮ ŽÁKA:sdílení dat, informací a obsahu prostřednictvím digitálních technologií s vědomím kulturních a generačních odlišnostírozlišuje, které doporučené digitální nástroje a služby slouží ke komunikaci a které na práci na společných výstupech, s jistotou používá jejich základní ovládací prvky, komunikuje se svými blízkými a učiteli pomocí doporučených digitálních technologiísoubory sdílí se svými blízkými a učiteli pomocí zadané digitální technologie, uvědomuje si význam správného používání informací, na vyžádání okomentuje, za jakým účelem sdílel data a informace (a projeví tak, zda sdílení bylo promyšlené a účelné, je schopen o tom vést rozhovor)v digitálním světě dodržuje pravidla slušného chovánízapojení se do společnosti prostřednictvím dostupných digitálních služeb a aktivního občanstvízapojuje se do života školy také prostřednictvím digitálních technologiícharakterizuje digitální nástroje a zdroje, které využívá při svém učeníkontrola digitální stopy, utváření digitální identityvysvětlí rozdíly mezi fyzickým a digitálním světem, chápe, že může ovlivnit, co o něm zůstane online, uvede příklady údajů, které mohou tvořit digitální stopuvybírá informace, které o sobě může zveřejnit</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
           <t>Zapojuje se do výuky a do života školy také prostřednictvím digitálních technologií.Využívá doporučené digitální nástroje a služby ke skupinové práci a plnění týmových úkolů.Vybírá informace, které o sobě může zveřejnit.</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
           <t>Sdílí informace a jiná digitální data podle potřeby se svými blízkými a učiteli.</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37235,51 +37235,51 @@
           <t/>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>KDI-ZAP-000-ZV9-001</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t>Účelně a uvážlivě sdílí data a informace v digitálním prostředí s cílem osobního růstu, podpory školní či zájmové komunity nebo za účelem týmové práce na školních projektech.</t>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>Výuka zahrnuje praktické činnosti zaměřené na spolupráci, komunikaci a promyšlené sdílení informací. Žáci například pracují na školních projektech, při nichž sdílejí nápady a výsledky své práce prostřednictvím digitálních platforem, jako jsou sdílené dokumenty, diskusní fóra nebo aplikace pro týmovou spolupráci. Učí se přemýšlet o tom, jaký obsah sdílí, jaký má vliv na jejich digitální stopu a jak mohou utvářet svou digitální identitu. Poznávají aplikace, platformy a zdroje důležité pro občana. VZDĚLÁVACÍ STRATEGIE UČITELE:podporuji žáky v aktivním zapojování do života školy prostřednictvím digitálních technologiíukazuji žákům, které digitální služby nabízí stát, veřejná správa či komerční sektor a jak mohou tyto služby využívatučím žáky, jak se chovat v online prostředí: prostřednictvím promyšlených online aktivit je vedu k etickému a ohleduplnému jednání, respektu k druhým, podporuji jejich spoluprácipři vytváření a sdílení digitálního obsahu vedu žáky k uvědomování si vlastních autorských práv a k respektu k autorským právům ostatníchNÁMĚTOVNÍK PROJEVŮ ŽÁKAsdílení dat, informací a obsahu prostřednictvím digitálních technologií s vědomím kulturních a generačních odlišnostívyužívá digitální technologie ke sdílení dat, informací a obsahu s vybranými lidmi a k týmové práci, komunikuje i s více uživateli najednourozpoznává etické otázky související s digitálním prostředím, zapojuje se do diskuze o chování v online prostředí, v diskuzi projevuje vědomí důležitosti ochrany soukromí, dodržování právních norem a respektu k ostatnímvolí způsoby komunikace a strategie přizpůsobené konkrétnímu publikuzamýšlí se nad dopady sdílení informací online, na vyžádání okomentuje za jakým účelem sdílel data a informace (a projeví tak, že sdílení bylo promyšlené a účelné, předkládá argumenty)zapojení se do společnosti prostřednictvím dostupných digitálních služeb a aktivního občanstvícharakterizuje digitální zdroje důležité pro občanaprostřednictvím digitálních technologií se zapojuje do dění ve svém okolí a do společnostibuduje si osobní vzdělávací prostředí za účelem vlastního zdokonalování - lze pozorovat nebo na vyžádání popíše či demonstruje, že má a rozvíjí portfolio či síť zdrojů a kontaktů, ze kterých čerpá při svém učeníkontrola digitální stopy, utváření digitální identitykontroluje svou digitální stopu, vysvětlí, jak ke kontrole své digitální stopy přistupujepromyšleně buduje svou digitální identitu a zajímá se, jak k ní přispívají ostatní - zapojí se do diskuze k utváření digitální identity, na příkladech demonstruje, jak k utváření přistupuje</t>
+          <t>Výuka zahrnuje praktické činnosti zaměřené na spolupráci, komunikaci a promyšlené sdílení informací. Žáci například pracují na školních projektech, při nichž sdílejí nápady a výsledky své práce prostřednictvím digitálních platforem, jako jsou sdílené dokumenty, diskusní fóra nebo aplikace pro týmovou spolupráci. Učí se přemýšlet o tom, jaký obsah sdílí, jaký má vliv na jejich digitální stopu a jak mohou utvářet svou digitální identitu. Poznávají aplikace, platformy a zdroje důležité pro občana. VZDĚLÁVACÍ STRATEGIE UČITELE:vytvářím situace, v nichž má sdílení jasný účel – například při týmové práci, prezentaci výsledků nebo zapojení do dění ve škole – a společně pojmenováváme, proč a komu jsou informace určenyzařazuji úkoly, při nichž žáci porovnávají různé digitální nástroje pro komunikaci a spolupráci a volí ten, který je pro danou situaci nejvhodnějšívedu žáky k reflexi dopadů sdílení v digitálním prostředí a otevírám diskuse o etických otázkách, ochraně soukromí a právních souvislostechpodporuji argumentované zdůvodňování rozhodnutí o sdílení – vracíme se k otázkám, jaký byl účel, komu bylo sdělení určeno a jaké může mít důsledkyzařazuji aktivity, v nichž se žáci prostřednictvím digitálních technologií zapojují do života školy nebo komunity (např. školní projekty, ankety, prezentace, spolupráce s externími partnery)podporuji budování osobního vzdělávacího prostředí – pracujeme s portfoliem zdrojů, kontaktů a výstupů, které žáci využívají pro své učení a rozvojotevírám téma digitální identity a digitální stopy a vytvářím prostor pro promyšlené rozhodování o tom, jakým způsobem se žáci v digitálním prostředí prezentujíukazuji žákům, které digitální služby nabízí stát, veřejná správa či komerční sektor a jak mohou tyto služby využívatučím žáky, jak se chovat v online prostředí: prostřednictvím promyšlených online aktivit je vedu k etickému a ohleduplnému jednání, respektu k druhým, podporuji jejich spolupráciNÁMĚTOVNÍK PROJEVŮ ŽÁKAsdílení dat, informací a obsahu prostřednictvím digitálních technologií s vědomím kulturních a generačních odlišnostívyužívá digitální technologie ke sdílení dat, informací a obsahu s vybranými lidmi a k týmové práci; komunikuje pomocí digitálních technologií i s více uživateli najednou; pro konkrétní komunikační situaci vybírá nejvhodnější technologiizamýšlí se nad dopady sdílení informací online, na vyžádání okomentuje, za jakým účelem sdílel data a informace (a projeví tak, že sdílení bylo promyšlené a účelné, předkládá argumenty)rozpoznává etické otázky související s digitálním prostředím, zapojuje se do diskuze o chování v online prostředí, v diskuzi projevuje vědomí důležitosti ochrany soukromí, dodržování právních norem a respektu k ostatnímvolí v digitálním prostředí jednoduché způsoby komunikace a strategie přizpůsobené konkrétnímu publikuzapojení se do společnosti prostřednictvím dostupných digitálních služeb a aktivního občanstvícharakterizuje digitální zdroje důležité pro občanaprostřednictvím digitálních technologií se zapojuje do dění ve svém okolí a do společnostibuduje si osobní vzdělávací prostředí za účelem vlastního zdokonalování - lze pozorovat nebo na vyžádání popíše či demonstruje, že má a rozvíjí portfolio či síť zdrojů a kontaktů, ze kterých čerpá při svém učeníkontrola digitální stopy, utváření digitální identitykontroluje svou digitální stopu, vysvětlí, jak ke kontrole své digitální stopy přistupujepromyšleně buduje svou digitální identitu a zajímá se, jak k ní přispívají ostatní - zapojí se do diskuze k utváření digitální identity, na příkladech demonstruje, jak k utváření přistupuje</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t>Zapojuje se do dění ve svém okolí a do společnosti prostřednictvím dostupných digitálních služeb.Sdílí data, informace a digitální obsah, komunikuje, spolupracuje s využitím digitálních prostředků.Spravuje svou digitální stopu, identitu a pověst.</t>
         </is>
       </c>
       <c r="N61" s="0" t="inlineStr">
         <is>
           <t>Pracuje ve sdíleném prostředí na úrovni třídy.</t>
         </is>
       </c>
       <c r="O61" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37302,168 +37302,168 @@
           <t>Klíčová kompetence digitální představuje soubor znalostí, dovedností a postojů, které umožňují žákům účelně, bezpečně a efektivně využívat digitální technologie při práci, při učení, ve volném čase i při zapojování do společnosti a občanského života, aktivně a respektujícím způsobem se podílet na utváření digitálního světa a nacházet rovnováhu mezi světem digitálním a fyzickým.</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
           <t>Tvorba digitálního obsahu</t>
         </is>
       </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení se zaměřuje na tvorbu nového digitálního obsahu, úpravu a integraci existujícího digitálního obsahu do stávajícího souboru znalostí, předávání srozumitelných instrukcí počítačovým systémům.</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>1. stupeň, 5. ročník</t>
+          <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>KDI-TDO-000-ZV5-001</t>
+          <t>KDI-TDO-000-ZV9-001</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>Vytváří jednoduchý digitální obsah v rámci plnění stanovených výukových cílů.</t>
+          <t>Generuje digitální obsah v různých formátech s cílem umocnit výstupy vlastní tvořivé činnosti.</t>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí vytvářet jednoduchý digitální obsah prostřednictvím hravých a praktických úkolů, které odpovídají jejich schopnostem. Vytvářejí např. obrázky, jednoduché texty, krátké prezentace nebo zvukové nahrávky, které souvisejí s obsahem jednotlivých předmětů. Učí se také provádět základní úpravy existujícího obsahu – například přidat text do obrázku, upravit formát textového dokumentu nebo změnit uspořádání prezentace tak, aby lépe vyhovovala zadání. VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji do výuky takové aktivity, ve kterých žáci vyjadřují své představy za pomoci digitálních technologiívedu žáky ke zkoumání různých možností, jak vyjádřit své představy či prezentovat informacevedu žáky ke spolupráci na tvorbě digitálního obsahu v týmových projektechNÁMĚTOVNÍK PROJEVŮ ŽÁKA:tvorba nového digitálního obsahuvytváří jednoduchý digitální obsah (texty, tabulky, obrázky, audio, video)využívá různé digitální prostředky ke splnění stanovených cílůúprava a integrace existujícího digitálního obsahu do stávajícího souboru znalostíprovádí základní změny obsahu, který vytvořil někdo jiný s cílem přizpůsobit ho novým účelůmodliší vlastní a cizí digitální obsah; používá-li cizí digitální obsah, uvede zdrojpředávání srozumitelných instrukcí počítačovým systémůmvytvoří posloupnost instrukcí k provedení jednoduchého úkolu</t>
+          <t>Žáci v jednotlivých předmětech vytvářejí texty, prezentace, videa, grafy, schémata, infografiky, programy nebo interaktivní materiály apod. Při úpravě existujícího obsahu se žáci učí přidávat nové informace, grafické prvky nebo odkazy, čímž propojují digitální výstupy s již nabytými znalostmi. Tyto činnosti by měly být součástí běžné výuky a zaměřovat se na projekty, které mají smysl pro žáky – například příprava školních prezentací, tvorba obsahu pro školní web nebo zapojení do soutěží. Žáci tímto způsobem rozvíjejí svou tvořivost, technické dovednosti a schopnost efektivní komunikace v digitálním prostředí. VZDĚLÁVACÍ STRATEGIE UČITELE:navrhuji úkoly, v nichž žáci volí vhodný digitální formát podle svého tvůrčího záměru (např. text, infografika, video, multimediální prezentace) a zdůvodňují svou volbukladu důraz na promyšlenou volbu formátu (text, video, infografika, multimédia) a společně hodnotíme, jak zvolená forma ovlivňuje sdělenívytvářím příležitosti ke kombinování různých digitálních nástrojů a formátů, včetně práce s nástroji využívajícími umělou inteligenci, a společně reflektujeme jejich přínos i limityzařazuji práci s existujícím digitálním obsahem, který žáci upravují a zasazují do nového kontextu s vědomím autorských práv a licenčních podmínekpodporuji plánování digitální tvorby – žáci navrhují postup práce, strukturu výstupu a formulují instrukce pro digitální nástroje nebo systémyzařazuji reflexi procesu i výsledku digitální tvorby a společně posuzujeme, jak zvolené digitální prostředky ovlivnily srozumitelnost, originalitu a celkovou kvalitu výstupuvytvářím prostředí, které podporuje experimentování, hledání vlastního stylu a odpovědné zacházení s digitálními nástrojiNÁMĚTOVNÍK PROJEVŮ ŽÁKA:tvorba nového digitálního obsahuvytváří a upravuje digitální obsah za pomoci různých nástrojů (např. i systémů s AI), dané formáty kombinuje (vytváří webové prezentace, infografiku a multimédia) vyjadřuje se za pomoci digitálních prostředků ke splnění stanovených cílůúprava a integrace existujícího digitálního obsahu do stávajícího souboru poznatkůdostupný digitální obsah zpracovává a upravuje se znalostí právních norem a používá ho ke splnění svých cílůcituje zdroje ve své práci, je si vědom svých autorských práv; při sdílení a přebírání digitálního obsahu respektuje licence a dodržuje právní normypředávání srozumitelných instrukcí počítačovým systémůmnaplánuje a vytvoří posloupnost srozumitelných instrukcí pro počítačový systém k provedení konkrétního úkolu</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>Vytváří jednoduchý digitální obsah.Provádí základní změny obsahu, který vytvořil někdo jiný s cílem přizpůsobit ho novým účelům.Vytvoří posloupnost instrukcí pro digitální technologie k provedení jednoduchého úkolu. </t>
+          <t>Vytváří nový digitální obsah, ve kterém vyjadřuje vlastní pohledy a myšlenky.Upravuje nebo propojuje existující digitální obsahy s cílem vytvořit nové, respektuje přitom autorská práva a licence vztahující se na data, informace a digitální obsah.Formuluje jasné a efektivní pokyny pro digitální technologie s cílem dosáhnout konkrétních výstupů nebo výsledků.</t>
         </is>
       </c>
       <c r="N62" s="0" t="inlineStr">
         <is>
-          <t>Vytváří jednoduchý digitální obsah v rámci plnění stanovených výukových cílů.</t>
+          <t>Vytváří digitální obsah v doporučených formátech.</t>
         </is>
       </c>
       <c r="O62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální představuje soubor znalostí, dovedností a postojů, které umožňují žákům účelně, bezpečně a efektivně využívat digitální technologie při práci, při učení, ve volném čase i při zapojování do společnosti a občanského života, aktivně a respektujícím způsobem se podílet na utváření digitálního světa a nacházet rovnováhu mezi světem digitálním a fyzickým.</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
           <t>Tvorba digitálního obsahu</t>
         </is>
       </c>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t>Gradační očekávaný výsledek učení se zaměřuje na tvorbu nového digitálního obsahu, úpravu a integraci existujícího digitálního obsahu do stávajícího souboru znalostí, předávání srozumitelných instrukcí počítačovým systémům.</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2. stupeň, 9. ročník</t>
+          <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>KDI-TDO-000-ZV9-001</t>
+          <t>KDI-TDO-000-ZV5-001</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>Generuje digitální obsah v různých formátech s cílem umocnit výstupy vlastní tvořivé činnosti.</t>
+          <t>Vytváří jednoduchý digitální obsah v rámci plnění stanovených výukových cílů.</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>Žáci v jednotlivých předmětech vytvářejí texty, prezentace, videa, grafy, schémata, infografiky, programy nebo interaktivní materiály apod. Při úpravě existujícího obsahu se žáci učí přidávat nové informace, grafické prvky nebo odkazy, čímž propojují digitální výstupy s již nabytými znalostmi. Tyto činnosti by měly být součástí běžné výuky a zaměřovat se na projekty, které mají smysl pro žáky – například příprava školních prezentací, tvorba obsahu pro školní web nebo zapojení do soutěží. Žáci tímto způsobem rozvíjejí svou tvořivost, technické dovednosti a schopnost efektivní komunikace v digitálním prostředí. VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji do výuky takové aktivity, ve kterých žáci vyjadřují své představy za pomoci digitálních technologiípodporuji žáky v experimentování s různými možnostmi, jak vyjádřit myšlenky za pomoci digitálních technologiínabízím žákům zdroje a příležitosti k úpravám digitálního obsahu s cílem přizpůsobit ho či obohatit pro další účelyNÁMĚTOVNÍK PROJEVŮ ŽÁKA:tvorba nového digitálního obsahuvytváří a upravuje digitální obsah za pomoci různých nástrojů (např. i systémů s AI), dané formáty kombinuje (vytváří webové prezentace, infografiku a multimédia) vyjadřuje se za pomoci digitálních prostředků ke splnění stanovených cílůúprava a integrace existujícího digitálního obsahu do stávajícího souboru znalostídostupný digitální obsah zpracovává a upravuje se znalostí právních norem a používá ho ke splnění svých cílůcituje zdroje ve své práci, je si vědom svých autorských práv; při práci v digitálním prostředí dodržuje právní normypředávání srozumitelných instrukcí počítačovým systémůmnaplánuje a vytvoří posloupnost srozumitelných instrukcí pro počítačový systém k provedení konkrétního úkolu</t>
+          <t>Žáci se učí vytvářet jednoduchý digitální obsah prostřednictvím hravých a praktických úkolů, které odpovídají jejich schopnostem. Vytvářejí např. obrázky, jednoduché texty, krátké prezentace nebo zvukové nahrávky, které souvisejí s obsahem jednotlivých předmětů. Učí se také provádět základní úpravy existujícího obsahu – například přidat text do obrázku, upravit formát textového dokumentu nebo změnit uspořádání prezentace tak, aby lépe vyhovovala zadání. VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji úkoly, v nichž digitální tvorba slouží buď jako prostředek k vyjádření porozumění učivu (např. krátký text, jednoduchá tabulka, obrázek, audiozáznam či video), nebo jako samostatný tvůrčí cíl (např. hudební doprovod, digitální koláž, jednoduchá animace)modeluji základní postupy práce s vybranými digitálními nástroji a ukazuji, jak volba nástroje souvisí s tvůrčím záměremvedu žáky ke zkoumání různých možností, jak vyjádřit své představy či prezentovat informacevytvářím příležitosti k úpravě a kombinování existujícího digitálního obsahu tak, aby žáci chápali digitální tvorbu jako proces experimentování a hledání řešenívedu žáky k rozlišování mezi vlastním a cizím obsahem a přirozeně otevírám otázku autorství a uvádění zdrojezařazuji aktivity, při nichž žáci formulují jednoduché postupy nebo instrukce (např. pracovní postup, scénář, posloupnost kroků), a společně reflektujeme jejich srozumitelnostpodporuji reflexi digitální tvorby – společně pojmenováváme, co se podařilo, co bylo obtížné a jak digitální prostředek ovlivnil výsledný výstupvedu žáky ke spolupráci na tvorbě digitálního obsahu v týmových projektechNÁMĚTOVNÍK PROJEVŮ ŽÁKA:tvorba nového digitálního obsahuvytváří jednoduchý digitální obsah (texty, tabulky, obrázky, audio, video)využívá digitální nástroje k vyjádření svých myšlenek a nápadůúprava a integrace existujícího digitálního obsahu do stávajícího souboru poznatkůprovádí základní změny obsahu, který vytvořil někdo jiný s cílem přizpůsobit ho novým účelůmodliší vlastní a cizí digitální obsah; používá-li cizí digitální obsah, uvede zdrojpředávání srozumitelných instrukcí počítačovým systémůmvytvoří posloupnost instrukcí k provedení jednoduchého úkolu</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>Vytváří nový digitální obsah, ve kterém vyjadřuje vlastní pohledy a myšlenky.Upravuje nebo propojuje existující digitální obsahy s cílem vytvořit nové, respektuje přitom autorská práva a licence vztahující se na data, informace a digitální obsah.Formuluje jasné a efektivní pokyny pro digitální technologie s cílem dosáhnout konkrétních výstupů nebo výsledků.</t>
+          <t>Vytváří jednoduchý digitální obsah.Provádí základní změny obsahu, který vytvořil někdo jiný s cílem přizpůsobit ho novým účelům.Vytvoří posloupnost instrukcí pro digitální technologie k provedení jednoduchého úkolu. </t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
-          <t>Vytváří digitální obsah v doporučených formátech.</t>
+          <t>Vytváří jednoduchý digitální obsah v rámci plnění stanovených výukových cílů.</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Klíčová kompetence digitální představuje soubor znalostí, dovedností a postojů, které umožňují žákům účelně, bezpečně a efektivně využívat digitální technologie při práci, při učení, ve volném čase i při zapojování do společnosti a občanského života, aktivně a respektujícím způsobem se podílet na utváření digitálního světa a nacházet rovnováhu mezi světem digitálním a fyzickým.</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
@@ -37481,51 +37481,51 @@
           <t/>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>KDI-BZK-000-ZV5-001</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t>Respektuje pravidla bezpečného zacházení s digitálními zařízeními i daty a zásadami zdraví neohrožujícího chování v digitálním prostředí.</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí respektovat pravidla bezpečného zacházení s digitálními zařízeními i daty. Osvojují si pravidla, jak vytvářet bezpečná hesla, rozpoznávat podezřelé odkazy nebo chránit zařízení před poškozením. Poznávají, jak správně sedět u počítače, nastavovat si pracovní prostředí a střídat digitální aktivity s pohybem, aby si osvojily zásady zdraví neohrožujícího chování. Učí se, jak ukládat soubory na správná místa, aby se předešlo jejich ztrátě, a jak pečovat o techniku.  VZDĚLÁVACÍ STRATEGIE UČITELE:nastavujeme společně na základě příkladů a zkušeností pravidla bezpečného zacházení s digitálními technologiemivedu žáky k tomu, aby pravidla podporovala aktivní přístup žáků k využívání digitálních technologií, a současně dbáme na to, aby pravidla podporovala digitální pohodu (wellbeing) žáků a vedla je k ochraně jejich duševního, fyzického a sociálního zdravívolím takové aktivity, ve kterých mají žáci příležitost přemýšlet o dopadech využívání digitálních technologií (pozitivních i negativních) na člověka, společnost i v kontextu cílů udržitelného rozvojeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním dodržuje základní pravidla ochrany zařízení a datuvědomuje si důležitost ochrany osobních údajů a soukromí v online prostředí, zapojuje se do diskuze o soukromí v souvislosti s online prostředím, v diskuzi projevuje vědomí důležitosti ochrany soukromí v online prostředírozpozná základní rizikové situace a vhodně na ně reagujevliv digitálních technologiích na wellbeing a sociální začleněnírespektuje pravidla bezpečného a zdraví neohrožujícího chování při práci s digitálními technologiemidopad digitálních technologií a jejich používání na životní prostředívyjmenuje příklady dopadů používání digitálních technologií životní prostředí</t>
+          <t>Žáci se učí respektovat pravidla bezpečného zacházení s digitálními zařízeními i daty. Osvojují si pravidla, jak vytvářet bezpečná hesla, rozpoznávat podezřelé odkazy nebo chránit zařízení před poškozením. Poznávají, jak správně sedět u počítače, nastavovat si pracovní prostředí a střídat digitální aktivity s pohybem, aby si osvojily zásady zdraví neohrožujícího chování. Učí se, jak ukládat soubory na správná místa, aby se předešlo jejich ztrátě, a jak pečovat o techniku.  VZDĚLÁVACÍ STRATEGIE UČITELE:společně se žáky vytvářím jednoduchá a srozumitelná pravidla bezpečné práce s digitálními zařízeními a pravidelně je propojuji s konkrétními situacemi z výukymodeluji odpovědné zacházení s digitálními zařízeními a daty (přihlašování, ukládání, práce s heslem) a vysvětluji smysl těchto postupů jako ochranu sebe i ostatníchotevírám téma osobních údajů a soukromí prostřednictvím příkladů blízkých dětskému světu a vedu žáky k přemýšlení o tom, jak mohou sami ovlivnit svou digitální stopuvytvářím atmosféru důvěry, ve které je přirozené mluvit o nepříjemných nebo nejasných situacích v digitálním prostředí, a společně si ujasňujeme, kdo a jak může v takové situaci pomocizařazuji činnosti, při nichž žáci přemýšlejí o tom, jak digitální technologie ovlivňují jejich pohodu, vztahy a každodenní návyky, a společně hledáme vyvážené způsoby jejich používánípodporuji respektující a ohleduplnou komunikaci v digitálním prostředí a průběžně reflektujeme, jak naše chování působí na druhéotevírám jednoduché rozhovory o tom, že používání digitálních technologií má dopad i mimo školu – například na životní prostředí nebo společnost – a propojuji toto téma s konkrétními příklady z praxeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním dodržuje základní pravidla ochrany zařízení a dat, respektuje nastavenou úroveň zabezpečení v používaných digitálních zařízeníchuvědomuje si důležitost ochrany osobních údajů a soukromí v online prostředí, zapojuje se do diskuze o soukromí v souvislosti s online prostředím, v diskuzi projevuje vědomídůležitosti ochrany soukromí v online prostředírozpozná a reaguje na nevhodný obsah, situace či chování v digitálním prostředí, v případě potřeby si vyžádá pomoc dospělého (rodiče, učitele)vliv digitálních technologiích na wellbeing a sociální začleněnírespektuje pravidla bezpečného a zdraví neohrožujícího chování při práci s digitálními technologiemiuvede příklady, jak mohou digitální technologie pomáhat, používá digitální technologie ke spolupráci s vrstevníky, učí se respektovat ostatní onlinedopad digitálních technologií a jejich používání na životní prostředívyjmenuje příklady dopadů používání digitálních technologií životní prostředí</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
           <t>S porozuměním dodržuje základní pravidla ochrany zařízení a dat.S porozuměním dodržuje pravidla bezpečného a zdraví neohrožujícího chování při své práci s digitálními technologiemi.</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
           <t>Respektuje pravidla bezpečného zacházení s digitálními zařízeními i daty a zásadami zdraví neohrožujícího chování v digitálním prostředí.</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37563,51 +37563,51 @@
           <t/>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>KDI-BZK-000-ZV9-001</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t>Předchází situacím ohrožujícím bezpečnost zařízení a dat nebo jeho tělesné či duševní zdraví.</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>Žáci se učí předcházet situacím, které by mohly ohrozit jejich bezpečnost, zdraví nebo integritu dat, prostřednictvím praktických aktivit zaměřených na rozvoj zodpovědného chování v digitálním prostředí. Učí se chránit své zařízení a digitální obsah pomocí silných hesel, pravidelných aktualizací softwaru, antivirových programů a uvědomělého přístupu k online komunikaci a sdílení osobních údajů. Současně si osvojují dovednosti, jak pečovat o své zdraví, například tím, že dodržují ergonomická pravidla při práci s počítačem, nastavují si časové limity pro digitální aktivity a věnují se pohybu. V oblasti duševního zdraví se zkoumají, jak zvládat negativní stránky používání digitálních technologií, například kyberšikanu, a jak vyhledat pomoc, pokud je to nutné. Kromě toho se žáci seznamují s tím, jak mohou digitální technologie využívat k pozitivnímu vlivu na své okolí, například k zapojení do komunitních aktivit nebo ke snížení digitální ekologické stopy, například odpovědným zacházením se starými zařízeními. Tímto způsobem získávají komplexní dovednosti, které jim pomáhají bezpečně a smysluplně využívat digitální technologie. VZDĚLÁVACÍ STRATEGIE UČITELE:vedu žáky k porozumění pravidlům bezpečného zacházení s digitálními technologiemi a k jejich dodržovánínastavujeme společně pravidla tak, aby podporovala aktivní přístup žáků k využívání digitálních technologií, a současně dbáme na to, aby pravidla podporovala digitální pohodu (wellbeing) žáků a vedla je k ochraně jejich duševního, fyzického a sociálního zdravíkladu důraz na to, aby žáci vnímali pozitivní i negativní důsledky digitalizace pro člověka, společnost i v kontextu cílů udržitelného rozvojeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním udržuje svá digitální zařízení zabezpečená; data chrání před zneužitímodpovědně a eticky manipuluje s daty a informacemirozpozná rizikové situace a vhodně na ně reagujevliv digitálních technologiích na wellbeing a sociální začleněnípředchází při používání digitálních technologií situacím ohrožujícím jeho tělesné a duševní zdraví i zdraví ostatníchdiskutuje o možnostech využití digitálních technologií pro sociální pohodu a začleněnídopad digitálních technologií a jejich používání na životní prostředízapojí se do diskuze k dopadům využívání digitálních technologií na životní prostředí, na příkladech demonstruje, jakým způsobem přispívá ke zmírňování těchto dopadů</t>
+          <t>Žáci se učí předcházet situacím, které by mohly ohrozit jejich bezpečnost, zdraví nebo integritu dat, prostřednictvím praktických aktivit zaměřených na rozvoj zodpovědného chování v digitálním prostředí. Učí se chránit své zařízení a digitální obsah pomocí silných hesel, pravidelných aktualizací softwaru, antivirových programů a uvědomělého přístupu k online komunikaci a sdílení osobních údajů. Současně si osvojují dovednosti, jak pečovat o své zdraví, například tím, že dodržují ergonomická pravidla při práci s počítačem, nastavují si časové limity pro digitální aktivity a věnují se pohybu. V oblasti duševního zdraví se zkoumají, jak zvládat negativní stránky používání digitálních technologií, například kyberšikanu, a jak vyhledat pomoc, pokud je to nutné. Kromě toho se žáci seznamují s tím, jak mohou digitální technologie využívat k pozitivnímu vlivu na své okolí, například k zapojení do komunitních aktivit nebo ke snížení digitální ekologické stopy, například odpovědným zacházením se starými zařízeními. Tímto způsobem získávají komplexní dovednosti, které jim pomáhají bezpečně a smysluplně využívat digitální technologie. VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji situace a modelové scénáře, ve kterých žáci rozpoznávají rizikové chování v digitálním prostředí a hledají vhodné způsoby reakcepravidelně otevírám téma zabezpečení zařízení a ochrany dat a propojuji je s konkrétními příklady z praxe (hesla, aktualizace, sdílení přístupů, práce na veřejné síti)vytvářím prostor pro diskusi o etickém nakládání s daty a informacemi a vedu žáky k uvědomění odpovědnosti za vlastní i cizí digitální obsahzařazuji reflexi osobních digitálních návyků a podporuji hledání vyvážených způsobů používání technologií s ohledem na fyzické i duševní zdravídiskutuji se žáky vliv digitálních technologií na vztahy, začlenění do kolektivu a sociální pohodu a vytvářím prostor pro sdílení zkušenostívedu žáky k tomu, aby dokázali pojmenovat konkrétní kroky, kterými mohou předcházet rizikům (nastavení soukromí, omezení sdílení, práce s časem online)zařazuji témata dopadu digitálních technologií na životní prostředí a společně hledáme způsoby, jak jejich používání činit odpovědnějším, kladu důraz na to, aby žáci vnímali pozitivní i negativní důsledky digitalizace pro člověka, společnost i v kontextu cílů udržitelného rozvojeNÁMĚTOVNÍK PROJEVŮ ŽÁKA:ochrana zařízení, dat a soukromí v digitálním prostředís porozuměním udržuje svá digitální zařízení zabezpečená; digitální data chrání před zneužitímodpovědně a eticky manipuluje s daty a informacemirozpozná rizikové situace v digitálním prostředí a vhodně na ně reagujevliv digitálních technologiích na wellbeing a sociální začleněníhodnotí své návyky v používání digitálních zařízení, předchází při používání digitálních technologií situacím ohrožujícím jeho tělesné a duševní zdraví i zdraví ostatníchdiskutuje o možnostech využití digitálních technologií pro sociální pohodu a začleněnídopad digitálních technologií a jejich používání na životní prostředízapojí se do diskuze k dopadům využívání digitálních technologií na životní prostředí, na příkladech demonstruje, jakým způsobem přispívá ke zmírňování těchto dopadů</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t>Chrání zařízení, digitální obsah, osobní data a soukromí v digitálním prostředí.Pečuje o své fyzické, psychické i sociální zdraví, využívá digitální technologie pro sociální začlenění.Aktivně ovlivňuje dopad digitálních technologií a jejich používání na životní prostředí.</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
           <t>Předchází situacím ohrožujícím bezpečnost zařízení a dat nebo jeho tělesné či duševní zdraví.</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37645,51 +37645,51 @@
           <t/>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
           <t>2. stupeň, 9. ročník</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>KDI-VIN-000-ZV9-001</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t>Využívá digitální technologie, aby sobě či ostatním usnadnil či zjednodušil pracovní postupy a zkvalitnil výsledky práce.</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>Jak efektivně používat digitální nástroje ke spolupráci, plánování a organizaci, například aplikace pro týmovou komunikaci nebo software na správu úkolů, se žáci učí při práci na školních projektech.  Zkoumají nové nástroje a technologie, které jim umožňují inovovat své postupy – například využití tabulkových procesorů pro analýzu dat nebo grafických editorů pro vizualizaci výsledků. Součástí výuky je i podpora žáků v hledání příležitostí k rozvoji digitálních kompetencí, například objevováním nových aplikací a vzájemným učením. Tak si nejen osvojují digitální dovednosti, ale také se učí adaptabilitě a schopnosti zlepšovat svou práci pomocí dostupných technologií. VZDĚLÁVACÍ STRATEGIE UČITELE:vedu žáky k samostatnému využívání digitálních technologií v konkrétních výukových situacíchvedu žáky ke sdílení možností, kde a jak využít digitální technologie, k diskusím a společnému hodnocení přínosů a rizik využití digitálních technologií v dané situacivytvářím podmínky pro realizaci skupinových i individuálních projektů a využití digitálních technologií v nich, poskytuji tím žákům příležitost ke tvůrčímu a inovativnímu využívání digitálních technologií při stanovení záměru projektu, hledání postupů a variant řešení, vyhodnocování výsledků a dopadů projektuvybírám do výuky aktivity, ve kterých mají žáci příležitost seznamovat se s pro ně novými digitálními technologiemi a nalézat pro sebe vhodné strategie, jak se vyrovnat s vývojem technologií a stálou potřebou rozvíjet digitální dovednostiNÁMĚTOVNÍK PROJEVŮ ŽÁKA:efektivní využití digitálních technologiínavrhuje různé postupy k řešení vybraných problémů pomocí digitálních technologiíreflektuje využití digitálních technologií s cílem identifikovat efektivní a neefektivní postupy při řešení daného problémupro školní práci a plánování svého času využívá digitální technologie, kombinuje je a samostatně rozhoduje, které pro jakou činnost či řešený problém použítběžné technické problémy sám vyřeší nebo si najde návod na jejich vyřešenívyužití digitálních nástrojů k inovaci procesů a produktůvyužívá digitální technologie, aby si usnadnil práci, zefektivnil či zjednodušil pracovní postupy a zkvalitnil výsledky své prácepopíše souvislost rozvoje informačních technologií s rozvojem společnosti a uvádí objevy, které výrazně posunuly využití digitálních technologií ve společnostisledování vývoje digitálních technologiíhodnotí možnosti a hledá a využívá příležitosti, které nabízejí nové digitální technologie pro školní i mimoškolní práci</t>
+          <t>Jak efektivně používat digitální nástroje ke spolupráci, plánování a organizaci, například aplikace pro týmovou komunikaci nebo software na správu úkolů, se žáci učí při práci na školních projektech.  Zkoumají nové nástroje a technologie, které jim umožňují inovovat své postupy – například využití tabulkových procesorů pro analýzu dat nebo grafických editorů pro vizualizaci výsledků. Součástí výuky je i podpora žáků v hledání příležitostí k rozvoji digitálních kompetencí, například objevováním nových aplikací a vzájemným učením. Tak si nejen osvojují digitální dovednosti, ale také se učí adaptabilitě a schopnosti zlepšovat svou práci pomocí dostupných technologií. VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji úlohy, při nichž žáci porovnávají různé pracovní postupy a zvažují, jak mohou digitální technologie přispět k jejich zjednodušení nebo zkvalitněnízařazuji modelové situace běžných technických potíží a vedu žáky k tomu, aby hledali možné postupy řešení a rozlišovali, kdy situaci řešit samostatně a kdy vyhledat odbornou pomoc, vedu je k vyhledávání návodů a postupů, které jim umožní situaci vyřešitvytvářím příležitosti k plánování práce s využitím digitálních nástrojů (organizace času, sdílené dokumenty, projektové prostředí) a společně reflektujeme jejich přínospodporuji kombinování různých digitálních zařízení a aplikací podle konkrétního cíle a vedu žáky k uvědomění, že volba nástroje ovlivňuje kvalitu výsledkuseznamuji žáky s dostupnými možnostmi přizpůsobení digitálního prostředí a společně reflektujeme, jak vhodné nastavení podporuje efektivitu práce i přístupnost pro různé uživatelezařazuji projektové úlohy, v nichž digitální technologie slouží k inovaci pracovního postupu nebo výstupu, a hodnotíme, jak tato inovace ovlivnila efektivitu prácepodporuji reflexi osobního digitálního rozvoje – žáci hodnotí své silné a slabé stránky, sledují nové možnosti digitálních nástrojů a zvažují jejich využití ve škole i mimo nivybírám do výuky aktivity, ve kterých mají žáci příležitost se seznamovat s novými digitálními technologiemi, nalézat vhodné strategie, jak se učit s nimi pracovat a jak se vyrovnat se stálou potřebou rozvíjet své digitální dovednostiNÁMĚTOVNÍK PROJEVŮ ŽÁKA:efektivní využití digitálních technologiíběžné technické problémy sám vyřeší nebo si najde návod na jejich vyřešenípro školní práci a plánování svého času využívá digitální technologie, kombinuje je a samostatně rozhoduje, které pro jakou činnost či řešený problém použítběhem svého vzdělávání kombinuje různá digitální zařízení za účelem efektivnějšího plnění zadaných úkolůpřizpůsobuje rozhraní aplikací a systémů podle svých individuálních potřeb, vysvětlí, jak možnosti takových úprav pomáhají lidem s různými speciálními potřebamivyužití digitálních nástrojů k inovaci procesů a produktůvyužívá digitální technologie, aby si usnadnil práci, zefektivnil či zjednodušil pracovní postupy a zkvalitnil výsledky své prácespolupracuje na projektech, které vyžadují plánování a organizaci s využitím digitálních technologií, např. při vývoji digitálního produktusledování vývoje digitálních technologiívyhodnocuje své silné a slabé stránky v digitální kompetenci a plánuje vlastní rozvojpopíše souvislost rozvoje informačních technologií s rozvojem společnosti a uvádí objevy, které výrazně posunuly využití digitálních technologií ve společnostihodnotí možnosti a hledá a využívá příležitosti, které nabízejí nové digitální technologie pro školní i mimoškolní práci</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t>Identifikuje a řeší problémy či problémové situace v digitálním prostředí.Hodnotí stávající postupy nebo produkty a navrhuje jejich zlepšení s využitím digitálních technologií.Vyhledává příležitosti k rozvoji svých digitálních kompetencí a drží krok s digitálním vývojem.</t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
           <t>Využívá digitální technologie, aby si usnadnil práci.</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
           <t/>
@@ -37727,51 +37727,51 @@
           <t/>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>1. stupeň, 5. ročník</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>KDI-VIN-000-ZV5-001</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t>Využívá digitální technologie doporučeným způsobem k zefektivnění vlastní práce.</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>Při plnění jednoduchých a praktických úkolů žáci zkoumají možnosti a objevují příležitosti k využití digitálních technologií. Mohou například využívat tablety nebo počítače k procvičování pomocí vzdělávacích aplikací, psaní textů v jednoduchých textových editorech nebo hledání informací k projektům. Učí se ovládat běžná digitální zařízení, jako je zapnutí a vypnutí, práce s myší nebo dotykovým displejem, a základy ovládání aplikací. Postupně zkoumají, které školní činnosti lze efektivně zvládnout s digitálními technologiemi – například rychlé vyhledávání informací, kreslení v digitálních aplikacích nebo vytváření jednoduchých prezentací. V průběhu prvního stupně poznávají, že technologie (aplikace a služby) se v čase mění, a začínají si utvářet strategie k rozpoznání a nápravě svých nedostatků v digitálních kompetencích. VZDĚLÁVACÍ STRATEGIE UČITELE:vedu žáky k samostatnému využívání digitálních technologií v konkrétních výukových situacíchvedu žáky ke sdílení zkušeností, k diskusím a společnému hodnocení přínosů a rizik využití digitálních technologií v dané situacidbám na to, aby měl každý žák dostatek času a příležitostí se s každou novou technologií seznámit, vedu žáky ke vzájemné pomociNÁMĚTOVNÍK PROJEVŮ ŽÁKA:efektivní využití digitálních technologiípoužívá pro řešení daného problému doporučený nástroj či aplikaci, reflektuje práci s danou technologií s cílem identifikovat efektivní a neefektivní postupy při práci s nívyužití digitálních nástrojů k inovaci procesů a produktůreflektuje, které školní činnosti je možné efektivně zvládnout s využitím digitálních technologiídržet krok s vývojem digitálních technologiípřizpůsobuje využití digitálních nástrojů změnám, ke kterým v těchto nástrojích dochází</t>
+          <t>Při plnění jednoduchých a praktických úkolů žáci zkoumají možnosti a objevují příležitosti k využití digitálních technologií. Mohou například využívat tablety nebo počítače k procvičování pomocí vzdělávacích aplikací, psaní textů v jednoduchých textových editorech nebo hledání informací k projektům. Učí se ovládat běžná digitální zařízení, jako je zapnutí a vypnutí, práce s myší nebo dotykovým displejem, a základy ovládání aplikací. Postupně zkoumají, které školní činnosti lze efektivně zvládnout s digitálními technologiemi – například rychlé vyhledávání informací, kreslení v digitálních aplikacích nebo vytváření jednoduchých prezentací. V průběhu prvního stupně poznávají, že technologie (aplikace a služby) se v čase mění, a začínají si utvářet strategie k rozpoznání a nápravě svých nedostatků v digitálních kompetencích. VZDĚLÁVACÍ STRATEGIE UČITELE:zařazuji úkoly, při nichž mohou žáci porovnávat různé způsoby řešení (s digitální podporou i bez ní) a společně reflektujeme, kdy technologie práci skutečně usnadnilamodeluji jednoduché postupy řešení běžných technických situací a vedu žáky k tomu, aby se nejprve pokusili o základní kontrolu (např. připojení), než vyhledají pomocvytvářím prostředí, ve kterém je přirozené mluvit o potížích při práci s technikou, a podporuji hledání řešení krok za krokemzařazuji krátké reflexe práce s digitálními nástroji, při nichž společně pojmenováváme, které postupy byly efektivní a které nás zdržovalyumožňuji žákům přizpůsobovat si své digitální pracovní prostředí v základním rozsahu (uspořádání, hlasitost, přehlednost) a vysvětluji, jak může vhodné nastavení podpořit soustředění a pohoduzařazuji jednoduché týmové aktivity, při nichž žáci využívají digitální nástroje ke společnému vytvoření výstupu a společně zvažujeme různé cesty k dosažení cíleprůběžně upozorňuji na to, že digitální nástroje se vyvíjejí, a vytvářím příležitosti učit se novým funkcím společně, bez tlaku na bezchybný výkonpropojuji školní zkušenosti s příklady z běžného života, aby žáci vnímali, kde a jak digitální technologie pomáhají lidem v každodenních situacíchdbám na to, aby měl každý žák dostatek času a příležitostí se s každou novou technologií seznámit, vedu žáky ke vzájemné pomociNÁMĚTOVNÍK PROJEVŮ ŽÁKA:efektivní využití digitálních technologiíidentifikuje nestandardní technickou situaci a vyžádá si pomoc při jejím řešení, vyřeší jednoduché problémy (např. zkontroluje připojení k internetu)identifikuje problémy, řeší je i prostřednictvím digitálních technologiíreflektuje práci s danou technologií s cílem identifikovat efektivní a neefektivní postupy při práci s nípřizpůsobuje si digitální pracovní prostředí (např. hlasitost, uspořádání ikon na ploše)využití digitálních nástrojů k inovaci procesů a produktůreflektuje, které školní činnosti je možné efektivně zvládnout s využitím digitálních technologiíúčastní se týmových aktivit, kde se podílí na tvorbě základních produktů (např. prezentace) a zvažuje různé způsoby, jak dosáhnout cíledržet krok s vývojem digitálních technologiíidentifikuje změny v aplikacích a službách, které používá, hledá způsoby, jak se naučit s nimi pracovatuvede příklady použití digitálních technologií v každodenním životě člověka</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t>Ovládá běžně používaná digitální zařízení, aplikace a služby.Reflektuje, které školní činnosti je možné efektivně zvládnout s využitím digitálních technologií.Přizpůsobuje využití digitálních nástrojů změnám, ke kterým v těchto nástrojích dochází.</t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
           <t>Využívá digitální technologie doporučeným způsobem ke zjednodušení vlastní práce.</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
           <t/>